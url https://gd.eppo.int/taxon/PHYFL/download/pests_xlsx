--- v0 (2025-10-09)
+++ v1 (2026-01-06)
@@ -29,103 +29,103 @@
     <sheet name="PHYFL" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="85">
   <si>
     <t>type</t>
   </si>
   <si>
     <t>EPPOCode</t>
   </si>
   <si>
     <t>Pref_name</t>
   </si>
   <si>
     <t>References</t>
   </si>
   <si>
     <t>Experimental</t>
   </si>
   <si>
+    <t>SCRV00</t>
+  </si>
+  <si>
+    <t>Alphacytorhabdovirus fragariarugosus</t>
+  </si>
+  <si>
+    <t>* Richardson J, Sylvester ES (1988) Successful juice inoculation of the aphid–vectored strawberry crinkle virus. California Agriculture 42, 6–7.</t>
+  </si>
+  <si>
     <t>POTLV0</t>
   </si>
   <si>
     <t>Carlavirus latensolani</t>
   </si>
   <si>
     <t>* Brattey C, Badge JL, Burns R, Foster GD, George E, Goodfellow HA, Mulholland V, McDonald JG, Jeffries CJ (2002) Potato latent virus: A proposed new species in the genus Carlavirus. Plant Pathology 51, 495-505.</t>
   </si>
   <si>
     <t>AVBO00</t>
   </si>
   <si>
     <t>Cheravirus arracaciae oca strain (as Solanaceae)</t>
   </si>
   <si>
     <t>CRLV00</t>
   </si>
   <si>
     <t>Cheravirus avii</t>
   </si>
   <si>
     <t>* Bratsch SA, Grinstead S, Lockhart B, Mollov D (2020) Biological properties and genomic sequence of an isolate of cherry rasp leaf virus from tomato. Journal of Plant Pathology. https://doi.org/10.1007/s42161-020-00522-5
 * Hansen AJ, Nylland G, McElroy FD, Stace-Smith R (1974) Origin, cause, host range and spread of cherry rasp leaf disease in North America. Phytopathology 64, 721-727.</t>
   </si>
   <si>
     <t>APMOV0</t>
   </si>
   <si>
     <t>Comovirus andesense</t>
   </si>
   <si>
     <t>* Avila AC, Salazar LF, Ortega M, Daniels J (1984) A new strain of Andean potato mottle virus from Brazil. Plant Disease 68, 997-998.
 ------- Strains B, C and H.
 * Salazar LF, Harrison BD (1978) Particle properties and strains of Andean potato mottle virus. Journal of General Virology 39, 171-178.
 ------- Lm (type strain) tested.</t>
   </si>
   <si>
     <t>TICV00</t>
   </si>
   <si>
     <t>Crinivirus contagichlorosis</t>
   </si>
   <si>
     <t>* Duffus JE, Liu HY, Wisler GC (1996) Tomato infectious chlorosis virus – a new clostero-like virus transmitted by Trialeurodes vaporariorum. European Journal of Plant Pathology 102, 219–226.</t>
-  </si>
-[...7 lines deleted...]
-    <t>* Richardson J, Sylvester ES (1988) Successful juice inoculation of the aphid–vectored strawberry crinkle virus. California Agriculture 42, 6–7.</t>
   </si>
   <si>
     <t>TOMMOV</t>
   </si>
   <si>
     <t>Ipomovirus lycopersici</t>
   </si>
   <si>
     <t>* Dombrowsky A, Sapkota R, Lachman O, Pearlsman M, Antignus Y (2013) A new aubergine disease caused by a whitefly-borne strain of Tomato mild mottle virus (TomMMoV). Plant Pathology 62(4), 750-759.</t>
   </si>
   <si>
     <t>PBRSV0</t>
   </si>
   <si>
     <t>Nepovirus solani</t>
   </si>
   <si>
     <t>* Fribourg CE (1977) Andean potato calico strain of tobacco ringspot virus. Phytopathology 67, 174-178.
 ------- TRSV-Ca.
 * Salazar LF, Harrison BD (1978) Host range and properties of potato black ringspot virus. Annals of Applied Biology 90, 375-386.
 ------- PBRSV.</t>
   </si>
   <si>
     <t>TSWV00</t>
   </si>
@@ -680,65 +680,65 @@
     </row>
     <row r="2" spans="1:4">
       <c r="A2" t="s">
         <v>4</v>
       </c>
       <c r="B2" t="s">
         <v>5</v>
       </c>
       <c r="C2" t="s">
         <v>6</v>
       </c>
       <c r="D2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="3" spans="1:4">
       <c r="A3" t="s">
         <v>4</v>
       </c>
       <c r="B3" t="s">
         <v>8</v>
       </c>
       <c r="C3" t="s">
         <v>9</v>
       </c>
-      <c r="D3"/>
+      <c r="D3" t="s">
+        <v>10</v>
+      </c>
     </row>
     <row r="4" spans="1:4">
       <c r="A4" t="s">
         <v>4</v>
       </c>
       <c r="B4" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="C4" t="s">
-        <v>11</v>
-[...1 lines deleted...]
-      <c r="D4" t="s">
         <v>12</v>
       </c>
+      <c r="D4"/>
     </row>
     <row r="5" spans="1:4">
       <c r="A5" t="s">
         <v>4</v>
       </c>
       <c r="B5" t="s">
         <v>13</v>
       </c>
       <c r="C5" t="s">
         <v>14</v>
       </c>
       <c r="D5" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="6" spans="1:4">
       <c r="A6" t="s">
         <v>4</v>
       </c>
       <c r="B6" t="s">
         <v>16</v>
       </c>
       <c r="C6" t="s">
         <v>17</v>
       </c>