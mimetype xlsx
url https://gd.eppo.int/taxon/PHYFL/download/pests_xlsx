--- v1 (2026-01-06)
+++ v2 (2026-03-20)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="PHYFL" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="85">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="87">
   <si>
     <t>type</t>
   </si>
   <si>
     <t>EPPOCode</t>
   </si>
   <si>
     <t>Pref_name</t>
   </si>
   <si>
     <t>References</t>
   </si>
   <si>
     <t>Experimental</t>
   </si>
   <si>
     <t>SCRV00</t>
   </si>
   <si>
     <t>Alphacytorhabdovirus fragariarugosus</t>
   </si>
   <si>
     <t>* Richardson J, Sylvester ES (1988) Successful juice inoculation of the aphid–vectored strawberry crinkle virus. California Agriculture 42, 6–7.</t>
   </si>
   <si>
@@ -244,50 +244,56 @@
     <t>APMMV0</t>
   </si>
   <si>
     <t>Tymovirus mosandigenum</t>
   </si>
   <si>
     <t>Host</t>
   </si>
   <si>
     <t>VASALY</t>
   </si>
   <si>
     <t>Aculops lycopersici (as Solanaceae)</t>
   </si>
   <si>
     <t>BEMITA</t>
   </si>
   <si>
     <t>Bemisia tabaci (as Solanaceae)</t>
   </si>
   <si>
     <t>EPILVI</t>
   </si>
   <si>
     <t>Epilachna vigintioctomaculata (as Solanaceae)</t>
+  </si>
+  <si>
+    <t>FRANCS</t>
+  </si>
+  <si>
+    <t>Frankliniella australis (as Solanaceae)</t>
   </si>
   <si>
     <t>HELIZE</t>
   </si>
   <si>
     <t>Helicoverpa zea (as Physalis)</t>
   </si>
   <si>
     <t>* Matthews M (1991) Classification of the Heliothinae. Bulletin of the Natural Resources Institute No. 44. Natural Resources Institute, Chatham, UK.</t>
   </si>
   <si>
     <t>TRSV00</t>
   </si>
   <si>
     <t>Nepovirus nicotianae</t>
   </si>
   <si>
     <t>* McLean DM (1962) Common weed hosts of tobacco ringspot virus in the lower Rio Grande Valley of Texas. Plant Disease Reporter 46, 5-7.</t>
   </si>
   <si>
     <t>Wild/Weed</t>
   </si>
   <si>
     <t>PYDV00</t>
   </si>
@@ -628,51 +634,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:D29"/>
+  <dimension ref="A1:D30"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="15.282" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="10.569" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="57.7" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="405.758" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
@@ -994,92 +1000,104 @@
       </c>
       <c r="D24"/>
     </row>
     <row r="25" spans="1:4">
       <c r="A25" t="s">
         <v>66</v>
       </c>
       <c r="B25" t="s">
         <v>71</v>
       </c>
       <c r="C25" t="s">
         <v>72</v>
       </c>
       <c r="D25"/>
     </row>
     <row r="26" spans="1:4">
       <c r="A26" t="s">
         <v>66</v>
       </c>
       <c r="B26" t="s">
         <v>73</v>
       </c>
       <c r="C26" t="s">
         <v>74</v>
       </c>
-      <c r="D26" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D26"/>
     </row>
     <row r="27" spans="1:4">
       <c r="A27" t="s">
         <v>66</v>
       </c>
       <c r="B27" t="s">
+        <v>75</v>
+      </c>
+      <c r="C27" t="s">
         <v>76</v>
       </c>
-      <c r="C27" t="s">
+      <c r="D27" t="s">
         <v>77</v>
-      </c>
-[...1 lines deleted...]
-        <v>78</v>
       </c>
     </row>
     <row r="28" spans="1:4">
       <c r="A28" t="s">
+        <v>66</v>
+      </c>
+      <c r="B28" t="s">
+        <v>78</v>
+      </c>
+      <c r="C28" t="s">
         <v>79</v>
       </c>
-      <c r="B28" t="s">
+      <c r="D28" t="s">
         <v>80</v>
       </c>
-      <c r="C28" t="s">
-[...2 lines deleted...]
-      <c r="D28"/>
     </row>
     <row r="29" spans="1:4">
       <c r="A29" t="s">
-        <v>79</v>
+        <v>81</v>
       </c>
       <c r="B29" t="s">
         <v>82</v>
       </c>
       <c r="C29" t="s">
         <v>83</v>
       </c>
-      <c r="D29" t="s">
+      <c r="D29"/>
+    </row>
+    <row r="30" spans="1:4">
+      <c r="A30" t="s">
+        <v>81</v>
+      </c>
+      <c r="B30" t="s">
         <v>84</v>
+      </c>
+      <c r="C30" t="s">
+        <v>85</v>
+      </c>
+      <c r="D30" t="s">
+        <v>86</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">