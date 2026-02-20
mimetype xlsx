--- v0 (2025-10-18)
+++ v1 (2026-02-20)
@@ -416,51 +416,51 @@
   <si>
     <t>PK</t>
   </si>
   <si>
     <t>Philippines</t>
   </si>
   <si>
     <t>PH</t>
   </si>
   <si>
     <t>Thailand</t>
   </si>
   <si>
     <t>TH</t>
   </si>
   <si>
     <t>Europe</t>
   </si>
   <si>
     <t>Georgia</t>
   </si>
   <si>
     <t>GE</t>
   </si>
   <si>
-    <t>Russian Federation (the)</t>
+    <t>Russian Federation</t>
   </si>
   <si>
     <t>RU</t>
   </si>
   <si>
     <t>Far East</t>
   </si>
   <si>
     <t>fe</t>
   </si>
   <si>
     <t>Oceania</t>
   </si>
   <si>
     <t>Australia</t>
   </si>
   <si>
     <t>AU</t>
   </si>
   <si>
     <t>Queensland</t>
   </si>
   <si>
     <t>ql</t>
   </si>