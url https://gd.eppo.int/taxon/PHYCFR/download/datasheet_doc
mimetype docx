--- v0 (2025-10-19)
+++ v1 (2025-12-02)
@@ -202,51 +202,51 @@
               <w:t xml:space="preserve"> Keifer</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Taxonomic position:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Animalia: Arthropoda: Chelicerata: Arachnida: Acarida: Eriophyidae</w:t>
             </w:r>
-            <w:hyperlink r:id="rId616468f55b912bd15" w:history="1">
+            <w:hyperlink r:id="rId7134692eaa50c62b0" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -262,51 +262,51 @@
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Emergency measures (formerly), A1 Quarantine pest (Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId720968f55b912bd7f" w:history="1">
+            <w:hyperlink r:id="rId2826692eaa50c631b" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -320,86 +320,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> PHYCFR</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="28495588" name="name660768f55b912c59c" descr="16982.jpg"/>
+                  <wp:docPr id="88234148" name="name6937692eaa50c63e7" descr="16982.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="16982.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId136768f55b912c59a" cstate="print"/>
+                          <a:blip r:embed="rId8338692eaa50c63e5" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId643068f55b912c6d3" w:history="1">
+            <w:hyperlink r:id="rId4448692eaa50c64fe" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -1407,63 +1407,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">P. fructiphilus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> is presented below.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="92465971" name="name690468f55b912d9a2" descr="PHYCFR_distribution_map.jpg"/>
+            <wp:docPr id="56595917" name="name8224692eaa50c6c60" descr="PHYCFR_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="PHYCFR_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId870468f55b912d9a0" cstate="print"/>
+                    <a:blip r:embed="rId9668692eaa50c6c5f" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -3058,51 +3058,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">67</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 499–504. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId728868f55b912e59c" w:history="1">
+      <w:hyperlink r:id="rId3423692eaa50c7804" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10/ggrf8g</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3128,51 +3128,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">16</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1748E. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId509368f55b912e612" w:history="1">
+      <w:hyperlink r:id="rId2337692eaa50c7878" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/sp.efsa.2019.EN-1748</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3218,51 +3218,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">95</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 105051. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId418968f55b912e6a2" w:history="1">
+      <w:hyperlink r:id="rId2365692eaa50c7908" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1016/j.meegid.2021.105051</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3288,51 +3288,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">78</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 247–261. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId538268f55b912e713" w:history="1">
+      <w:hyperlink r:id="rId8028692eaa50c7979" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/s10493-019-00382-4</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3358,101 +3358,101 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">107</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(8), 2313-2315. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId923968f55b912e781" w:history="1">
+      <w:hyperlink r:id="rId9778692eaa50c79e8" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PDIS-11-22-2686-SC</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2018) Pest risk analysis for Rose rosette virus and its vector </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Phyllocoptes fructiphilus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId172968f55b912e7d1" w:history="1">
+      <w:hyperlink r:id="rId7584692eaa50c7a39" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/taxon/RRV000/documents</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3614,101 +3614,101 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">36</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 146–153. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId361068f55b912e913" w:history="1">
+      <w:hyperlink r:id="rId8369692eaa50c7b7e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.24266/0738-2898-36.4.146</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Sabelis MW &amp; Bruin J (1996) 1.5.3. Evolutionary ecology: Life history patterns, food plant choice and dispersal. In: Lindquist EE, Sabelis MW, Bruin J (Eds.) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">World Crop Pests, Eriophyoid Mites Their Biology, Natural Enemies and Control</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Elsevier, pp. 329–366. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId847568f55b912e964" w:history="1">
+      <w:hyperlink r:id="rId4124692eaa50c7bd0" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1016/S1572-4379(96)80020-0</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3754,51 +3754,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">37</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 108–112. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId531168f55b912e9f1" w:history="1">
+      <w:hyperlink r:id="rId4207692eaa50c7c5e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.24266/0738-2898-37.4.108</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3824,51 +3824,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">69</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1603–1617. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId634568f55b912ea60" w:history="1">
+      <w:hyperlink r:id="rId8901692eaa50c7ccd" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/ppa.13255</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3894,51 +3894,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">23</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 209–213. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId802868f55b912eacd" w:history="1">
+      <w:hyperlink r:id="rId7119692eaa50c7d3c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1080/01647959708683565</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -4004,51 +4004,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Phyllocoptes fructiphilus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId798568f55b912eb81" w:history="1">
+      <w:hyperlink r:id="rId8062692eaa50c7df9" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -4061,63 +4061,63 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">This datasheet was first published online in 2024. It is maintained in an electronic format in the EPPO Global Database. The sections on 'Identity', ‘Hosts’, and 'Geographical distribution' are automatically updated from the database. For other sections, the date of last revision is indicated on the right.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="71562177" name="name685768f55b912ec15" descr="eu_funding_250.png"/>
+            <wp:docPr id="69339442" name="name8048692eaa50c7e87" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId551968f55b912ec14" cstate="print"/>
+                    <a:blip r:embed="rId7465692eaa50c7e86" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -4215,137 +4215,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="19058595">
+  <w:abstractNum w:abstractNumId="43571381">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="11282608">
+    <w:lvl w:ilvl="0" w:tplc="71444076">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="11282608" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="71444076" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="11282608" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="71444076" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="11282608" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="71444076" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="11282608" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="71444076" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="11282608" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="71444076" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="11282608" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="71444076" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="11282608" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="71444076" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="11282608" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="71444076" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="19058594">
+  <w:abstractNum w:abstractNumId="43571380">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="96259235">
+    <w:lvl w:ilvl="0" w:tplc="22785366">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -5097,55 +5097,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="19058594">
-    <w:abstractNumId w:val="19058594"/>
+  <w:num w:numId="43571380">
+    <w:abstractNumId w:val="43571380"/>
   </w:num>
-  <w:num w:numId="19058595">
-    <w:abstractNumId w:val="19058595"/>
+  <w:num w:numId="43571381">
+    <w:abstractNumId w:val="43571381"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -16695,51 +16695,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId568309910" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId667578454" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId616468f55b912bd15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHYCFR/" TargetMode="External"/><Relationship Id="rId720968f55b912bd7f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHYCFR/categorization" TargetMode="External"/><Relationship Id="rId643068f55b912c6d3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHYCFR/photos" TargetMode="External"/><Relationship Id="rId728868f55b912e59c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10/ggrf8g" TargetMode="External"/><Relationship Id="rId509368f55b912e612" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/sp.efsa.2019.EN-1748" TargetMode="External"/><Relationship Id="rId418968f55b912e6a2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.meegid.2021.105051" TargetMode="External"/><Relationship Id="rId538268f55b912e713" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s10493-019-00382-4" TargetMode="External"/><Relationship Id="rId923968f55b912e781" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-11-22-2686-SC" TargetMode="External"/><Relationship Id="rId172968f55b912e7d1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/RRV000/documents" TargetMode="External"/><Relationship Id="rId361068f55b912e913" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.24266/0738-2898-36.4.146" TargetMode="External"/><Relationship Id="rId847568f55b912e964" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/S1572-4379(96)80020-0" TargetMode="External"/><Relationship Id="rId531168f55b912e9f1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.24266/0738-2898-37.4.108" TargetMode="External"/><Relationship Id="rId634568f55b912ea60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/ppa.13255" TargetMode="External"/><Relationship Id="rId802868f55b912eacd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1080/01647959708683565" TargetMode="External"/><Relationship Id="rId798568f55b912eb81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId136768f55b912c59a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId136768f55b912c59a.jpg"/><Relationship Id="rId870468f55b912d9a0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId870468f55b912d9a0.jpg"/><Relationship Id="rId551968f55b912ec14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId551968f55b912ec14.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId977447321" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId416448220" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId7134692eaa50c62b0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHYCFR/" TargetMode="External"/><Relationship Id="rId2826692eaa50c631b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHYCFR/categorization" TargetMode="External"/><Relationship Id="rId4448692eaa50c64fe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHYCFR/photos" TargetMode="External"/><Relationship Id="rId3423692eaa50c7804" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10/ggrf8g" TargetMode="External"/><Relationship Id="rId2337692eaa50c7878" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/sp.efsa.2019.EN-1748" TargetMode="External"/><Relationship Id="rId2365692eaa50c7908" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.meegid.2021.105051" TargetMode="External"/><Relationship Id="rId8028692eaa50c7979" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s10493-019-00382-4" TargetMode="External"/><Relationship Id="rId9778692eaa50c79e8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-11-22-2686-SC" TargetMode="External"/><Relationship Id="rId7584692eaa50c7a39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/RRV000/documents" TargetMode="External"/><Relationship Id="rId8369692eaa50c7b7e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.24266/0738-2898-36.4.146" TargetMode="External"/><Relationship Id="rId4124692eaa50c7bd0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/S1572-4379(96)80020-0" TargetMode="External"/><Relationship Id="rId4207692eaa50c7c5e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.24266/0738-2898-37.4.108" TargetMode="External"/><Relationship Id="rId8901692eaa50c7ccd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/ppa.13255" TargetMode="External"/><Relationship Id="rId7119692eaa50c7d3c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1080/01647959708683565" TargetMode="External"/><Relationship Id="rId8062692eaa50c7df9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId8338692eaa50c63e5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId8338692eaa50c63e5.jpg"/><Relationship Id="rId9668692eaa50c6c5f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId9668692eaa50c6c5f.jpg"/><Relationship Id="rId7465692eaa50c7e86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId7465692eaa50c7e86.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>