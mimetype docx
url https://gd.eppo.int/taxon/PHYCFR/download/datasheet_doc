--- v1 (2025-12-02)
+++ v2 (2025-12-22)
@@ -202,51 +202,51 @@
               <w:t xml:space="preserve"> Keifer</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Taxonomic position:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Animalia: Arthropoda: Chelicerata: Arachnida: Acarida: Eriophyidae</w:t>
             </w:r>
-            <w:hyperlink r:id="rId7134692eaa50c62b0" w:history="1">
+            <w:hyperlink r:id="rId74706949572296b98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -262,51 +262,51 @@
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Emergency measures (formerly), A1 Quarantine pest (Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId2826692eaa50c631b" w:history="1">
+            <w:hyperlink r:id="rId91256949572296c01" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -320,86 +320,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> PHYCFR</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="88234148" name="name6937692eaa50c63e7" descr="16982.jpg"/>
+                  <wp:docPr id="75114748" name="name58276949572297217" descr="16982.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="16982.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId8338692eaa50c63e5" cstate="print"/>
+                          <a:blip r:embed="rId18906949572297216" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId4448692eaa50c64fe" w:history="1">
+            <w:hyperlink r:id="rId5936694957229733a" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -1407,63 +1407,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">P. fructiphilus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> is presented below.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="56595917" name="name8224692eaa50c6c60" descr="PHYCFR_distribution_map.jpg"/>
+            <wp:docPr id="3327588" name="name87886949572298509" descr="PHYCFR_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="PHYCFR_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId9668692eaa50c6c5f" cstate="print"/>
+                    <a:blip r:embed="rId30466949572298506" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -3058,51 +3058,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">67</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 499–504. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3423692eaa50c7804" w:history="1">
+      <w:hyperlink r:id="rId36846949572299137" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10/ggrf8g</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3128,51 +3128,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">16</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1748E. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2337692eaa50c7878" w:history="1">
+      <w:hyperlink r:id="rId287569495722991ad" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/sp.efsa.2019.EN-1748</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3218,51 +3218,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">95</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 105051. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2365692eaa50c7908" w:history="1">
+      <w:hyperlink r:id="rId1866694957229923d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1016/j.meegid.2021.105051</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3288,51 +3288,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">78</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 247–261. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8028692eaa50c7979" w:history="1">
+      <w:hyperlink r:id="rId184069495722992ae" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/s10493-019-00382-4</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3358,101 +3358,101 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">107</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(8), 2313-2315. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9778692eaa50c79e8" w:history="1">
+      <w:hyperlink r:id="rId1763694957229931d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PDIS-11-22-2686-SC</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2018) Pest risk analysis for Rose rosette virus and its vector </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Phyllocoptes fructiphilus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7584692eaa50c7a39" w:history="1">
+      <w:hyperlink r:id="rId4408694957229936e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/taxon/RRV000/documents</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3614,101 +3614,101 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">36</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 146–153. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8369692eaa50c7b7e" w:history="1">
+      <w:hyperlink r:id="rId713469495722994c6" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.24266/0738-2898-36.4.146</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Sabelis MW &amp; Bruin J (1996) 1.5.3. Evolutionary ecology: Life history patterns, food plant choice and dispersal. In: Lindquist EE, Sabelis MW, Bruin J (Eds.) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">World Crop Pests, Eriophyoid Mites Their Biology, Natural Enemies and Control</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Elsevier, pp. 329–366. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4124692eaa50c7bd0" w:history="1">
+      <w:hyperlink r:id="rId80516949572299538" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1016/S1572-4379(96)80020-0</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3754,51 +3754,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">37</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 108–112. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4207692eaa50c7c5e" w:history="1">
+      <w:hyperlink r:id="rId477769495722995c9" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.24266/0738-2898-37.4.108</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3824,51 +3824,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">69</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1603–1617. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8901692eaa50c7ccd" w:history="1">
+      <w:hyperlink r:id="rId2645694957229963a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/ppa.13255</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3894,51 +3894,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">23</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 209–213. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7119692eaa50c7d3c" w:history="1">
+      <w:hyperlink r:id="rId690669495722996aa" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1080/01647959708683565</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -4004,51 +4004,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Phyllocoptes fructiphilus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8062692eaa50c7df9" w:history="1">
+      <w:hyperlink r:id="rId3782694957229975e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -4061,63 +4061,63 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">This datasheet was first published online in 2024. It is maintained in an electronic format in the EPPO Global Database. The sections on 'Identity', ‘Hosts’, and 'Geographical distribution' are automatically updated from the database. For other sections, the date of last revision is indicated on the right.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="69339442" name="name8048692eaa50c7e87" descr="eu_funding_250.png"/>
+            <wp:docPr id="837987" name="name90646949572299a18" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId7465692eaa50c7e86" cstate="print"/>
+                    <a:blip r:embed="rId22316949572299a16" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -4215,137 +4215,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="43571381">
+  <w:abstractNum w:abstractNumId="26334103">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="71444076">
+    <w:lvl w:ilvl="0" w:tplc="77681044">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="71444076" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="77681044" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="71444076" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="77681044" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="71444076" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="77681044" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="71444076" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="77681044" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="71444076" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="77681044" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="71444076" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="77681044" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="71444076" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="77681044" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="71444076" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="77681044" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="43571380">
+  <w:abstractNum w:abstractNumId="26334102">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="22785366">
+    <w:lvl w:ilvl="0" w:tplc="33428919">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -5097,55 +5097,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="43571380">
-    <w:abstractNumId w:val="43571380"/>
+  <w:num w:numId="26334102">
+    <w:abstractNumId w:val="26334102"/>
   </w:num>
-  <w:num w:numId="43571381">
-    <w:abstractNumId w:val="43571381"/>
+  <w:num w:numId="26334103">
+    <w:abstractNumId w:val="26334103"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -16695,51 +16695,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId977447321" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId416448220" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId7134692eaa50c62b0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHYCFR/" TargetMode="External"/><Relationship Id="rId2826692eaa50c631b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHYCFR/categorization" TargetMode="External"/><Relationship Id="rId4448692eaa50c64fe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHYCFR/photos" TargetMode="External"/><Relationship Id="rId3423692eaa50c7804" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10/ggrf8g" TargetMode="External"/><Relationship Id="rId2337692eaa50c7878" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/sp.efsa.2019.EN-1748" TargetMode="External"/><Relationship Id="rId2365692eaa50c7908" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.meegid.2021.105051" TargetMode="External"/><Relationship Id="rId8028692eaa50c7979" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s10493-019-00382-4" TargetMode="External"/><Relationship Id="rId9778692eaa50c79e8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-11-22-2686-SC" TargetMode="External"/><Relationship Id="rId7584692eaa50c7a39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/RRV000/documents" TargetMode="External"/><Relationship Id="rId8369692eaa50c7b7e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.24266/0738-2898-36.4.146" TargetMode="External"/><Relationship Id="rId4124692eaa50c7bd0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/S1572-4379(96)80020-0" TargetMode="External"/><Relationship Id="rId4207692eaa50c7c5e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.24266/0738-2898-37.4.108" TargetMode="External"/><Relationship Id="rId8901692eaa50c7ccd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/ppa.13255" TargetMode="External"/><Relationship Id="rId7119692eaa50c7d3c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1080/01647959708683565" TargetMode="External"/><Relationship Id="rId8062692eaa50c7df9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId8338692eaa50c63e5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId8338692eaa50c63e5.jpg"/><Relationship Id="rId9668692eaa50c6c5f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId9668692eaa50c6c5f.jpg"/><Relationship Id="rId7465692eaa50c7e86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId7465692eaa50c7e86.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId500606257" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId973285266" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId74706949572296b98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHYCFR/" TargetMode="External"/><Relationship Id="rId91256949572296c01" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHYCFR/categorization" TargetMode="External"/><Relationship Id="rId5936694957229733a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHYCFR/photos" TargetMode="External"/><Relationship Id="rId36846949572299137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10/ggrf8g" TargetMode="External"/><Relationship Id="rId287569495722991ad" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/sp.efsa.2019.EN-1748" TargetMode="External"/><Relationship Id="rId1866694957229923d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.meegid.2021.105051" TargetMode="External"/><Relationship Id="rId184069495722992ae" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s10493-019-00382-4" TargetMode="External"/><Relationship Id="rId1763694957229931d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-11-22-2686-SC" TargetMode="External"/><Relationship Id="rId4408694957229936e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/RRV000/documents" TargetMode="External"/><Relationship Id="rId713469495722994c6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.24266/0738-2898-36.4.146" TargetMode="External"/><Relationship Id="rId80516949572299538" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/S1572-4379(96)80020-0" TargetMode="External"/><Relationship Id="rId477769495722995c9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.24266/0738-2898-37.4.108" TargetMode="External"/><Relationship Id="rId2645694957229963a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/ppa.13255" TargetMode="External"/><Relationship Id="rId690669495722996aa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1080/01647959708683565" TargetMode="External"/><Relationship Id="rId3782694957229975e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId18906949572297216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId18906949572297216.jpg"/><Relationship Id="rId30466949572298506" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId30466949572298506.jpg"/><Relationship Id="rId22316949572299a16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId22316949572299a16.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>