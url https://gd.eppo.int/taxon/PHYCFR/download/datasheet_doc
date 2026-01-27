--- v2 (2025-12-22)
+++ v3 (2026-01-27)
@@ -202,51 +202,51 @@
               <w:t xml:space="preserve"> Keifer</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Taxonomic position:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Animalia: Arthropoda: Chelicerata: Arachnida: Acarida: Eriophyidae</w:t>
             </w:r>
-            <w:hyperlink r:id="rId74706949572296b98" w:history="1">
+            <w:hyperlink r:id="rId76766978bb07c1f44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -262,51 +262,51 @@
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Emergency measures (formerly), A1 Quarantine pest (Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId91256949572296c01" w:history="1">
+            <w:hyperlink r:id="rId63756978bb07c1faf" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -320,86 +320,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> PHYCFR</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="75114748" name="name58276949572297217" descr="16982.jpg"/>
+                  <wp:docPr id="84005448" name="name48686978bb07c206c" descr="16982.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="16982.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId18906949572297216" cstate="print"/>
+                          <a:blip r:embed="rId21226978bb07c206b" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId5936694957229733a" w:history="1">
+            <w:hyperlink r:id="rId82996978bb07c21a7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -1407,63 +1407,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">P. fructiphilus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> is presented below.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="3327588" name="name87886949572298509" descr="PHYCFR_distribution_map.jpg"/>
+            <wp:docPr id="30955087" name="name44496978bb07c32c9" descr="PHYCFR_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="PHYCFR_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId30466949572298506" cstate="print"/>
+                    <a:blip r:embed="rId96046978bb07c32c6" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -3058,51 +3058,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">67</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 499–504. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId36846949572299137" w:history="1">
+      <w:hyperlink r:id="rId89796978bb07c3ef5" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10/ggrf8g</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3128,51 +3128,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">16</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1748E. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId287569495722991ad" w:history="1">
+      <w:hyperlink r:id="rId98446978bb07c3f6c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/sp.efsa.2019.EN-1748</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3218,51 +3218,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">95</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 105051. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1866694957229923d" w:history="1">
+      <w:hyperlink r:id="rId80026978bb07c3ffe" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1016/j.meegid.2021.105051</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3288,51 +3288,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">78</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 247–261. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId184069495722992ae" w:history="1">
+      <w:hyperlink r:id="rId43606978bb07c4070" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/s10493-019-00382-4</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3358,101 +3358,101 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">107</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(8), 2313-2315. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1763694957229931d" w:history="1">
+      <w:hyperlink r:id="rId68736978bb07c40e1" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PDIS-11-22-2686-SC</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2018) Pest risk analysis for Rose rosette virus and its vector </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Phyllocoptes fructiphilus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4408694957229936e" w:history="1">
+      <w:hyperlink r:id="rId47776978bb07c4131" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/taxon/RRV000/documents</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3614,101 +3614,101 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">36</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 146–153. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId713469495722994c6" w:history="1">
+      <w:hyperlink r:id="rId35326978bb07c4279" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.24266/0738-2898-36.4.146</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Sabelis MW &amp; Bruin J (1996) 1.5.3. Evolutionary ecology: Life history patterns, food plant choice and dispersal. In: Lindquist EE, Sabelis MW, Bruin J (Eds.) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">World Crop Pests, Eriophyoid Mites Their Biology, Natural Enemies and Control</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Elsevier, pp. 329–366. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId80516949572299538" w:history="1">
+      <w:hyperlink r:id="rId38446978bb07c42cc" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1016/S1572-4379(96)80020-0</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3754,51 +3754,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">37</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 108–112. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId477769495722995c9" w:history="1">
+      <w:hyperlink r:id="rId98926978bb07c435b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.24266/0738-2898-37.4.108</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3824,51 +3824,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">69</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1603–1617. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2645694957229963a" w:history="1">
+      <w:hyperlink r:id="rId28886978bb07c43cb" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/ppa.13255</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3894,51 +3894,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">23</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 209–213. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId690669495722996aa" w:history="1">
+      <w:hyperlink r:id="rId24256978bb07c4444" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1080/01647959708683565</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -3982,73 +3982,73 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">How to cite this datasheet?</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">EPPO (2025) </w:t>
+        <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Phyllocoptes fructiphilus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3782694957229975e" w:history="1">
+      <w:hyperlink r:id="rId82026978bb07c4515" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -4061,63 +4061,63 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">This datasheet was first published online in 2024. It is maintained in an electronic format in the EPPO Global Database. The sections on 'Identity', ‘Hosts’, and 'Geographical distribution' are automatically updated from the database. For other sections, the date of last revision is indicated on the right.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="837987" name="name90646949572299a18" descr="eu_funding_250.png"/>
+            <wp:docPr id="27210645" name="name70906978bb07c45a8" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId22316949572299a16" cstate="print"/>
+                    <a:blip r:embed="rId45356978bb07c45a7" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -4215,137 +4215,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="26334103">
+  <w:abstractNum w:abstractNumId="22238763">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="77681044">
+    <w:lvl w:ilvl="0" w:tplc="54902429">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="77681044" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="54902429" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="77681044" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="54902429" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="77681044" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="54902429" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="77681044" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="54902429" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="77681044" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="54902429" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="77681044" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="54902429" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="77681044" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="54902429" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="77681044" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="54902429" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="26334102">
+  <w:abstractNum w:abstractNumId="22238762">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="33428919">
+    <w:lvl w:ilvl="0" w:tplc="47347788">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -5097,55 +5097,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="26334102">
-    <w:abstractNumId w:val="26334102"/>
+  <w:num w:numId="22238762">
+    <w:abstractNumId w:val="22238762"/>
   </w:num>
-  <w:num w:numId="26334103">
-    <w:abstractNumId w:val="26334103"/>
+  <w:num w:numId="22238763">
+    <w:abstractNumId w:val="22238763"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -16695,51 +16695,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId500606257" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId973285266" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId74706949572296b98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHYCFR/" TargetMode="External"/><Relationship Id="rId91256949572296c01" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHYCFR/categorization" TargetMode="External"/><Relationship Id="rId5936694957229733a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHYCFR/photos" TargetMode="External"/><Relationship Id="rId36846949572299137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10/ggrf8g" TargetMode="External"/><Relationship Id="rId287569495722991ad" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/sp.efsa.2019.EN-1748" TargetMode="External"/><Relationship Id="rId1866694957229923d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.meegid.2021.105051" TargetMode="External"/><Relationship Id="rId184069495722992ae" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s10493-019-00382-4" TargetMode="External"/><Relationship Id="rId1763694957229931d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-11-22-2686-SC" TargetMode="External"/><Relationship Id="rId4408694957229936e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/RRV000/documents" TargetMode="External"/><Relationship Id="rId713469495722994c6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.24266/0738-2898-36.4.146" TargetMode="External"/><Relationship Id="rId80516949572299538" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/S1572-4379(96)80020-0" TargetMode="External"/><Relationship Id="rId477769495722995c9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.24266/0738-2898-37.4.108" TargetMode="External"/><Relationship Id="rId2645694957229963a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/ppa.13255" TargetMode="External"/><Relationship Id="rId690669495722996aa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1080/01647959708683565" TargetMode="External"/><Relationship Id="rId3782694957229975e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId18906949572297216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId18906949572297216.jpg"/><Relationship Id="rId30466949572298506" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId30466949572298506.jpg"/><Relationship Id="rId22316949572299a16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId22316949572299a16.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId845651121" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId748486724" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId76766978bb07c1f44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHYCFR/" TargetMode="External"/><Relationship Id="rId63756978bb07c1faf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHYCFR/categorization" TargetMode="External"/><Relationship Id="rId82996978bb07c21a7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHYCFR/photos" TargetMode="External"/><Relationship Id="rId89796978bb07c3ef5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10/ggrf8g" TargetMode="External"/><Relationship Id="rId98446978bb07c3f6c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/sp.efsa.2019.EN-1748" TargetMode="External"/><Relationship Id="rId80026978bb07c3ffe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.meegid.2021.105051" TargetMode="External"/><Relationship Id="rId43606978bb07c4070" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s10493-019-00382-4" TargetMode="External"/><Relationship Id="rId68736978bb07c40e1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-11-22-2686-SC" TargetMode="External"/><Relationship Id="rId47776978bb07c4131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/RRV000/documents" TargetMode="External"/><Relationship Id="rId35326978bb07c4279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.24266/0738-2898-36.4.146" TargetMode="External"/><Relationship Id="rId38446978bb07c42cc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/S1572-4379(96)80020-0" TargetMode="External"/><Relationship Id="rId98926978bb07c435b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.24266/0738-2898-37.4.108" TargetMode="External"/><Relationship Id="rId28886978bb07c43cb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/ppa.13255" TargetMode="External"/><Relationship Id="rId24256978bb07c4444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1080/01647959708683565" TargetMode="External"/><Relationship Id="rId82026978bb07c4515" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId21226978bb07c206b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId21226978bb07c206b.jpg"/><Relationship Id="rId96046978bb07c32c6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId96046978bb07c32c6.jpg"/><Relationship Id="rId45356978bb07c45a7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId45356978bb07c45a7.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>