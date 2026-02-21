--- v3 (2026-01-27)
+++ v4 (2026-02-21)
@@ -202,51 +202,51 @@
               <w:t xml:space="preserve"> Keifer</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Taxonomic position:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Animalia: Arthropoda: Chelicerata: Arachnida: Acarida: Eriophyidae</w:t>
             </w:r>
-            <w:hyperlink r:id="rId76766978bb07c1f44" w:history="1">
+            <w:hyperlink r:id="rId80306999aeff798f7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -260,53 +260,53 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve"> Emergency measures (formerly), A1 Quarantine pest (Annex II A)</w:t>
+              <w:t xml:space="preserve"> Emergency measures (formerly), Quarantine pest ((EU) 2019/2072 Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId63756978bb07c1faf" w:history="1">
+            <w:hyperlink r:id="rId57386999aeff79960" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -320,86 +320,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> PHYCFR</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="84005448" name="name48686978bb07c206c" descr="16982.jpg"/>
+                  <wp:docPr id="56791089" name="name15476999aeff79a57" descr="16982.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="16982.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId21226978bb07c206b" cstate="print"/>
+                          <a:blip r:embed="rId64356999aeff79a55" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId82996978bb07c21a7" w:history="1">
+            <w:hyperlink r:id="rId19236999aeff79b76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -1407,63 +1407,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">P. fructiphilus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> is presented below.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="30955087" name="name44496978bb07c32c9" descr="PHYCFR_distribution_map.jpg"/>
+            <wp:docPr id="57503907" name="name37996999aeff7b03d" descr="PHYCFR_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="PHYCFR_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId96046978bb07c32c6" cstate="print"/>
+                    <a:blip r:embed="rId38876999aeff7b03a" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -3058,51 +3058,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">67</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 499–504. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId89796978bb07c3ef5" w:history="1">
+      <w:hyperlink r:id="rId87386999aeff7bcae" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10/ggrf8g</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3128,51 +3128,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">16</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1748E. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId98446978bb07c3f6c" w:history="1">
+      <w:hyperlink r:id="rId26846999aeff7bd26" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/sp.efsa.2019.EN-1748</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3218,51 +3218,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">95</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 105051. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId80026978bb07c3ffe" w:history="1">
+      <w:hyperlink r:id="rId23866999aeff7bdb7" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1016/j.meegid.2021.105051</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3288,51 +3288,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">78</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 247–261. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId43606978bb07c4070" w:history="1">
+      <w:hyperlink r:id="rId83906999aeff7be29" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/s10493-019-00382-4</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3358,101 +3358,101 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">107</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(8), 2313-2315. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId68736978bb07c40e1" w:history="1">
+      <w:hyperlink r:id="rId75116999aeff7be99" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PDIS-11-22-2686-SC</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2018) Pest risk analysis for Rose rosette virus and its vector </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Phyllocoptes fructiphilus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId47776978bb07c4131" w:history="1">
+      <w:hyperlink r:id="rId98506999aeff7beeb" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/taxon/RRV000/documents</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3614,101 +3614,101 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">36</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 146–153. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId35326978bb07c4279" w:history="1">
+      <w:hyperlink r:id="rId27486999aeff7c04a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.24266/0738-2898-36.4.146</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Sabelis MW &amp; Bruin J (1996) 1.5.3. Evolutionary ecology: Life history patterns, food plant choice and dispersal. In: Lindquist EE, Sabelis MW, Bruin J (Eds.) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">World Crop Pests, Eriophyoid Mites Their Biology, Natural Enemies and Control</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Elsevier, pp. 329–366. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId38446978bb07c42cc" w:history="1">
+      <w:hyperlink r:id="rId19676999aeff7c0a1" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1016/S1572-4379(96)80020-0</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3754,51 +3754,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">37</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 108–112. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId98926978bb07c435b" w:history="1">
+      <w:hyperlink r:id="rId23606999aeff7c133" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.24266/0738-2898-37.4.108</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3824,51 +3824,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">69</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1603–1617. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId28886978bb07c43cb" w:history="1">
+      <w:hyperlink r:id="rId30356999aeff7c1a4" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/ppa.13255</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3894,51 +3894,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">23</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 209–213. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId24256978bb07c4444" w:history="1">
+      <w:hyperlink r:id="rId12166999aeff7c214" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1080/01647959708683565</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -4004,51 +4004,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Phyllocoptes fructiphilus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId82026978bb07c4515" w:history="1">
+      <w:hyperlink r:id="rId82746999aeff7c2dd" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -4061,63 +4061,63 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">This datasheet was first published online in 2024. It is maintained in an electronic format in the EPPO Global Database. The sections on 'Identity', ‘Hosts’, and 'Geographical distribution' are automatically updated from the database. For other sections, the date of last revision is indicated on the right.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="27210645" name="name70906978bb07c45a8" descr="eu_funding_250.png"/>
+            <wp:docPr id="28052756" name="name51306999aeff7c3b4" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId45356978bb07c45a7" cstate="print"/>
+                    <a:blip r:embed="rId21726999aeff7c3b3" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -4215,137 +4215,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="22238763">
+  <w:abstractNum w:abstractNumId="54642620">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="54902429">
+    <w:lvl w:ilvl="0" w:tplc="23549623">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="54902429" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="23549623" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="54902429" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="23549623" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="54902429" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="23549623" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="54902429" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="23549623" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="54902429" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="23549623" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="54902429" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="23549623" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="54902429" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="23549623" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="54902429" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="23549623" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="22238762">
+  <w:abstractNum w:abstractNumId="54642619">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="47347788">
+    <w:lvl w:ilvl="0" w:tplc="11919236">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -5097,55 +5097,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="22238762">
-    <w:abstractNumId w:val="22238762"/>
+  <w:num w:numId="54642619">
+    <w:abstractNumId w:val="54642619"/>
   </w:num>
-  <w:num w:numId="22238763">
-    <w:abstractNumId w:val="22238763"/>
+  <w:num w:numId="54642620">
+    <w:abstractNumId w:val="54642620"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -16695,51 +16695,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId845651121" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId748486724" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId76766978bb07c1f44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHYCFR/" TargetMode="External"/><Relationship Id="rId63756978bb07c1faf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHYCFR/categorization" TargetMode="External"/><Relationship Id="rId82996978bb07c21a7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHYCFR/photos" TargetMode="External"/><Relationship Id="rId89796978bb07c3ef5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10/ggrf8g" TargetMode="External"/><Relationship Id="rId98446978bb07c3f6c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/sp.efsa.2019.EN-1748" TargetMode="External"/><Relationship Id="rId80026978bb07c3ffe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.meegid.2021.105051" TargetMode="External"/><Relationship Id="rId43606978bb07c4070" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s10493-019-00382-4" TargetMode="External"/><Relationship Id="rId68736978bb07c40e1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-11-22-2686-SC" TargetMode="External"/><Relationship Id="rId47776978bb07c4131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/RRV000/documents" TargetMode="External"/><Relationship Id="rId35326978bb07c4279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.24266/0738-2898-36.4.146" TargetMode="External"/><Relationship Id="rId38446978bb07c42cc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/S1572-4379(96)80020-0" TargetMode="External"/><Relationship Id="rId98926978bb07c435b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.24266/0738-2898-37.4.108" TargetMode="External"/><Relationship Id="rId28886978bb07c43cb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/ppa.13255" TargetMode="External"/><Relationship Id="rId24256978bb07c4444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1080/01647959708683565" TargetMode="External"/><Relationship Id="rId82026978bb07c4515" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId21226978bb07c206b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId21226978bb07c206b.jpg"/><Relationship Id="rId96046978bb07c32c6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId96046978bb07c32c6.jpg"/><Relationship Id="rId45356978bb07c45a7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId45356978bb07c45a7.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId752069213" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId625568577" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId80306999aeff798f7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHYCFR/" TargetMode="External"/><Relationship Id="rId57386999aeff79960" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHYCFR/categorization" TargetMode="External"/><Relationship Id="rId19236999aeff79b76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHYCFR/photos" TargetMode="External"/><Relationship Id="rId87386999aeff7bcae" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10/ggrf8g" TargetMode="External"/><Relationship Id="rId26846999aeff7bd26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/sp.efsa.2019.EN-1748" TargetMode="External"/><Relationship Id="rId23866999aeff7bdb7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.meegid.2021.105051" TargetMode="External"/><Relationship Id="rId83906999aeff7be29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s10493-019-00382-4" TargetMode="External"/><Relationship Id="rId75116999aeff7be99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-11-22-2686-SC" TargetMode="External"/><Relationship Id="rId98506999aeff7beeb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/RRV000/documents" TargetMode="External"/><Relationship Id="rId27486999aeff7c04a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.24266/0738-2898-36.4.146" TargetMode="External"/><Relationship Id="rId19676999aeff7c0a1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/S1572-4379(96)80020-0" TargetMode="External"/><Relationship Id="rId23606999aeff7c133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.24266/0738-2898-37.4.108" TargetMode="External"/><Relationship Id="rId30356999aeff7c1a4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/ppa.13255" TargetMode="External"/><Relationship Id="rId12166999aeff7c214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1080/01647959708683565" TargetMode="External"/><Relationship Id="rId82746999aeff7c2dd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId64356999aeff79a55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId64356999aeff79a55.jpg"/><Relationship Id="rId38876999aeff7b03a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId38876999aeff7b03a.jpg"/><Relationship Id="rId21726999aeff7c3b3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId21726999aeff7c3b3.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>