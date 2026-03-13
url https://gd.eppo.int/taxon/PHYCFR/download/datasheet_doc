--- v4 (2026-02-21)
+++ v5 (2026-03-13)
@@ -202,51 +202,51 @@
               <w:t xml:space="preserve"> Keifer</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Taxonomic position:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Animalia: Arthropoda: Chelicerata: Arachnida: Acarida: Eriophyidae</w:t>
             </w:r>
-            <w:hyperlink r:id="rId80306999aeff798f7" w:history="1">
+            <w:hyperlink r:id="rId768369b44b5e05cc9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -262,51 +262,51 @@
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Emergency measures (formerly), Quarantine pest ((EU) 2019/2072 Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId57386999aeff79960" w:history="1">
+            <w:hyperlink r:id="rId943669b44b5e05d40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -320,86 +320,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> PHYCFR</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="56791089" name="name15476999aeff79a57" descr="16982.jpg"/>
+                  <wp:docPr id="25189647" name="name639169b44b5e063cf" descr="16982.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="16982.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId64356999aeff79a55" cstate="print"/>
+                          <a:blip r:embed="rId551669b44b5e063ce" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId19236999aeff79b76" w:history="1">
+            <w:hyperlink r:id="rId699569b44b5e064f3" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -1407,63 +1407,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">P. fructiphilus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> is presented below.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="57503907" name="name37996999aeff7b03d" descr="PHYCFR_distribution_map.jpg"/>
+            <wp:docPr id="80650884" name="name123869b44b5e07b11" descr="PHYCFR_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="PHYCFR_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId38876999aeff7b03a" cstate="print"/>
+                    <a:blip r:embed="rId330369b44b5e07b0d" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -3058,51 +3058,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">67</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 499–504. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId87386999aeff7bcae" w:history="1">
+      <w:hyperlink r:id="rId528669b44b5e08cb1" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10/ggrf8g</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3128,51 +3128,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">16</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1748E. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId26846999aeff7bd26" w:history="1">
+      <w:hyperlink r:id="rId345269b44b5e08d36" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/sp.efsa.2019.EN-1748</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3218,51 +3218,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">95</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 105051. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId23866999aeff7bdb7" w:history="1">
+      <w:hyperlink r:id="rId893069b44b5e08e18" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1016/j.meegid.2021.105051</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3288,51 +3288,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">78</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 247–261. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId83906999aeff7be29" w:history="1">
+      <w:hyperlink r:id="rId330669b44b5e08ee2" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/s10493-019-00382-4</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3358,101 +3358,101 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">107</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(8), 2313-2315. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId75116999aeff7be99" w:history="1">
+      <w:hyperlink r:id="rId818969b44b5e08f6a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PDIS-11-22-2686-SC</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2018) Pest risk analysis for Rose rosette virus and its vector </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Phyllocoptes fructiphilus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId98506999aeff7beeb" w:history="1">
+      <w:hyperlink r:id="rId495169b44b5e08fc1" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/taxon/RRV000/documents</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3614,101 +3614,101 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">36</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 146–153. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId27486999aeff7c04a" w:history="1">
+      <w:hyperlink r:id="rId856969b44b5e09152" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.24266/0738-2898-36.4.146</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Sabelis MW &amp; Bruin J (1996) 1.5.3. Evolutionary ecology: Life history patterns, food plant choice and dispersal. In: Lindquist EE, Sabelis MW, Bruin J (Eds.) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">World Crop Pests, Eriophyoid Mites Their Biology, Natural Enemies and Control</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Elsevier, pp. 329–366. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId19676999aeff7c0a1" w:history="1">
+      <w:hyperlink r:id="rId610169b44b5e091a9" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1016/S1572-4379(96)80020-0</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3754,51 +3754,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">37</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 108–112. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId23606999aeff7c133" w:history="1">
+      <w:hyperlink r:id="rId759769b44b5e0923f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.24266/0738-2898-37.4.108</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3824,51 +3824,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">69</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1603–1617. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId30356999aeff7c1a4" w:history="1">
+      <w:hyperlink r:id="rId728369b44b5e092b2" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/ppa.13255</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3894,51 +3894,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">23</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 209–213. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId12166999aeff7c214" w:history="1">
+      <w:hyperlink r:id="rId638369b44b5e09327" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1080/01647959708683565</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -4004,51 +4004,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Phyllocoptes fructiphilus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId82746999aeff7c2dd" w:history="1">
+      <w:hyperlink r:id="rId707969b44b5e093e8" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -4061,63 +4061,63 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">This datasheet was first published online in 2024. It is maintained in an electronic format in the EPPO Global Database. The sections on 'Identity', ‘Hosts’, and 'Geographical distribution' are automatically updated from the database. For other sections, the date of last revision is indicated on the right.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="28052756" name="name51306999aeff7c3b4" descr="eu_funding_250.png"/>
+            <wp:docPr id="20027985" name="name454369b44b5e094dc" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId21726999aeff7c3b3" cstate="print"/>
+                    <a:blip r:embed="rId569069b44b5e094db" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -4215,137 +4215,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="54642620">
+  <w:abstractNum w:abstractNumId="64557332">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="23549623">
+    <w:lvl w:ilvl="0" w:tplc="82099930">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="23549623" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="82099930" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="23549623" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="82099930" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="23549623" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="82099930" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="23549623" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="82099930" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="23549623" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="82099930" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="23549623" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="82099930" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="23549623" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="82099930" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="23549623" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="82099930" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="54642619">
+  <w:abstractNum w:abstractNumId="64557331">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="11919236">
+    <w:lvl w:ilvl="0" w:tplc="38292336">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -5097,55 +5097,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="54642619">
-    <w:abstractNumId w:val="54642619"/>
+  <w:num w:numId="64557331">
+    <w:abstractNumId w:val="64557331"/>
   </w:num>
-  <w:num w:numId="54642620">
-    <w:abstractNumId w:val="54642620"/>
+  <w:num w:numId="64557332">
+    <w:abstractNumId w:val="64557332"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -16695,51 +16695,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId752069213" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId625568577" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId80306999aeff798f7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHYCFR/" TargetMode="External"/><Relationship Id="rId57386999aeff79960" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHYCFR/categorization" TargetMode="External"/><Relationship Id="rId19236999aeff79b76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHYCFR/photos" TargetMode="External"/><Relationship Id="rId87386999aeff7bcae" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10/ggrf8g" TargetMode="External"/><Relationship Id="rId26846999aeff7bd26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/sp.efsa.2019.EN-1748" TargetMode="External"/><Relationship Id="rId23866999aeff7bdb7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.meegid.2021.105051" TargetMode="External"/><Relationship Id="rId83906999aeff7be29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s10493-019-00382-4" TargetMode="External"/><Relationship Id="rId75116999aeff7be99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-11-22-2686-SC" TargetMode="External"/><Relationship Id="rId98506999aeff7beeb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/RRV000/documents" TargetMode="External"/><Relationship Id="rId27486999aeff7c04a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.24266/0738-2898-36.4.146" TargetMode="External"/><Relationship Id="rId19676999aeff7c0a1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/S1572-4379(96)80020-0" TargetMode="External"/><Relationship Id="rId23606999aeff7c133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.24266/0738-2898-37.4.108" TargetMode="External"/><Relationship Id="rId30356999aeff7c1a4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/ppa.13255" TargetMode="External"/><Relationship Id="rId12166999aeff7c214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1080/01647959708683565" TargetMode="External"/><Relationship Id="rId82746999aeff7c2dd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId64356999aeff79a55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId64356999aeff79a55.jpg"/><Relationship Id="rId38876999aeff7b03a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId38876999aeff7b03a.jpg"/><Relationship Id="rId21726999aeff7c3b3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId21726999aeff7c3b3.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId896115748" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId113342396" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId768369b44b5e05cc9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHYCFR/" TargetMode="External"/><Relationship Id="rId943669b44b5e05d40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHYCFR/categorization" TargetMode="External"/><Relationship Id="rId699569b44b5e064f3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHYCFR/photos" TargetMode="External"/><Relationship Id="rId528669b44b5e08cb1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10/ggrf8g" TargetMode="External"/><Relationship Id="rId345269b44b5e08d36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/sp.efsa.2019.EN-1748" TargetMode="External"/><Relationship Id="rId893069b44b5e08e18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.meegid.2021.105051" TargetMode="External"/><Relationship Id="rId330669b44b5e08ee2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s10493-019-00382-4" TargetMode="External"/><Relationship Id="rId818969b44b5e08f6a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-11-22-2686-SC" TargetMode="External"/><Relationship Id="rId495169b44b5e08fc1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/RRV000/documents" TargetMode="External"/><Relationship Id="rId856969b44b5e09152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.24266/0738-2898-36.4.146" TargetMode="External"/><Relationship Id="rId610169b44b5e091a9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/S1572-4379(96)80020-0" TargetMode="External"/><Relationship Id="rId759769b44b5e0923f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.24266/0738-2898-37.4.108" TargetMode="External"/><Relationship Id="rId728369b44b5e092b2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/ppa.13255" TargetMode="External"/><Relationship Id="rId638369b44b5e09327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1080/01647959708683565" TargetMode="External"/><Relationship Id="rId707969b44b5e093e8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId551669b44b5e063ce" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId551669b44b5e063ce.jpg"/><Relationship Id="rId330369b44b5e07b0d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId330369b44b5e07b0d.jpg"/><Relationship Id="rId569069b44b5e094db" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId569069b44b5e094db.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>