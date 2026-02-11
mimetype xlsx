--- v0 (2025-10-09)
+++ v1 (2026-02-11)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="PHXRO" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="44">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="47">
   <si>
     <t>type</t>
   </si>
   <si>
     <t>EPPOCode</t>
   </si>
   <si>
     <t>Pref_name</t>
   </si>
   <si>
     <t>References</t>
   </si>
   <si>
     <t>Host</t>
   </si>
   <si>
     <t>PHYPAC</t>
   </si>
   <si>
     <t>'Candidatus Phytoplasma aculeata'</t>
   </si>
   <si>
     <t>* Ferguson MH, Singh R, Cook M, Burks T, Ong K (2020) Geographic distribution and host range of lethal bronzing associated with phytoplasma subgroup 16SrIV-D on palms in southern Louisiana. Plant health progress 21(4), 350-355. https://doi.org/10.1094/PHP-06-20-0046-S</t>
   </si>
   <si>
@@ -100,50 +100,59 @@
   <si>
     <t>* van der Gaag DJ, van der Straten M, Ramel JM, Baufeld P , Schrader G (2013) Pest Risk Analysis for Opogona sacchari. Netherlands Food and Consumer Product Safety Authority. 48 pp. Available at https://pra.eppo.int/pra/2823b66f-ce73-48eb-8272-082124412092.
 ------- intercepted in consignments of plants for planting.</t>
   </si>
   <si>
     <t>PHYP56</t>
   </si>
   <si>
     <t>Palm lethal yellowing type syndromes</t>
   </si>
   <si>
     <t>* Gurr GM, Johnson AC, Ash GJ, Wilson BA, Ero MM, Pilotti CA, Dewhurst CF, You MS (2016) Coconut lethal yellowing diseases: a phytoplasma threat to palms of global economic and social significance. Frontiers in plant science 7, 1521. https://doi.org/10.3389/fpls.2016.01521</t>
   </si>
   <si>
     <t>Palm lethal yellowing type syndromes (as Phoenix)</t>
   </si>
   <si>
     <t>PAYSAR</t>
   </si>
   <si>
     <t>Paysandisia archon</t>
   </si>
   <si>
     <t xml:space="preserve">* Drescher J &amp; Jaubert R (2003) Paysandisia archon continue sa progression. PHM Revue Horticole 445, 49-51.
 * Sarto i Monteys V (2013) Paysandisia archon (Castniidae): description, biological cycle, behavior, host plants, symptoms and damages. Proceedings of AFPP – Palm Pest Mediterranean Conference, Nice (FR), 33-50. </t>
+  </si>
+  <si>
+    <t>RADOSI</t>
+  </si>
+  <si>
+    <t>Radopholus similis</t>
+  </si>
+  <si>
+    <t xml:space="preserve">* EFSA Panel on Plant Health (2017) Pest risk assessment of Radopholus similis for the EU territory. EFSA Journal 15(8):, e04879. https://doi.org/10.2903/j.efsa.2017.4879Digital Object Identifier (DOI) </t>
   </si>
   <si>
     <t>RAOIIN</t>
   </si>
   <si>
     <t>Raoiella indica</t>
   </si>
   <si>
     <t>* Melo JWS, Navia D, Mendes, Rosenya JA, Filgueiras MC,. Teodoro AV, Ferreira JMS, Guzzo EC, de Souza IV, de Mendonça RS, Calvet EC, Paz Neto AA, Gondim MGC, de Morais EGF, Godoy MS, dos Santos JR, Silva RIR, da Silva VB, Norte RF, Oliva AB, dos Santos RDP, Domingos CA (2018) The invasive red palm mite, Raoiella indica Hirst (Acari: Tenuipalpidae), in Brazil: range extension and arrival into the most threatened area, the Northeast Region, International Journal of Acarology, 44:4-5, 146-149, DOI: 10.1080/01647954.2018.1474945
 ------- confirmed host</t>
   </si>
   <si>
     <t>RHYCPA</t>
   </si>
   <si>
     <t>Rhynchophorus palmarum</t>
   </si>
   <si>
     <t>* Landero-Torres I, Presa-Parra E, Elena Galindo-Tovar M, Leyva-Ovalle OR, Murguía-González J, Valenzuela-González JE &amp; García-Martínez MA (2015) Variación temporal y espacial de la abundancia del picudo negro (Rhynchophorus palmarum L., Coleoptera: Curculionidae) en cultivos de palmas ornamentales del centro de Veracruz, México. Southwestern Entomologist 40(1), 179-188.</t>
   </si>
   <si>
     <t>RHIOHI</t>
   </si>
   <si>
     <t>Ripersiella hibisci</t>
@@ -498,51 +507,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:D16"/>
+  <dimension ref="A1:D17"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="10.569" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="58.843" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="626.276" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
@@ -693,83 +702,97 @@
         <v>32</v>
       </c>
       <c r="D12" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="13" spans="1:4">
       <c r="A13" t="s">
         <v>4</v>
       </c>
       <c r="B13" t="s">
         <v>34</v>
       </c>
       <c r="C13" t="s">
         <v>35</v>
       </c>
       <c r="D13" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="14" spans="1:4">
       <c r="A14" t="s">
         <v>4</v>
       </c>
       <c r="B14" t="s">
-        <v>34</v>
+        <v>37</v>
       </c>
       <c r="C14" t="s">
-        <v>37</v>
-[...1 lines deleted...]
-      <c r="D14"/>
+        <v>38</v>
+      </c>
+      <c r="D14" t="s">
+        <v>39</v>
+      </c>
     </row>
     <row r="15" spans="1:4">
       <c r="A15" t="s">
         <v>4</v>
       </c>
       <c r="B15" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="C15" t="s">
-        <v>39</v>
-[...1 lines deleted...]
-      <c r="D15" t="s">
         <v>40</v>
       </c>
+      <c r="D15"/>
     </row>
     <row r="16" spans="1:4">
       <c r="A16" t="s">
         <v>4</v>
       </c>
       <c r="B16" t="s">
         <v>41</v>
       </c>
       <c r="C16" t="s">
         <v>42</v>
       </c>
       <c r="D16" t="s">
         <v>43</v>
+      </c>
+    </row>
+    <row r="17" spans="1:4">
+      <c r="A17" t="s">
+        <v>4</v>
+      </c>
+      <c r="B17" t="s">
+        <v>44</v>
+      </c>
+      <c r="C17" t="s">
+        <v>45</v>
+      </c>
+      <c r="D17" t="s">
+        <v>46</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">