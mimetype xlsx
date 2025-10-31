--- v0 (2025-10-10)
+++ v1 (2025-10-31)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="PHXDA" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="94">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="95">
   <si>
     <t>type</t>
   </si>
   <si>
     <t>EPPOCode</t>
   </si>
   <si>
     <t>Pref_name</t>
   </si>
   <si>
     <t>References</t>
   </si>
   <si>
     <t>Doubtful host</t>
   </si>
   <si>
     <t>CARSSA</t>
   </si>
   <si>
     <t>Carposina sasakii</t>
   </si>
   <si>
     <t xml:space="preserve">Listed as a host in 
 * Cho SW, Park KT (1990) The systematics of Korean Carposinidae (Lepidoptera). Insecta Koreana 7, 87-103.
 It may be a problem of translation as C. sasakii is reported as a pest of "Chinese date", which is not a palm but Jujube trees. 
@@ -224,50 +224,53 @@
   <si>
     <t>PAYSAR</t>
   </si>
   <si>
     <t>Paysandisia archon</t>
   </si>
   <si>
     <t xml:space="preserve">* Drescher J &amp; Jaubert R (2003) Paysandisia archon continue sa progression. PHM Revue Horticole 445, 49-51.
 * Sarto i Monteys V (2013) Paysandisia archon (Castniidae): description, biological cycle, behavior, host plants, symptoms and damages. Proceedings of AFPP – Palm Pest Mediterranean Conference, Nice (FR), 33-50. </t>
   </si>
   <si>
     <t>RAOIIN</t>
   </si>
   <si>
     <t>Raoiella indica</t>
   </si>
   <si>
     <t>* Kholoud M. Alananbeh, Salah-EddinAraj, Haitham M, Al Taweel (2019) First record of Raoiella indica Hirst (Acari: Tenuipalpidae) in Jordan. International Journal of Acarology 45(4), 233-234, DOI: https://doi.org/10.1080/01647954.2019.1602165
 ------- confirmed host</t>
   </si>
   <si>
     <t>RHYCPH</t>
   </si>
   <si>
     <t>Rhynchophorus phoenicis</t>
+  </si>
+  <si>
+    <t>* Hill DS (1983) Agricultural insect pests of the tropics and their control., Ed. 2Cambridge, UK: Cambridge University Press. 746 pp.</t>
   </si>
   <si>
     <t>RHIOHI</t>
   </si>
   <si>
     <t>Ripersiella hibisci (as Phoenix)</t>
   </si>
   <si>
     <t>SCITCI</t>
   </si>
   <si>
     <t>Scirtothrips citri</t>
   </si>
   <si>
     <t>* Bailey SF (1964) A revision of the genus Scirtothrips Shull (Thysanoptera: Thripidae). Hilgardia 35, 329-362.</t>
   </si>
   <si>
     <t>TETREV</t>
   </si>
   <si>
     <t>Tetranychus evansi</t>
   </si>
   <si>
     <t>* Alatawi FJ, Kamran M (2018) Spider mites (Acari: Tetranychidae) of Saudi Arabia: two new species, new records and a key to all known species. Journal of Natural History, 52: 429-455.</t>
   </si>
@@ -977,182 +980,184 @@
     </row>
     <row r="22" spans="1:4">
       <c r="A22" t="s">
         <v>15</v>
       </c>
       <c r="B22" t="s">
         <v>62</v>
       </c>
       <c r="C22" t="s">
         <v>63</v>
       </c>
       <c r="D22" t="s">
         <v>64</v>
       </c>
     </row>
     <row r="23" spans="1:4">
       <c r="A23" t="s">
         <v>15</v>
       </c>
       <c r="B23" t="s">
         <v>65</v>
       </c>
       <c r="C23" t="s">
         <v>66</v>
       </c>
-      <c r="D23"/>
+      <c r="D23" t="s">
+        <v>67</v>
+      </c>
     </row>
     <row r="24" spans="1:4">
       <c r="A24" t="s">
         <v>15</v>
       </c>
       <c r="B24" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="C24" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="D24"/>
     </row>
     <row r="25" spans="1:4">
       <c r="A25" t="s">
         <v>15</v>
       </c>
       <c r="B25" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="C25" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="D25" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
     </row>
     <row r="26" spans="1:4">
       <c r="A26" t="s">
         <v>15</v>
       </c>
       <c r="B26" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="C26" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="D26" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
     </row>
     <row r="27" spans="1:4">
       <c r="A27" t="s">
         <v>15</v>
       </c>
       <c r="B27" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="C27" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="D27"/>
     </row>
     <row r="28" spans="1:4">
       <c r="A28" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="B28" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="C28" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="D28"/>
     </row>
     <row r="29" spans="1:4">
       <c r="A29" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="B29" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="C29" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="D29"/>
     </row>
     <row r="30" spans="1:4">
       <c r="A30" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="B30" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="C30" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="D30" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
     </row>
     <row r="31" spans="1:4">
       <c r="A31" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="B31" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="C31" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="D31" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
     </row>
     <row r="32" spans="1:4">
       <c r="A32" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="B32" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="C32" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="D32" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
     </row>
     <row r="33" spans="1:4">
       <c r="A33" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="B33" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="C33" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="D33" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">