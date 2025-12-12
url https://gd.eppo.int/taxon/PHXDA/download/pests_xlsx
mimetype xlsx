--- v1 (2025-10-31)
+++ v2 (2025-12-12)
@@ -126,51 +126,51 @@
   <si>
     <t>* Allwood AL, Chinajariyawong A, Drew RAI, Hamacek EL, Hancock DL, Hengsawad C,  Jipanin JC, Jirasurat M, Kong Krong C, Kritsaneepaiboon S, Leong CTS, Vijaysegaran S (1999) Host plant records for fruit flies (Diptera: Tephritidae) in Southeast Asia.  Raffles Bulletin of Zoology, Supplement, 7, 1-92.</t>
   </si>
   <si>
     <t>PHYPAC</t>
   </si>
   <si>
     <t>'Candidatus Phytoplasma aculeata'</t>
   </si>
   <si>
     <t>* Ferguson MH, Singh R, Cook M, Burks T, Ong K (2020) Geographic distribution and host range of lethal bronzing associated with phytoplasma subgroup 16SrIV-D on palms in southern Louisiana. Plant health progress 21(4), 350-355. https://doi.org/10.1094/PHP-06-20-0046-S</t>
   </si>
   <si>
     <t>PHYPFR</t>
   </si>
   <si>
     <t>'Candidatus Phytoplasma fraxini'</t>
   </si>
   <si>
     <t>* Ghayeb Zamharir M, Eslahi MR (2019) Molecular study of two distinct phytoplasma species associated with streak yellows of date palm in Iran. Journal of Phytopathology 167, 19-25.</t>
   </si>
   <si>
     <t>PHYPPA</t>
   </si>
   <si>
-    <t>‘Candidatus Phytoplasma palmae'</t>
+    <t>'Candidatus Phytoplasma palmae'</t>
   </si>
   <si>
     <t>* Myrie WA, Harrison NA, Douglas L, Helmick E, Gore-Francis J, Oropeza C, McLaughlin WA (2014) First report of lethal yellowing disease associated with subgroup 16SrIV-A phytoplasmas in Antigua, West Indies. New Disease Reports (2014) 29, 12. http://dx.doi.org/10.5197/j.2044-0588.2014.029.012</t>
   </si>
   <si>
     <t>CERTCA</t>
   </si>
   <si>
     <t>Ceratitis capitata</t>
   </si>
   <si>
     <t>* Liquido NJ, McQuate GT, Hanlin MA, Suiter KA (2020) Host plants of the Mediterranean fruit fly, Ceratitis capitata (Wiedemann), Version 4.0. Available online at: USDA Compendium of Fruit Fly Host Information (CoFFHI), https://coffhi.cphst.org/</t>
   </si>
   <si>
     <t>FIORCO</t>
   </si>
   <si>
     <t>Fiorinia phantasma</t>
   </si>
   <si>
     <t>MYNDCR</t>
   </si>
   <si>
     <t>Haplaxius crudus</t>
   </si>