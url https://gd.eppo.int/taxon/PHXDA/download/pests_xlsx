--- v2 (2025-12-12)
+++ v3 (2026-02-09)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="PHXDA" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="95">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="98">
   <si>
     <t>type</t>
   </si>
   <si>
     <t>EPPOCode</t>
   </si>
   <si>
     <t>Pref_name</t>
   </si>
   <si>
     <t>References</t>
   </si>
   <si>
     <t>Doubtful host</t>
   </si>
   <si>
     <t>CARSSA</t>
   </si>
   <si>
     <t>Carposina sasakii</t>
   </si>
   <si>
     <t xml:space="preserve">Listed as a host in 
 * Cho SW, Park KT (1990) The systematics of Korean Carposinidae (Lepidoptera). Insecta Koreana 7, 87-103.
 It may be a problem of translation as C. sasakii is reported as a pest of "Chinese date", which is not a palm but Jujube trees. 
@@ -208,50 +208,59 @@
   </si>
   <si>
     <t>Oryctes monoceros</t>
   </si>
   <si>
     <t>PHYP56</t>
   </si>
   <si>
     <t>Palm lethal yellowing type syndromes</t>
   </si>
   <si>
     <t>* Gurr GM, Johnson AC, Ash GJ, Wilson BA, Ero MM, Pilotti CA, Dewhurst CF, You MS (2016) Coconut lethal yellowing diseases: a phytoplasma threat to palms of global economic and social significance. Frontiers in plant science 7, 1521. https://doi.org/10.3389/fpls.2016.01521</t>
   </si>
   <si>
     <t>Palm lethal yellowing type syndromes (as Phoenix)</t>
   </si>
   <si>
     <t>PAYSAR</t>
   </si>
   <si>
     <t>Paysandisia archon</t>
   </si>
   <si>
     <t xml:space="preserve">* Drescher J &amp; Jaubert R (2003) Paysandisia archon continue sa progression. PHM Revue Horticole 445, 49-51.
 * Sarto i Monteys V (2013) Paysandisia archon (Castniidae): description, biological cycle, behavior, host plants, symptoms and damages. Proceedings of AFPP – Palm Pest Mediterranean Conference, Nice (FR), 33-50. </t>
+  </si>
+  <si>
+    <t>RADOSI</t>
+  </si>
+  <si>
+    <t>Radopholus similis</t>
+  </si>
+  <si>
+    <t xml:space="preserve">* EFSA Panel on Plant Health (2017) Pest risk assessment of Radopholus similis for the EU territory. EFSA Journal 15(8):, e04879. https://doi.org/10.2903/j.efsa.2017.4879Digital Object Identifier (DOI) </t>
   </si>
   <si>
     <t>RAOIIN</t>
   </si>
   <si>
     <t>Raoiella indica</t>
   </si>
   <si>
     <t>* Kholoud M. Alananbeh, Salah-EddinAraj, Haitham M, Al Taweel (2019) First record of Raoiella indica Hirst (Acari: Tenuipalpidae) in Jordan. International Journal of Acarology 45(4), 233-234, DOI: https://doi.org/10.1080/01647954.2019.1602165
 ------- confirmed host</t>
   </si>
   <si>
     <t>RHYCPH</t>
   </si>
   <si>
     <t>Rhynchophorus phoenicis</t>
   </si>
   <si>
     <t>* Hill DS (1983) Agricultural insect pests of the tropics and their control., Ed. 2Cambridge, UK: Cambridge University Press. 746 pp.</t>
   </si>
   <si>
     <t>RHIOHI</t>
   </si>
   <si>
     <t>Ripersiella hibisci (as Phoenix)</t>
@@ -656,51 +665,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:D33"/>
+  <dimension ref="A1:D34"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="16.425" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="10.569" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="58.843" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="405.758" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
@@ -994,170 +1003,184 @@
     </row>
     <row r="23" spans="1:4">
       <c r="A23" t="s">
         <v>15</v>
       </c>
       <c r="B23" t="s">
         <v>65</v>
       </c>
       <c r="C23" t="s">
         <v>66</v>
       </c>
       <c r="D23" t="s">
         <v>67</v>
       </c>
     </row>
     <row r="24" spans="1:4">
       <c r="A24" t="s">
         <v>15</v>
       </c>
       <c r="B24" t="s">
         <v>68</v>
       </c>
       <c r="C24" t="s">
         <v>69</v>
       </c>
-      <c r="D24"/>
+      <c r="D24" t="s">
+        <v>70</v>
+      </c>
     </row>
     <row r="25" spans="1:4">
       <c r="A25" t="s">
         <v>15</v>
       </c>
       <c r="B25" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="C25" t="s">
-        <v>71</v>
-[...1 lines deleted...]
-      <c r="D25" t="s">
         <v>72</v>
       </c>
+      <c r="D25"/>
     </row>
     <row r="26" spans="1:4">
       <c r="A26" t="s">
         <v>15</v>
       </c>
       <c r="B26" t="s">
         <v>73</v>
       </c>
       <c r="C26" t="s">
         <v>74</v>
       </c>
       <c r="D26" t="s">
         <v>75</v>
       </c>
     </row>
     <row r="27" spans="1:4">
       <c r="A27" t="s">
         <v>15</v>
       </c>
       <c r="B27" t="s">
         <v>76</v>
       </c>
       <c r="C27" t="s">
         <v>77</v>
       </c>
-      <c r="D27"/>
+      <c r="D27" t="s">
+        <v>78</v>
+      </c>
     </row>
     <row r="28" spans="1:4">
       <c r="A28" t="s">
-        <v>78</v>
+        <v>15</v>
       </c>
       <c r="B28" t="s">
         <v>79</v>
       </c>
       <c r="C28" t="s">
         <v>80</v>
       </c>
       <c r="D28"/>
     </row>
     <row r="29" spans="1:4">
       <c r="A29" t="s">
-        <v>78</v>
+        <v>81</v>
       </c>
       <c r="B29" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="C29" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="D29"/>
     </row>
     <row r="30" spans="1:4">
       <c r="A30" t="s">
-        <v>78</v>
+        <v>81</v>
       </c>
       <c r="B30" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="C30" t="s">
-        <v>84</v>
-[...1 lines deleted...]
-      <c r="D30" t="s">
         <v>85</v>
       </c>
+      <c r="D30"/>
     </row>
     <row r="31" spans="1:4">
       <c r="A31" t="s">
-        <v>78</v>
+        <v>81</v>
       </c>
       <c r="B31" t="s">
         <v>86</v>
       </c>
       <c r="C31" t="s">
         <v>87</v>
       </c>
       <c r="D31" t="s">
         <v>88</v>
       </c>
     </row>
     <row r="32" spans="1:4">
       <c r="A32" t="s">
-        <v>78</v>
+        <v>81</v>
       </c>
       <c r="B32" t="s">
         <v>89</v>
       </c>
       <c r="C32" t="s">
         <v>90</v>
       </c>
       <c r="D32" t="s">
         <v>91</v>
       </c>
     </row>
     <row r="33" spans="1:4">
       <c r="A33" t="s">
-        <v>78</v>
+        <v>81</v>
       </c>
       <c r="B33" t="s">
         <v>92</v>
       </c>
       <c r="C33" t="s">
         <v>93</v>
       </c>
       <c r="D33" t="s">
         <v>94</v>
+      </c>
+    </row>
+    <row r="34" spans="1:4">
+      <c r="A34" t="s">
+        <v>81</v>
+      </c>
+      <c r="B34" t="s">
+        <v>95</v>
+      </c>
+      <c r="C34" t="s">
+        <v>96</v>
+      </c>
+      <c r="D34" t="s">
+        <v>97</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">