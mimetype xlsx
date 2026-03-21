--- v3 (2026-02-09)
+++ v4 (2026-03-21)
@@ -12,88 +12,97 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="PHXDA" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="98">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="101">
   <si>
     <t>type</t>
   </si>
   <si>
     <t>EPPOCode</t>
   </si>
   <si>
     <t>Pref_name</t>
   </si>
   <si>
     <t>References</t>
   </si>
   <si>
     <t>Doubtful host</t>
   </si>
   <si>
     <t>CARSSA</t>
   </si>
   <si>
     <t>Carposina sasakii</t>
   </si>
   <si>
     <t xml:space="preserve">Listed as a host in 
 * Cho SW, Park KT (1990) The systematics of Korean Carposinidae (Lepidoptera). Insecta Koreana 7, 87-103.
 It may be a problem of translation as C. sasakii is reported as a pest of "Chinese date", which is not a palm but Jujube trees. 
 e.g. Tung TC, Liu PL, Hwang KH (1964) Studies on the bionomics and control of the apple fruit borer, Carposina niponensis Walsingham, on Chinese date. Acta Phytophylacica Sinica 3(4): 361–370.
 Not direct records of Phoenix dactylifera as host could be found. </t>
   </si>
   <si>
     <t>CCCVD0</t>
   </si>
   <si>
     <t>Cocadviroid cadangi</t>
   </si>
   <si>
     <t xml:space="preserve">* Imperial JS, Bautista RM, Randles JW (1985) Transmission of the coconut cadang-cadang viroid to six species of palm by inoculation with nucleic acid extracts. Plant Pathology 34, 391-401.
 ------- Significant uncertainty about its host status. Unconclusive experimental results. </t>
+  </si>
+  <si>
+    <t>HIRSOR</t>
+  </si>
+  <si>
+    <t>Hirschmanniella oryzae</t>
+  </si>
+  <si>
+    <t>* Gill Z, Firoza K (2014) Nematodes associated with datepalm orchards of Kairpur district Sindh, Pakistan. Pakistan Journal of Nematology 32 (1), 113-119</t>
   </si>
   <si>
     <t>Experimental</t>
   </si>
   <si>
     <t>PHMPOM</t>
   </si>
   <si>
     <t>Phymatotrichopsis omnivora</t>
   </si>
   <si>
     <t>* Anonymous (1960) Index of Plant Diseases in the United States. Agriculture Handbook no 165, USDA-ARS (US) 531 pp.
 * Rogers CH (1942) Cotton root rot studies with special reference to sclerotia, cover crops, rotations, tillage, seeding rates, soil fungicides, and effects on seed quality. Texas Agricultural Experimental Station Bulletin, 614, 45.
 ------- as date palms. Only record by King and Loomis.  "Whether these infections were caused by more virile or pathogenic strains of the fungus in nature, or why in rare instances such monocotyledonous plants may become a host to the root-rot fungus is not definitely understood."</t>
   </si>
   <si>
     <t>Host</t>
   </si>
   <si>
     <t>ANSTSU</t>
   </si>
   <si>
     <t>Anastrepha suspensa</t>
   </si>
   <si>
@@ -665,51 +674,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:D34"/>
+  <dimension ref="A1:D35"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="16.425" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="10.569" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="58.843" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="405.758" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
@@ -723,464 +732,478 @@
         <v>5</v>
       </c>
       <c r="C2" t="s">
         <v>6</v>
       </c>
       <c r="D2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="3" spans="1:4">
       <c r="A3" t="s">
         <v>4</v>
       </c>
       <c r="B3" t="s">
         <v>8</v>
       </c>
       <c r="C3" t="s">
         <v>9</v>
       </c>
       <c r="D3" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="4" spans="1:4">
       <c r="A4" t="s">
+        <v>4</v>
+      </c>
+      <c r="B4" t="s">
         <v>11</v>
       </c>
-      <c r="B4" t="s">
+      <c r="C4" t="s">
         <v>12</v>
       </c>
-      <c r="C4" t="s">
+      <c r="D4" t="s">
         <v>13</v>
-      </c>
-[...1 lines deleted...]
-        <v>14</v>
       </c>
     </row>
     <row r="5" spans="1:4">
       <c r="A5" t="s">
+        <v>14</v>
+      </c>
+      <c r="B5" t="s">
         <v>15</v>
       </c>
-      <c r="B5" t="s">
+      <c r="C5" t="s">
         <v>16</v>
       </c>
-      <c r="C5" t="s">
+      <c r="D5" t="s">
         <v>17</v>
-      </c>
-[...1 lines deleted...]
-        <v>18</v>
       </c>
     </row>
     <row r="6" spans="1:4">
       <c r="A6" t="s">
-        <v>15</v>
+        <v>18</v>
       </c>
       <c r="B6" t="s">
         <v>19</v>
       </c>
       <c r="C6" t="s">
         <v>20</v>
       </c>
       <c r="D6" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="7" spans="1:4">
       <c r="A7" t="s">
-        <v>15</v>
+        <v>18</v>
       </c>
       <c r="B7" t="s">
         <v>22</v>
       </c>
       <c r="C7" t="s">
         <v>23</v>
       </c>
       <c r="D7" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="8" spans="1:4">
       <c r="A8" t="s">
-        <v>15</v>
+        <v>18</v>
       </c>
       <c r="B8" t="s">
         <v>25</v>
       </c>
       <c r="C8" t="s">
         <v>26</v>
       </c>
       <c r="D8" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="9" spans="1:4">
       <c r="A9" t="s">
-        <v>15</v>
+        <v>18</v>
       </c>
       <c r="B9" t="s">
         <v>28</v>
       </c>
       <c r="C9" t="s">
         <v>29</v>
       </c>
       <c r="D9" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="10" spans="1:4">
       <c r="A10" t="s">
-        <v>15</v>
+        <v>18</v>
       </c>
       <c r="B10" t="s">
         <v>31</v>
       </c>
       <c r="C10" t="s">
         <v>32</v>
       </c>
       <c r="D10" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="11" spans="1:4">
       <c r="A11" t="s">
-        <v>15</v>
+        <v>18</v>
       </c>
       <c r="B11" t="s">
         <v>34</v>
       </c>
       <c r="C11" t="s">
         <v>35</v>
       </c>
       <c r="D11" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="12" spans="1:4">
       <c r="A12" t="s">
-        <v>15</v>
+        <v>18</v>
       </c>
       <c r="B12" t="s">
         <v>37</v>
       </c>
       <c r="C12" t="s">
         <v>38</v>
       </c>
       <c r="D12" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="13" spans="1:4">
       <c r="A13" t="s">
-        <v>15</v>
+        <v>18</v>
       </c>
       <c r="B13" t="s">
         <v>40</v>
       </c>
       <c r="C13" t="s">
         <v>41</v>
       </c>
-      <c r="D13"/>
+      <c r="D13" t="s">
+        <v>42</v>
+      </c>
     </row>
     <row r="14" spans="1:4">
       <c r="A14" t="s">
-        <v>15</v>
+        <v>18</v>
       </c>
       <c r="B14" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="C14" t="s">
-        <v>43</v>
-[...1 lines deleted...]
-      <c r="D14" t="s">
         <v>44</v>
       </c>
+      <c r="D14"/>
     </row>
     <row r="15" spans="1:4">
       <c r="A15" t="s">
-        <v>15</v>
+        <v>18</v>
       </c>
       <c r="B15" t="s">
         <v>45</v>
       </c>
       <c r="C15" t="s">
         <v>46</v>
       </c>
       <c r="D15" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="16" spans="1:4">
       <c r="A16" t="s">
-        <v>15</v>
+        <v>18</v>
       </c>
       <c r="B16" t="s">
         <v>48</v>
       </c>
       <c r="C16" t="s">
         <v>49</v>
       </c>
       <c r="D16" t="s">
         <v>50</v>
       </c>
     </row>
     <row r="17" spans="1:4">
       <c r="A17" t="s">
-        <v>15</v>
+        <v>18</v>
       </c>
       <c r="B17" t="s">
         <v>51</v>
       </c>
       <c r="C17" t="s">
         <v>52</v>
       </c>
-      <c r="D17"/>
+      <c r="D17" t="s">
+        <v>53</v>
+      </c>
     </row>
     <row r="18" spans="1:4">
       <c r="A18" t="s">
-        <v>15</v>
+        <v>18</v>
       </c>
       <c r="B18" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="C18" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="D18"/>
     </row>
     <row r="19" spans="1:4">
       <c r="A19" t="s">
-        <v>15</v>
+        <v>18</v>
       </c>
       <c r="B19" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="C19" t="s">
-        <v>56</v>
-[...1 lines deleted...]
-      <c r="D19" t="s">
         <v>57</v>
       </c>
+      <c r="D19"/>
     </row>
     <row r="20" spans="1:4">
       <c r="A20" t="s">
-        <v>15</v>
+        <v>18</v>
       </c>
       <c r="B20" t="s">
-        <v>55</v>
+        <v>58</v>
       </c>
       <c r="C20" t="s">
-        <v>58</v>
-[...1 lines deleted...]
-      <c r="D20"/>
+        <v>59</v>
+      </c>
+      <c r="D20" t="s">
+        <v>60</v>
+      </c>
     </row>
     <row r="21" spans="1:4">
       <c r="A21" t="s">
-        <v>15</v>
+        <v>18</v>
       </c>
       <c r="B21" t="s">
-        <v>59</v>
+        <v>58</v>
       </c>
       <c r="C21" t="s">
-        <v>60</v>
-[...1 lines deleted...]
-      <c r="D21" t="s">
         <v>61</v>
       </c>
+      <c r="D21"/>
     </row>
     <row r="22" spans="1:4">
       <c r="A22" t="s">
-        <v>15</v>
+        <v>18</v>
       </c>
       <c r="B22" t="s">
         <v>62</v>
       </c>
       <c r="C22" t="s">
         <v>63</v>
       </c>
       <c r="D22" t="s">
         <v>64</v>
       </c>
     </row>
     <row r="23" spans="1:4">
       <c r="A23" t="s">
-        <v>15</v>
+        <v>18</v>
       </c>
       <c r="B23" t="s">
         <v>65</v>
       </c>
       <c r="C23" t="s">
         <v>66</v>
       </c>
       <c r="D23" t="s">
         <v>67</v>
       </c>
     </row>
     <row r="24" spans="1:4">
       <c r="A24" t="s">
-        <v>15</v>
+        <v>18</v>
       </c>
       <c r="B24" t="s">
         <v>68</v>
       </c>
       <c r="C24" t="s">
         <v>69</v>
       </c>
       <c r="D24" t="s">
         <v>70</v>
       </c>
     </row>
     <row r="25" spans="1:4">
       <c r="A25" t="s">
-        <v>15</v>
+        <v>18</v>
       </c>
       <c r="B25" t="s">
         <v>71</v>
       </c>
       <c r="C25" t="s">
         <v>72</v>
       </c>
-      <c r="D25"/>
+      <c r="D25" t="s">
+        <v>73</v>
+      </c>
     </row>
     <row r="26" spans="1:4">
       <c r="A26" t="s">
-        <v>15</v>
+        <v>18</v>
       </c>
       <c r="B26" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="C26" t="s">
-        <v>74</v>
-[...1 lines deleted...]
-      <c r="D26" t="s">
         <v>75</v>
       </c>
+      <c r="D26"/>
     </row>
     <row r="27" spans="1:4">
       <c r="A27" t="s">
-        <v>15</v>
+        <v>18</v>
       </c>
       <c r="B27" t="s">
         <v>76</v>
       </c>
       <c r="C27" t="s">
         <v>77</v>
       </c>
       <c r="D27" t="s">
         <v>78</v>
       </c>
     </row>
     <row r="28" spans="1:4">
       <c r="A28" t="s">
-        <v>15</v>
+        <v>18</v>
       </c>
       <c r="B28" t="s">
         <v>79</v>
       </c>
       <c r="C28" t="s">
         <v>80</v>
       </c>
-      <c r="D28"/>
+      <c r="D28" t="s">
+        <v>81</v>
+      </c>
     </row>
     <row r="29" spans="1:4">
       <c r="A29" t="s">
-        <v>81</v>
+        <v>18</v>
       </c>
       <c r="B29" t="s">
         <v>82</v>
       </c>
       <c r="C29" t="s">
         <v>83</v>
       </c>
       <c r="D29"/>
     </row>
     <row r="30" spans="1:4">
       <c r="A30" t="s">
-        <v>81</v>
+        <v>84</v>
       </c>
       <c r="B30" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="C30" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="D30"/>
     </row>
     <row r="31" spans="1:4">
       <c r="A31" t="s">
-        <v>81</v>
+        <v>84</v>
       </c>
       <c r="B31" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="C31" t="s">
-        <v>87</v>
-[...1 lines deleted...]
-      <c r="D31" t="s">
         <v>88</v>
       </c>
+      <c r="D31"/>
     </row>
     <row r="32" spans="1:4">
       <c r="A32" t="s">
-        <v>81</v>
+        <v>84</v>
       </c>
       <c r="B32" t="s">
         <v>89</v>
       </c>
       <c r="C32" t="s">
         <v>90</v>
       </c>
       <c r="D32" t="s">
         <v>91</v>
       </c>
     </row>
     <row r="33" spans="1:4">
       <c r="A33" t="s">
-        <v>81</v>
+        <v>84</v>
       </c>
       <c r="B33" t="s">
         <v>92</v>
       </c>
       <c r="C33" t="s">
         <v>93</v>
       </c>
       <c r="D33" t="s">
         <v>94</v>
       </c>
     </row>
     <row r="34" spans="1:4">
       <c r="A34" t="s">
-        <v>81</v>
+        <v>84</v>
       </c>
       <c r="B34" t="s">
         <v>95</v>
       </c>
       <c r="C34" t="s">
         <v>96</v>
       </c>
       <c r="D34" t="s">
         <v>97</v>
+      </c>
+    </row>
+    <row r="35" spans="1:4">
+      <c r="A35" t="s">
+        <v>84</v>
+      </c>
+      <c r="B35" t="s">
+        <v>98</v>
+      </c>
+      <c r="C35" t="s">
+        <v>99</v>
+      </c>
+      <c r="D35" t="s">
+        <v>100</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">