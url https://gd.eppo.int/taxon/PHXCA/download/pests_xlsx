--- v0 (2025-10-12)
+++ v1 (2026-02-10)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="PHXCA" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="52">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="55">
   <si>
     <t>type</t>
   </si>
   <si>
     <t>EPPOCode</t>
   </si>
   <si>
     <t>Pref_name</t>
   </si>
   <si>
     <t>References</t>
   </si>
   <si>
     <t>Host</t>
   </si>
   <si>
     <t>BRVPST</t>
   </si>
   <si>
     <t>Brevipalpus phoenicis sensu stricto</t>
   </si>
   <si>
     <t>PHYPAC</t>
   </si>
   <si>
@@ -105,50 +105,59 @@
   <si>
     <t>* van der Gaag DJ, van der Straten M, Ramel JM, Baufeld P , Schrader G (2013) Pest Risk Analysis for Opogona sacchari. Netherlands Food and Consumer Product Safety Authority. 48 pp. Available at https://pra.eppo.int/pra/2823b66f-ce73-48eb-8272-082124412092.
 ------- intercepted in consignments of plants for planting.</t>
   </si>
   <si>
     <t>PHYP56</t>
   </si>
   <si>
     <t>Palm lethal yellowing type syndromes</t>
   </si>
   <si>
     <t>* Gurr GM, Johnson AC, Ash GJ, Wilson BA, Ero MM, Pilotti CA, Dewhurst CF, You MS (2016) Coconut lethal yellowing diseases: a phytoplasma threat to palms of global economic and social significance. Frontiers in plant science 7, 1521. https://doi.org/10.3389/fpls.2016.01521</t>
   </si>
   <si>
     <t>Palm lethal yellowing type syndromes (as Phoenix)</t>
   </si>
   <si>
     <t>PAYSAR</t>
   </si>
   <si>
     <t>Paysandisia archon</t>
   </si>
   <si>
     <t xml:space="preserve">* Drescher J &amp; Jaubert R (2003) Paysandisia archon continue sa progression. PHM Revue Horticole 445, 49-51.
 * Sarto i Monteys V (2013) Paysandisia archon (Castniidae): description, biological cycle, behavior, host plants, symptoms and damages. Proceedings of AFPP – Palm Pest Mediterranean Conference, Nice (FR), 33-50. </t>
+  </si>
+  <si>
+    <t>RADOSI</t>
+  </si>
+  <si>
+    <t>Radopholus similis</t>
+  </si>
+  <si>
+    <t xml:space="preserve">* EFSA Panel on Plant Health (2017) Pest risk assessment of Radopholus similis for the EU territory. EFSA Journal 15(8):, e04879. https://doi.org/10.2903/j.efsa.2017.4879Digital Object Identifier (DOI) </t>
   </si>
   <si>
     <t>RAOIIN</t>
   </si>
   <si>
     <t>Raoiella indica</t>
   </si>
   <si>
     <t>RHIOHI</t>
   </si>
   <si>
     <t>Ripersiella hibisci (as Phoenix)</t>
   </si>
   <si>
     <t>Major host</t>
   </si>
   <si>
     <t>DIOCFR</t>
   </si>
   <si>
     <t>Diocalandra frumenti</t>
   </si>
   <si>
     <t>* González Núñez M, Jiménez Álvarez A, Salomones F, Carnero A, Del Estal P, Esteban Durán JR (2002) Diocalandra frumenti (Fabricius) (Coleoptera: Curculionidae), nueva plaga de palmeras introducida en Gran Canaria. Primeros estudios de su biología y cría en laboratorio. Boletín de Sanidad Vegetal Plagas 28(3), 347-355.
 *  Lake J (1998) Getting control of weevil borers and leaf beetles in palms. The Nursery Papers. 1998-02. Nursery Industry Association of Australia, 4 pp.
@@ -523,51 +532,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:D19"/>
+  <dimension ref="A1:D20"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="10.569" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="58.843" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="441.035" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
@@ -693,146 +702,160 @@
     </row>
     <row r="11" spans="1:4">
       <c r="A11" t="s">
         <v>4</v>
       </c>
       <c r="B11" t="s">
         <v>27</v>
       </c>
       <c r="C11" t="s">
         <v>28</v>
       </c>
       <c r="D11" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="12" spans="1:4">
       <c r="A12" t="s">
         <v>4</v>
       </c>
       <c r="B12" t="s">
         <v>30</v>
       </c>
       <c r="C12" t="s">
         <v>31</v>
       </c>
-      <c r="D12"/>
+      <c r="D12" t="s">
+        <v>32</v>
+      </c>
     </row>
     <row r="13" spans="1:4">
       <c r="A13" t="s">
         <v>4</v>
       </c>
       <c r="B13" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="C13" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="D13"/>
     </row>
     <row r="14" spans="1:4">
       <c r="A14" t="s">
-        <v>34</v>
+        <v>4</v>
       </c>
       <c r="B14" t="s">
         <v>35</v>
       </c>
       <c r="C14" t="s">
         <v>36</v>
       </c>
-      <c r="D14" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D14"/>
     </row>
     <row r="15" spans="1:4">
       <c r="A15" t="s">
-        <v>34</v>
+        <v>37</v>
       </c>
       <c r="B15" t="s">
         <v>38</v>
       </c>
       <c r="C15" t="s">
         <v>39</v>
       </c>
       <c r="D15" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="16" spans="1:4">
       <c r="A16" t="s">
-        <v>34</v>
+        <v>37</v>
       </c>
       <c r="B16" t="s">
         <v>41</v>
       </c>
       <c r="C16" t="s">
         <v>42</v>
       </c>
       <c r="D16" t="s">
         <v>43</v>
       </c>
     </row>
     <row r="17" spans="1:4">
       <c r="A17" t="s">
-        <v>34</v>
+        <v>37</v>
       </c>
       <c r="B17" t="s">
         <v>44</v>
       </c>
       <c r="C17" t="s">
         <v>45</v>
       </c>
       <c r="D17" t="s">
         <v>46</v>
       </c>
     </row>
     <row r="18" spans="1:4">
       <c r="A18" t="s">
-        <v>34</v>
+        <v>37</v>
       </c>
       <c r="B18" t="s">
         <v>47</v>
       </c>
       <c r="C18" t="s">
         <v>48</v>
       </c>
       <c r="D18" t="s">
         <v>49</v>
       </c>
     </row>
     <row r="19" spans="1:4">
       <c r="A19" t="s">
-        <v>34</v>
+        <v>37</v>
       </c>
       <c r="B19" t="s">
-        <v>32</v>
+        <v>50</v>
       </c>
       <c r="C19" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="D19" t="s">
-        <v>51</v>
+        <v>52</v>
+      </c>
+    </row>
+    <row r="20" spans="1:4">
+      <c r="A20" t="s">
+        <v>37</v>
+      </c>
+      <c r="B20" t="s">
+        <v>35</v>
+      </c>
+      <c r="C20" t="s">
+        <v>53</v>
+      </c>
+      <c r="D20" t="s">
+        <v>54</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">