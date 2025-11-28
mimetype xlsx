--- v0 (2025-10-15)
+++ v1 (2025-11-28)
@@ -12,74 +12,84 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="PHSVX" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="365">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="370">
   <si>
     <t>type</t>
   </si>
   <si>
     <t>EPPOCode</t>
   </si>
   <si>
     <t>Pref_name</t>
   </si>
   <si>
     <t>References</t>
   </si>
   <si>
     <t>Alternate</t>
   </si>
   <si>
     <t>MELGNA</t>
   </si>
   <si>
     <t>Meloidogyne naasi</t>
   </si>
   <si>
     <t>Doubtful host</t>
+  </si>
+  <si>
+    <t>BGMV00</t>
+  </si>
+  <si>
+    <t>Begomovirus costai (as Phaseolus)</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Mentioned in EPPO/CABI (1997) Data Sheet on Bean golden mosaic bigeminivirus. 
+However, the datasheet pre-dates the separation of bean golden mosaic virus and bean golden yellow mosaic virus. No more recent references were found regarding Phaseolus species, except the confirmed hosts P. vulgaris and P. lunatus. </t>
   </si>
   <si>
     <t>INSV00</t>
   </si>
   <si>
     <t>Orthotospovirus impatiensnecromaculae</t>
   </si>
   <si>
     <t>* El-Deen Abd El-Wahab AS, Abdel-Kader El-Sheikh M, Elnagar S (2011) First record of Frankliniella occidentalis and Impatiens necrotic spot virus in Egypt. Journal of Life Sciences 5, 690-696.
 ------- Experiment host and considered to be doubtful as ELISA test only gave a weak reaction.</t>
   </si>
   <si>
     <t>Experimental</t>
   </si>
   <si>
     <t>EUMV00</t>
   </si>
   <si>
     <t>Begomovirus euphorbiamusivi</t>
   </si>
   <si>
     <t>TOMOV0</t>
   </si>
   <si>
     <t>Begomovirus solanumvariati</t>
@@ -211,69 +221,72 @@
     <t>Aphelenchoides besseyi</t>
   </si>
   <si>
     <t>* Chaves N, Cervantes E, Zabalgogeazcoa I, Araya C (2013) Aphelenchoides besseyi Christie (Nematoda: Aphelenchoididae), agente causal del amachamiento del frijol comun. Tropical Plant Pathology 38, 243–252.
 ------- Confirmed host.</t>
   </si>
   <si>
     <t>DACUDO</t>
   </si>
   <si>
     <t>Bactrocera dorsalis</t>
   </si>
   <si>
     <t>* Allwood AJ, Chinajariyawong A, Kritsaneepaiboon S, Drew RAI, Hamacek EL, Hancock DL, Hengsawad C, Jinapin JC, Jirasurat M, Krong CK, Leong CTS, Vijaysegaran S (1999) Host plant records for fruit flies (Diptera: Tephritidae) in Southeast Asia. The Raffles Bulletin of Zoology 47(7), 1-92.</t>
   </si>
   <si>
     <t>TYLCV0</t>
   </si>
   <si>
     <t>Begomovirus coheni</t>
   </si>
   <si>
     <t>* Chatzivassiliou EK (2021) An annotated list of legume-infecting viruses in the light of metagenomics. Plants 10(7), 1413. https://doi.org/10.3390/plants10071413
 * Navas-Castillo J, Sánchez-Campos S, Díaz JA, Sáez-Alonso E,  Moriones E (1999) Tomato yellow leaf curl virus-Is causes a novel disease of common bean and severe epidemics in tomato in Spain. Plant Disease 83, 29-32.
 * Navot N,  Zeidan M, Pichersky E, Zamir D, Czosnek H (1992) Use of the Polymerase Chain Reaction to amplify Tomato yellow leaf curl virus DNA from infected plants and viruliferous whiteflies. Phytopathology 82(10), 1199-1202.</t>
-  </si>
-[...4 lines deleted...]
-    <t>Begomovirus costai (as Phaseolus)</t>
   </si>
   <si>
     <t>SLCV00</t>
   </si>
   <si>
     <t>Begomovirus cucurbitapeponis</t>
   </si>
   <si>
     <t xml:space="preserve">* Cohen S, Duffus JE, Larsen RC, Liu HY, Flock RA (1983) Purification, serology, and vector relationships of squash leaf curl virus, a whitefly-transmitted geminivirus. Phytopathology 73(12), 1669-1673.
 ------- experimental host.
 * Farrag AA, El-Attar AK, El-Banna OH,  Ibrahim AI, Mazyad HM (2014) Squash leaf curl virus (SLCV) incidence and severity on Phaseolus vulgaris in Egypt. Egyptian J Virol. 11(2), 112-123.
 ------- natural host. 
 </t>
+  </si>
+  <si>
+    <t>CLCUGV</t>
+  </si>
+  <si>
+    <t>Begomovirus gossypigeziraense</t>
+  </si>
+  <si>
+    <t>* Abdel-Salam AM, Soliman DZ (2025) A New Host Record for Cotton Leaf Curl Gezira Virus (CLCuGeV) Infecting Common Bean (Phaseolus vulgaris) Plants in Egypt. Egyptian Academic Journal of Biological Sciences, G. Microbiology, 17(1), 53-68. doi: 10.21608/eajbsg.2025.407864</t>
   </si>
   <si>
     <t>TOLCND</t>
   </si>
   <si>
     <t>Begomovirus solanumdelhiense</t>
   </si>
   <si>
     <t>* Han K, Ma C, Zhao W, Yan D (2025) First report of Tomato leaf curl New Delhi virus infecting common bean (Phaseolus vulgaris) in China. Plant Disease. First Look.</t>
   </si>
   <si>
     <t>TOSRV0</t>
   </si>
   <si>
     <t>Begomovirus solanumseverugosi</t>
   </si>
   <si>
     <t>* Macedo MA, Barreto SS, Costa TM, Maliano MR, Rojas MR, Gilbertson RL, Inoue-Nagata AK (2017) First report of common beans as a non-symptomatic host of Tomato severe rugose virus in Brazil. Plant Disease 101(1), 261. https://doi.org/10.1094/PDIS-03-16-0330-PDN
 ------- symptomless.</t>
   </si>
   <si>
     <t>BEMITA</t>
   </si>
   <si>
     <t>Bemisia tabaci</t>
@@ -1083,50 +1096,55 @@
   </si>
   <si>
     <t>* Bultreys A, Gheysen I (2020) First report of Xanthomonas phaseoli pv. phaseoli and Xanthomonas citri pv. fuscans causing common bacterial blight of bean in Belgium. New Disease Reports 41, 6. http://dx.doi.org/10.5197/j.2044-0588.2020.041.006</t>
   </si>
   <si>
     <t>XANTPH</t>
   </si>
   <si>
     <t>Xanthomonas phaseoli pv. phaseoli (as Phaseolus)</t>
   </si>
   <si>
     <t>Major host</t>
   </si>
   <si>
     <t>BGYMV0</t>
   </si>
   <si>
     <t>Begomovirus birdi</t>
   </si>
   <si>
     <t>* Chatzivassiliou EK (2021) An annotated list of legume-infecting viruses in the light of metagenomics. Plants 10(7):1413. https://doi.org/10.3390/plants10071413
 * Potter JL, Nakhla MK, Mejía L, Maxwell DP (2003) PCR and DNA hybridization methods for specific detection of bean-infecting begomoviruses in the Americas and Caribbean. Plant Disease 87(10), 1205-1212.</t>
   </si>
   <si>
     <t>Begomovirus costai</t>
+  </si>
+  <si>
+    <t>* Chatzivassiliou EK (2021) An annotated list of legume-infecting viruses in the light of metagenomics. Plants 10(7):1413. https://doi.org/10.3390/plants10071413
+* dos Reis LdNA, Batista JG, de Oliveira MLF, de Noronha Fonseca ME, de Faria JC, Aragão FJL, Boiteux LS, Pereira-Carvalho RdC (2025) Reexamining a Host-Associated Genomic Diversity of Bean Golden Mosaic Virus (BGMV) Isolates from Phaseolus Species and Other Fabaceae Hosts. Pathogens 14(7), 697. https://doi.org/10.3390/pathogens14070697
+* Sobrinho RR, Diniz CA, Pereira HM, Lima GSA, Assunção IP, Mizubuti ESG, Duffy S, Zerbini FM (2014) Contrasting genetic structure between two begomoviruses infecting the same leguminous hosts. Journal of General Virology 95, 2540-2552.</t>
   </si>
   <si>
     <t>CORBFL</t>
   </si>
   <si>
     <t>Curtobacterium flaccumfaciens pv. flaccumfaciens</t>
   </si>
   <si>
     <t>* Osdaghi E, Lak MR (2015) Occurence of a new orange variant of Curtobacterium flaccumfaciens pv. flaccumfaciens, causing common bean wilt in Iran. Journal of Phytopathology 163(10), 867-871.
 * Puia JD, Ferreira MGDB, Hoshino AT, Borsato LC, Canteri MG, Vigo SC (2021) Occurrence of Curtobacterium flaccumfaciens pv. flaccumfaciens in the state of Paraná and its pathogenicity in beans. European Journal of Plant Pathology 159, 627–636. https://doi.org/10.1007/s10658-020-02193-5
 * Silva Jr TAF, Negrao DR, Itako AT, Soman JM, Maringoni AC (2012) Survival of Curtobacterium flaccumfaciens pv. flaccumfaciens in soil and bean crop debris. Journal of Plant Pathology 94(2), 331-337.</t>
   </si>
   <si>
     <t>BCTV00</t>
   </si>
   <si>
     <t>Curtovirus betae</t>
   </si>
   <si>
     <t>* Larsen RC, Kurowski CJ, Miklas PN (2010) Two independent quantitative trait loci are responsible for novel resistance to beet curly top virus in common bean landrace G122. Phytopathology 100, 972-978.</t>
   </si>
   <si>
     <t>HYLEPL</t>
   </si>
   <si>
@@ -1591,51 +1609,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:D134"/>
+  <dimension ref="A1:D135"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="16.425" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="10.569" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="57.7" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="704.114" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
@@ -1647,1810 +1665,1826 @@
       </c>
       <c r="B2" t="s">
         <v>5</v>
       </c>
       <c r="C2" t="s">
         <v>6</v>
       </c>
       <c r="D2"/>
     </row>
     <row r="3" spans="1:4">
       <c r="A3" t="s">
         <v>7</v>
       </c>
       <c r="B3" t="s">
         <v>8</v>
       </c>
       <c r="C3" t="s">
         <v>9</v>
       </c>
       <c r="D3" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="4" spans="1:4">
       <c r="A4" t="s">
+        <v>7</v>
+      </c>
+      <c r="B4" t="s">
         <v>11</v>
       </c>
-      <c r="B4" t="s">
+      <c r="C4" t="s">
         <v>12</v>
       </c>
-      <c r="C4" t="s">
+      <c r="D4" t="s">
         <v>13</v>
       </c>
-      <c r="D4"/>
     </row>
     <row r="5" spans="1:4">
       <c r="A5" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="B5" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="C5" t="s">
-        <v>15</v>
-[...1 lines deleted...]
-      <c r="D5" t="s">
         <v>16</v>
       </c>
+      <c r="D5"/>
     </row>
     <row r="6" spans="1:4">
       <c r="A6" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="B6" t="s">
         <v>17</v>
       </c>
       <c r="C6" t="s">
         <v>18</v>
       </c>
       <c r="D6" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="7" spans="1:4">
       <c r="A7" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="B7" t="s">
         <v>20</v>
       </c>
       <c r="C7" t="s">
         <v>21</v>
       </c>
       <c r="D7" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="8" spans="1:4">
       <c r="A8" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="B8" t="s">
         <v>23</v>
       </c>
       <c r="C8" t="s">
         <v>24</v>
       </c>
-      <c r="D8"/>
+      <c r="D8" t="s">
+        <v>25</v>
+      </c>
     </row>
     <row r="9" spans="1:4">
       <c r="A9" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="B9" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="C9" t="s">
-        <v>26</v>
-[...1 lines deleted...]
-      <c r="D9" t="s">
         <v>27</v>
       </c>
+      <c r="D9"/>
     </row>
     <row r="10" spans="1:4">
       <c r="A10" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="B10" t="s">
         <v>28</v>
       </c>
       <c r="C10" t="s">
         <v>29</v>
       </c>
-      <c r="D10"/>
+      <c r="D10" t="s">
+        <v>30</v>
+      </c>
     </row>
     <row r="11" spans="1:4">
       <c r="A11" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="B11" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="C11" t="s">
-        <v>31</v>
-[...1 lines deleted...]
-      <c r="D11" t="s">
         <v>32</v>
       </c>
+      <c r="D11"/>
     </row>
     <row r="12" spans="1:4">
       <c r="A12" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="B12" t="s">
         <v>33</v>
       </c>
       <c r="C12" t="s">
         <v>34</v>
       </c>
       <c r="D12" t="s">
         <v>35</v>
       </c>
     </row>
     <row r="13" spans="1:4">
       <c r="A13" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="B13" t="s">
         <v>36</v>
       </c>
       <c r="C13" t="s">
         <v>37</v>
       </c>
       <c r="D13" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="14" spans="1:4">
       <c r="A14" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="B14" t="s">
         <v>39</v>
       </c>
       <c r="C14" t="s">
         <v>40</v>
       </c>
       <c r="D14" t="s">
         <v>41</v>
       </c>
     </row>
     <row r="15" spans="1:4">
       <c r="A15" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="B15" t="s">
         <v>42</v>
       </c>
       <c r="C15" t="s">
         <v>43</v>
       </c>
       <c r="D15" t="s">
         <v>44</v>
       </c>
     </row>
     <row r="16" spans="1:4">
       <c r="A16" t="s">
+        <v>14</v>
+      </c>
+      <c r="B16" t="s">
         <v>45</v>
       </c>
-      <c r="B16" t="s">
+      <c r="C16" t="s">
         <v>46</v>
       </c>
-      <c r="C16" t="s">
+      <c r="D16" t="s">
         <v>47</v>
-      </c>
-[...1 lines deleted...]
-        <v>48</v>
       </c>
     </row>
     <row r="17" spans="1:4">
       <c r="A17" t="s">
-        <v>45</v>
+        <v>48</v>
       </c>
       <c r="B17" t="s">
         <v>49</v>
       </c>
       <c r="C17" t="s">
         <v>50</v>
       </c>
-      <c r="D17"/>
+      <c r="D17" t="s">
+        <v>51</v>
+      </c>
     </row>
     <row r="18" spans="1:4">
       <c r="A18" t="s">
-        <v>45</v>
+        <v>48</v>
       </c>
       <c r="B18" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="C18" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="D18"/>
     </row>
     <row r="19" spans="1:4">
       <c r="A19" t="s">
-        <v>45</v>
+        <v>48</v>
       </c>
       <c r="B19" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="C19" t="s">
-        <v>54</v>
-[...1 lines deleted...]
-      <c r="D19" t="s">
         <v>55</v>
       </c>
+      <c r="D19"/>
     </row>
     <row r="20" spans="1:4">
       <c r="A20" t="s">
-        <v>45</v>
+        <v>48</v>
       </c>
       <c r="B20" t="s">
         <v>56</v>
       </c>
       <c r="C20" t="s">
         <v>57</v>
       </c>
       <c r="D20" t="s">
         <v>58</v>
       </c>
     </row>
     <row r="21" spans="1:4">
       <c r="A21" t="s">
-        <v>45</v>
+        <v>48</v>
       </c>
       <c r="B21" t="s">
         <v>59</v>
       </c>
       <c r="C21" t="s">
         <v>60</v>
       </c>
       <c r="D21" t="s">
         <v>61</v>
       </c>
     </row>
     <row r="22" spans="1:4">
       <c r="A22" t="s">
-        <v>45</v>
+        <v>48</v>
       </c>
       <c r="B22" t="s">
         <v>62</v>
       </c>
       <c r="C22" t="s">
         <v>63</v>
       </c>
-      <c r="D22"/>
+      <c r="D22" t="s">
+        <v>64</v>
+      </c>
     </row>
     <row r="23" spans="1:4">
       <c r="A23" t="s">
-        <v>45</v>
+        <v>48</v>
       </c>
       <c r="B23" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="C23" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="D23" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
     </row>
     <row r="24" spans="1:4">
       <c r="A24" t="s">
-        <v>45</v>
+        <v>48</v>
       </c>
       <c r="B24" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="C24" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="D24" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
     </row>
     <row r="25" spans="1:4">
       <c r="A25" t="s">
-        <v>45</v>
+        <v>48</v>
       </c>
       <c r="B25" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="C25" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="D25" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
     </row>
     <row r="26" spans="1:4">
       <c r="A26" t="s">
-        <v>45</v>
+        <v>48</v>
       </c>
       <c r="B26" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="C26" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="D26" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
     </row>
     <row r="27" spans="1:4">
       <c r="A27" t="s">
-        <v>45</v>
+        <v>48</v>
       </c>
       <c r="B27" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="C27" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="D27" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
     </row>
     <row r="28" spans="1:4">
       <c r="A28" t="s">
-        <v>45</v>
+        <v>48</v>
       </c>
       <c r="B28" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="C28" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="D28" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
     </row>
     <row r="29" spans="1:4">
       <c r="A29" t="s">
-        <v>45</v>
+        <v>48</v>
       </c>
       <c r="B29" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="C29" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="D29" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
     </row>
     <row r="30" spans="1:4">
       <c r="A30" t="s">
-        <v>45</v>
+        <v>48</v>
       </c>
       <c r="B30" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="C30" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="D30" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
     </row>
     <row r="31" spans="1:4">
       <c r="A31" t="s">
-        <v>45</v>
+        <v>48</v>
       </c>
       <c r="B31" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="C31" t="s">
-        <v>89</v>
-[...1 lines deleted...]
-      <c r="D31"/>
+        <v>90</v>
+      </c>
+      <c r="D31" t="s">
+        <v>91</v>
+      </c>
     </row>
     <row r="32" spans="1:4">
       <c r="A32" t="s">
-        <v>45</v>
+        <v>48</v>
       </c>
       <c r="B32" t="s">
-        <v>90</v>
+        <v>92</v>
       </c>
       <c r="C32" t="s">
-        <v>91</v>
-[...3 lines deleted...]
-      </c>
+        <v>93</v>
+      </c>
+      <c r="D32"/>
     </row>
     <row r="33" spans="1:4">
       <c r="A33" t="s">
-        <v>45</v>
+        <v>48</v>
       </c>
       <c r="B33" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="C33" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="D33" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
     </row>
     <row r="34" spans="1:4">
       <c r="A34" t="s">
-        <v>45</v>
+        <v>48</v>
       </c>
       <c r="B34" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="C34" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="D34" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
     </row>
     <row r="35" spans="1:4">
       <c r="A35" t="s">
-        <v>45</v>
+        <v>48</v>
       </c>
       <c r="B35" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="C35" t="s">
-        <v>100</v>
-[...1 lines deleted...]
-      <c r="D35"/>
+        <v>101</v>
+      </c>
+      <c r="D35" t="s">
+        <v>102</v>
+      </c>
     </row>
     <row r="36" spans="1:4">
       <c r="A36" t="s">
-        <v>45</v>
+        <v>48</v>
       </c>
       <c r="B36" t="s">
-        <v>101</v>
+        <v>103</v>
       </c>
       <c r="C36" t="s">
-        <v>102</v>
+        <v>104</v>
       </c>
       <c r="D36"/>
     </row>
     <row r="37" spans="1:4">
       <c r="A37" t="s">
-        <v>45</v>
+        <v>48</v>
       </c>
       <c r="B37" t="s">
-        <v>103</v>
+        <v>105</v>
       </c>
       <c r="C37" t="s">
-        <v>104</v>
+        <v>106</v>
       </c>
       <c r="D37"/>
     </row>
     <row r="38" spans="1:4">
       <c r="A38" t="s">
-        <v>45</v>
+        <v>48</v>
       </c>
       <c r="B38" t="s">
-        <v>105</v>
+        <v>107</v>
       </c>
       <c r="C38" t="s">
-        <v>106</v>
-[...3 lines deleted...]
-      </c>
+        <v>108</v>
+      </c>
+      <c r="D38"/>
     </row>
     <row r="39" spans="1:4">
       <c r="A39" t="s">
-        <v>45</v>
+        <v>48</v>
       </c>
       <c r="B39" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="C39" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
       <c r="D39" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
     </row>
     <row r="40" spans="1:4">
       <c r="A40" t="s">
-        <v>45</v>
+        <v>48</v>
       </c>
       <c r="B40" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="C40" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
       <c r="D40" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
     </row>
     <row r="41" spans="1:4">
       <c r="A41" t="s">
-        <v>45</v>
+        <v>48</v>
       </c>
       <c r="B41" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
       <c r="C41" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
       <c r="D41" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
     </row>
     <row r="42" spans="1:4">
       <c r="A42" t="s">
-        <v>45</v>
+        <v>48</v>
       </c>
       <c r="B42" t="s">
-        <v>117</v>
+        <v>118</v>
       </c>
       <c r="C42" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
       <c r="D42" t="s">
-        <v>116</v>
+        <v>120</v>
       </c>
     </row>
     <row r="43" spans="1:4">
       <c r="A43" t="s">
-        <v>45</v>
+        <v>48</v>
       </c>
       <c r="B43" t="s">
-        <v>119</v>
+        <v>121</v>
       </c>
       <c r="C43" t="s">
+        <v>122</v>
+      </c>
+      <c r="D43" t="s">
         <v>120</v>
       </c>
-      <c r="D43"/>
     </row>
     <row r="44" spans="1:4">
       <c r="A44" t="s">
-        <v>45</v>
+        <v>48</v>
       </c>
       <c r="B44" t="s">
-        <v>121</v>
+        <v>123</v>
       </c>
       <c r="C44" t="s">
-        <v>122</v>
-[...3 lines deleted...]
-      </c>
+        <v>124</v>
+      </c>
+      <c r="D44"/>
     </row>
     <row r="45" spans="1:4">
       <c r="A45" t="s">
-        <v>45</v>
+        <v>48</v>
       </c>
       <c r="B45" t="s">
-        <v>124</v>
+        <v>125</v>
       </c>
       <c r="C45" t="s">
-        <v>125</v>
+        <v>126</v>
       </c>
       <c r="D45" t="s">
-        <v>126</v>
+        <v>127</v>
       </c>
     </row>
     <row r="46" spans="1:4">
       <c r="A46" t="s">
-        <v>45</v>
+        <v>48</v>
       </c>
       <c r="B46" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
       <c r="C46" t="s">
-        <v>128</v>
-[...1 lines deleted...]
-      <c r="D46"/>
+        <v>129</v>
+      </c>
+      <c r="D46" t="s">
+        <v>130</v>
+      </c>
     </row>
     <row r="47" spans="1:4">
       <c r="A47" t="s">
-        <v>45</v>
+        <v>48</v>
       </c>
       <c r="B47" t="s">
-        <v>129</v>
+        <v>131</v>
       </c>
       <c r="C47" t="s">
-        <v>130</v>
-[...3 lines deleted...]
-      </c>
+        <v>132</v>
+      </c>
+      <c r="D47"/>
     </row>
     <row r="48" spans="1:4">
       <c r="A48" t="s">
-        <v>45</v>
+        <v>48</v>
       </c>
       <c r="B48" t="s">
-        <v>132</v>
+        <v>133</v>
       </c>
       <c r="C48" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
       <c r="D48" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
     </row>
     <row r="49" spans="1:4">
       <c r="A49" t="s">
-        <v>45</v>
+        <v>48</v>
       </c>
       <c r="B49" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="C49" t="s">
-        <v>136</v>
+        <v>137</v>
       </c>
       <c r="D49" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
     </row>
     <row r="50" spans="1:4">
       <c r="A50" t="s">
-        <v>45</v>
+        <v>48</v>
       </c>
       <c r="B50" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="C50" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="D50" t="s">
-        <v>140</v>
+        <v>141</v>
       </c>
     </row>
     <row r="51" spans="1:4">
       <c r="A51" t="s">
-        <v>45</v>
+        <v>48</v>
       </c>
       <c r="B51" t="s">
-        <v>141</v>
+        <v>142</v>
       </c>
       <c r="C51" t="s">
-        <v>142</v>
+        <v>143</v>
       </c>
       <c r="D51" t="s">
-        <v>143</v>
+        <v>144</v>
       </c>
     </row>
     <row r="52" spans="1:4">
       <c r="A52" t="s">
-        <v>45</v>
+        <v>48</v>
       </c>
       <c r="B52" t="s">
-        <v>144</v>
+        <v>145</v>
       </c>
       <c r="C52" t="s">
-        <v>145</v>
+        <v>146</v>
       </c>
       <c r="D52" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
     </row>
     <row r="53" spans="1:4">
       <c r="A53" t="s">
-        <v>45</v>
+        <v>48</v>
       </c>
       <c r="B53" t="s">
-        <v>147</v>
+        <v>148</v>
       </c>
       <c r="C53" t="s">
-        <v>148</v>
+        <v>149</v>
       </c>
       <c r="D53" t="s">
-        <v>149</v>
+        <v>150</v>
       </c>
     </row>
     <row r="54" spans="1:4">
       <c r="A54" t="s">
-        <v>45</v>
+        <v>48</v>
       </c>
       <c r="B54" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="C54" t="s">
-        <v>151</v>
+        <v>152</v>
       </c>
       <c r="D54" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
     </row>
     <row r="55" spans="1:4">
       <c r="A55" t="s">
-        <v>45</v>
+        <v>48</v>
       </c>
       <c r="B55" t="s">
-        <v>153</v>
+        <v>154</v>
       </c>
       <c r="C55" t="s">
-        <v>154</v>
+        <v>155</v>
       </c>
       <c r="D55" t="s">
-        <v>155</v>
+        <v>156</v>
       </c>
     </row>
     <row r="56" spans="1:4">
       <c r="A56" t="s">
-        <v>45</v>
+        <v>48</v>
       </c>
       <c r="B56" t="s">
-        <v>156</v>
+        <v>157</v>
       </c>
       <c r="C56" t="s">
-        <v>157</v>
+        <v>158</v>
       </c>
       <c r="D56" t="s">
-        <v>158</v>
+        <v>159</v>
       </c>
     </row>
     <row r="57" spans="1:4">
       <c r="A57" t="s">
-        <v>45</v>
+        <v>48</v>
       </c>
       <c r="B57" t="s">
-        <v>159</v>
+        <v>160</v>
       </c>
       <c r="C57" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
       <c r="D57" t="s">
-        <v>161</v>
+        <v>162</v>
       </c>
     </row>
     <row r="58" spans="1:4">
       <c r="A58" t="s">
-        <v>45</v>
+        <v>48</v>
       </c>
       <c r="B58" t="s">
-        <v>162</v>
+        <v>163</v>
       </c>
       <c r="C58" t="s">
-        <v>163</v>
+        <v>164</v>
       </c>
       <c r="D58" t="s">
-        <v>110</v>
+        <v>165</v>
       </c>
     </row>
     <row r="59" spans="1:4">
       <c r="A59" t="s">
-        <v>45</v>
+        <v>48</v>
       </c>
       <c r="B59" t="s">
-        <v>164</v>
+        <v>166</v>
       </c>
       <c r="C59" t="s">
-        <v>165</v>
+        <v>167</v>
       </c>
       <c r="D59" t="s">
-        <v>166</v>
+        <v>114</v>
       </c>
     </row>
     <row r="60" spans="1:4">
       <c r="A60" t="s">
-        <v>45</v>
+        <v>48</v>
       </c>
       <c r="B60" t="s">
-        <v>167</v>
+        <v>168</v>
       </c>
       <c r="C60" t="s">
-        <v>168</v>
-[...1 lines deleted...]
-      <c r="D60"/>
+        <v>169</v>
+      </c>
+      <c r="D60" t="s">
+        <v>170</v>
+      </c>
     </row>
     <row r="61" spans="1:4">
       <c r="A61" t="s">
-        <v>45</v>
+        <v>48</v>
       </c>
       <c r="B61" t="s">
-        <v>169</v>
+        <v>171</v>
       </c>
       <c r="C61" t="s">
-        <v>170</v>
-[...3 lines deleted...]
-      </c>
+        <v>172</v>
+      </c>
+      <c r="D61"/>
     </row>
     <row r="62" spans="1:4">
       <c r="A62" t="s">
-        <v>45</v>
+        <v>48</v>
       </c>
       <c r="B62" t="s">
-        <v>172</v>
+        <v>173</v>
       </c>
       <c r="C62" t="s">
-        <v>173</v>
+        <v>174</v>
       </c>
       <c r="D62" t="s">
-        <v>174</v>
+        <v>175</v>
       </c>
     </row>
     <row r="63" spans="1:4">
       <c r="A63" t="s">
-        <v>45</v>
+        <v>48</v>
       </c>
       <c r="B63" t="s">
-        <v>175</v>
+        <v>176</v>
       </c>
       <c r="C63" t="s">
-        <v>176</v>
+        <v>177</v>
       </c>
       <c r="D63" t="s">
-        <v>177</v>
+        <v>178</v>
       </c>
     </row>
     <row r="64" spans="1:4">
       <c r="A64" t="s">
-        <v>45</v>
+        <v>48</v>
       </c>
       <c r="B64" t="s">
-        <v>178</v>
+        <v>179</v>
       </c>
       <c r="C64" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
       <c r="D64" t="s">
-        <v>180</v>
+        <v>181</v>
       </c>
     </row>
     <row r="65" spans="1:4">
       <c r="A65" t="s">
-        <v>45</v>
+        <v>48</v>
       </c>
       <c r="B65" t="s">
-        <v>181</v>
+        <v>182</v>
       </c>
       <c r="C65" t="s">
-        <v>182</v>
+        <v>183</v>
       </c>
       <c r="D65" t="s">
-        <v>183</v>
+        <v>184</v>
       </c>
     </row>
     <row r="66" spans="1:4">
       <c r="A66" t="s">
-        <v>45</v>
+        <v>48</v>
       </c>
       <c r="B66" t="s">
-        <v>184</v>
+        <v>185</v>
       </c>
       <c r="C66" t="s">
-        <v>185</v>
+        <v>186</v>
       </c>
       <c r="D66" t="s">
-        <v>186</v>
+        <v>187</v>
       </c>
     </row>
     <row r="67" spans="1:4">
       <c r="A67" t="s">
-        <v>45</v>
+        <v>48</v>
       </c>
       <c r="B67" t="s">
-        <v>187</v>
+        <v>188</v>
       </c>
       <c r="C67" t="s">
-        <v>188</v>
-[...1 lines deleted...]
-      <c r="D67"/>
+        <v>189</v>
+      </c>
+      <c r="D67" t="s">
+        <v>190</v>
+      </c>
     </row>
     <row r="68" spans="1:4">
       <c r="A68" t="s">
-        <v>45</v>
+        <v>48</v>
       </c>
       <c r="B68" t="s">
-        <v>189</v>
+        <v>191</v>
       </c>
       <c r="C68" t="s">
-        <v>190</v>
-[...3 lines deleted...]
-      </c>
+        <v>192</v>
+      </c>
+      <c r="D68"/>
     </row>
     <row r="69" spans="1:4">
       <c r="A69" t="s">
-        <v>45</v>
+        <v>48</v>
       </c>
       <c r="B69" t="s">
-        <v>192</v>
+        <v>193</v>
       </c>
       <c r="C69" t="s">
-        <v>193</v>
-[...1 lines deleted...]
-      <c r="D69"/>
+        <v>194</v>
+      </c>
+      <c r="D69" t="s">
+        <v>195</v>
+      </c>
     </row>
     <row r="70" spans="1:4">
       <c r="A70" t="s">
-        <v>45</v>
+        <v>48</v>
       </c>
       <c r="B70" t="s">
-        <v>194</v>
+        <v>196</v>
       </c>
       <c r="C70" t="s">
-        <v>195</v>
-[...3 lines deleted...]
-      </c>
+        <v>197</v>
+      </c>
+      <c r="D70"/>
     </row>
     <row r="71" spans="1:4">
       <c r="A71" t="s">
-        <v>45</v>
+        <v>48</v>
       </c>
       <c r="B71" t="s">
-        <v>197</v>
+        <v>198</v>
       </c>
       <c r="C71" t="s">
-        <v>198</v>
+        <v>199</v>
       </c>
       <c r="D71" t="s">
-        <v>199</v>
+        <v>200</v>
       </c>
     </row>
     <row r="72" spans="1:4">
       <c r="A72" t="s">
-        <v>45</v>
+        <v>48</v>
       </c>
       <c r="B72" t="s">
-        <v>200</v>
+        <v>201</v>
       </c>
       <c r="C72" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="D72" t="s">
-        <v>202</v>
+        <v>203</v>
       </c>
     </row>
     <row r="73" spans="1:4">
       <c r="A73" t="s">
-        <v>45</v>
+        <v>48</v>
       </c>
       <c r="B73" t="s">
-        <v>203</v>
+        <v>204</v>
       </c>
       <c r="C73" t="s">
-        <v>204</v>
+        <v>205</v>
       </c>
       <c r="D73" t="s">
-        <v>205</v>
+        <v>206</v>
       </c>
     </row>
     <row r="74" spans="1:4">
       <c r="A74" t="s">
-        <v>45</v>
+        <v>48</v>
       </c>
       <c r="B74" t="s">
-        <v>206</v>
+        <v>207</v>
       </c>
       <c r="C74" t="s">
-        <v>207</v>
+        <v>208</v>
       </c>
       <c r="D74" t="s">
-        <v>208</v>
+        <v>209</v>
       </c>
     </row>
     <row r="75" spans="1:4">
       <c r="A75" t="s">
-        <v>45</v>
+        <v>48</v>
       </c>
       <c r="B75" t="s">
-        <v>209</v>
+        <v>210</v>
       </c>
       <c r="C75" t="s">
-        <v>210</v>
+        <v>211</v>
       </c>
       <c r="D75" t="s">
-        <v>211</v>
+        <v>212</v>
       </c>
     </row>
     <row r="76" spans="1:4">
       <c r="A76" t="s">
-        <v>45</v>
+        <v>48</v>
       </c>
       <c r="B76" t="s">
-        <v>212</v>
+        <v>213</v>
       </c>
       <c r="C76" t="s">
-        <v>213</v>
-[...1 lines deleted...]
-      <c r="D76"/>
+        <v>214</v>
+      </c>
+      <c r="D76" t="s">
+        <v>215</v>
+      </c>
     </row>
     <row r="77" spans="1:4">
       <c r="A77" t="s">
-        <v>45</v>
+        <v>48</v>
       </c>
       <c r="B77" t="s">
-        <v>214</v>
+        <v>216</v>
       </c>
       <c r="C77" t="s">
-        <v>215</v>
-[...3 lines deleted...]
-      </c>
+        <v>217</v>
+      </c>
+      <c r="D77"/>
     </row>
     <row r="78" spans="1:4">
       <c r="A78" t="s">
-        <v>45</v>
+        <v>48</v>
       </c>
       <c r="B78" t="s">
-        <v>217</v>
+        <v>218</v>
       </c>
       <c r="C78" t="s">
-        <v>218</v>
-[...1 lines deleted...]
-      <c r="D78"/>
+        <v>219</v>
+      </c>
+      <c r="D78" t="s">
+        <v>220</v>
+      </c>
     </row>
     <row r="79" spans="1:4">
       <c r="A79" t="s">
-        <v>45</v>
+        <v>48</v>
       </c>
       <c r="B79" t="s">
-        <v>219</v>
+        <v>221</v>
       </c>
       <c r="C79" t="s">
-        <v>220</v>
-[...3 lines deleted...]
-      </c>
+        <v>222</v>
+      </c>
+      <c r="D79"/>
     </row>
     <row r="80" spans="1:4">
       <c r="A80" t="s">
-        <v>45</v>
+        <v>48</v>
       </c>
       <c r="B80" t="s">
-        <v>222</v>
+        <v>223</v>
       </c>
       <c r="C80" t="s">
-        <v>223</v>
+        <v>224</v>
       </c>
       <c r="D80" t="s">
-        <v>224</v>
+        <v>225</v>
       </c>
     </row>
     <row r="81" spans="1:4">
       <c r="A81" t="s">
-        <v>45</v>
+        <v>48</v>
       </c>
       <c r="B81" t="s">
-        <v>225</v>
+        <v>226</v>
       </c>
       <c r="C81" t="s">
-        <v>226</v>
+        <v>227</v>
       </c>
       <c r="D81" t="s">
-        <v>227</v>
+        <v>228</v>
       </c>
     </row>
     <row r="82" spans="1:4">
       <c r="A82" t="s">
-        <v>45</v>
+        <v>48</v>
       </c>
       <c r="B82" t="s">
-        <v>228</v>
+        <v>229</v>
       </c>
       <c r="C82" t="s">
-        <v>229</v>
+        <v>230</v>
       </c>
       <c r="D82" t="s">
-        <v>230</v>
+        <v>231</v>
       </c>
     </row>
     <row r="83" spans="1:4">
       <c r="A83" t="s">
-        <v>45</v>
+        <v>48</v>
       </c>
       <c r="B83" t="s">
-        <v>231</v>
+        <v>232</v>
       </c>
       <c r="C83" t="s">
-        <v>232</v>
-[...1 lines deleted...]
-      <c r="D83"/>
+        <v>233</v>
+      </c>
+      <c r="D83" t="s">
+        <v>234</v>
+      </c>
     </row>
     <row r="84" spans="1:4">
       <c r="A84" t="s">
-        <v>45</v>
+        <v>48</v>
       </c>
       <c r="B84" t="s">
-        <v>233</v>
+        <v>235</v>
       </c>
       <c r="C84" t="s">
-        <v>234</v>
-[...3 lines deleted...]
-      </c>
+        <v>236</v>
+      </c>
+      <c r="D84"/>
     </row>
     <row r="85" spans="1:4">
       <c r="A85" t="s">
-        <v>45</v>
+        <v>48</v>
       </c>
       <c r="B85" t="s">
-        <v>236</v>
+        <v>237</v>
       </c>
       <c r="C85" t="s">
-        <v>237</v>
+        <v>238</v>
       </c>
       <c r="D85" t="s">
-        <v>238</v>
+        <v>239</v>
       </c>
     </row>
     <row r="86" spans="1:4">
       <c r="A86" t="s">
-        <v>45</v>
+        <v>48</v>
       </c>
       <c r="B86" t="s">
-        <v>239</v>
+        <v>240</v>
       </c>
       <c r="C86" t="s">
-        <v>240</v>
-[...1 lines deleted...]
-      <c r="D86"/>
+        <v>241</v>
+      </c>
+      <c r="D86" t="s">
+        <v>242</v>
+      </c>
     </row>
     <row r="87" spans="1:4">
       <c r="A87" t="s">
-        <v>45</v>
+        <v>48</v>
       </c>
       <c r="B87" t="s">
-        <v>241</v>
+        <v>243</v>
       </c>
       <c r="C87" t="s">
-        <v>242</v>
+        <v>244</v>
       </c>
       <c r="D87"/>
     </row>
     <row r="88" spans="1:4">
       <c r="A88" t="s">
-        <v>45</v>
+        <v>48</v>
       </c>
       <c r="B88" t="s">
-        <v>243</v>
+        <v>245</v>
       </c>
       <c r="C88" t="s">
-        <v>244</v>
+        <v>246</v>
       </c>
       <c r="D88"/>
     </row>
     <row r="89" spans="1:4">
       <c r="A89" t="s">
-        <v>45</v>
+        <v>48</v>
       </c>
       <c r="B89" t="s">
-        <v>245</v>
+        <v>247</v>
       </c>
       <c r="C89" t="s">
-        <v>246</v>
-[...3 lines deleted...]
-      </c>
+        <v>248</v>
+      </c>
+      <c r="D89"/>
     </row>
     <row r="90" spans="1:4">
       <c r="A90" t="s">
-        <v>45</v>
+        <v>48</v>
       </c>
       <c r="B90" t="s">
-        <v>248</v>
+        <v>249</v>
       </c>
       <c r="C90" t="s">
-        <v>249</v>
+        <v>250</v>
       </c>
       <c r="D90" t="s">
-        <v>250</v>
+        <v>251</v>
       </c>
     </row>
     <row r="91" spans="1:4">
       <c r="A91" t="s">
-        <v>45</v>
+        <v>48</v>
       </c>
       <c r="B91" t="s">
-        <v>251</v>
+        <v>252</v>
       </c>
       <c r="C91" t="s">
-        <v>252</v>
+        <v>253</v>
       </c>
       <c r="D91" t="s">
-        <v>253</v>
+        <v>254</v>
       </c>
     </row>
     <row r="92" spans="1:4">
       <c r="A92" t="s">
-        <v>45</v>
+        <v>48</v>
       </c>
       <c r="B92" t="s">
-        <v>254</v>
+        <v>255</v>
       </c>
       <c r="C92" t="s">
-        <v>255</v>
-[...1 lines deleted...]
-      <c r="D92"/>
+        <v>256</v>
+      </c>
+      <c r="D92" t="s">
+        <v>257</v>
+      </c>
     </row>
     <row r="93" spans="1:4">
       <c r="A93" t="s">
-        <v>45</v>
+        <v>48</v>
       </c>
       <c r="B93" t="s">
-        <v>256</v>
+        <v>258</v>
       </c>
       <c r="C93" t="s">
-        <v>257</v>
+        <v>259</v>
       </c>
       <c r="D93"/>
     </row>
     <row r="94" spans="1:4">
       <c r="A94" t="s">
-        <v>45</v>
+        <v>48</v>
       </c>
       <c r="B94" t="s">
-        <v>258</v>
+        <v>260</v>
       </c>
       <c r="C94" t="s">
-        <v>259</v>
-[...3 lines deleted...]
-      </c>
+        <v>261</v>
+      </c>
+      <c r="D94"/>
     </row>
     <row r="95" spans="1:4">
       <c r="A95" t="s">
-        <v>45</v>
+        <v>48</v>
       </c>
       <c r="B95" t="s">
-        <v>261</v>
+        <v>262</v>
       </c>
       <c r="C95" t="s">
-        <v>262</v>
+        <v>263</v>
       </c>
       <c r="D95" t="s">
-        <v>263</v>
+        <v>264</v>
       </c>
     </row>
     <row r="96" spans="1:4">
       <c r="A96" t="s">
-        <v>45</v>
+        <v>48</v>
       </c>
       <c r="B96" t="s">
-        <v>264</v>
+        <v>265</v>
       </c>
       <c r="C96" t="s">
-        <v>265</v>
+        <v>266</v>
       </c>
       <c r="D96" t="s">
-        <v>266</v>
+        <v>267</v>
       </c>
     </row>
     <row r="97" spans="1:4">
       <c r="A97" t="s">
-        <v>45</v>
+        <v>48</v>
       </c>
       <c r="B97" t="s">
-        <v>267</v>
+        <v>268</v>
       </c>
       <c r="C97" t="s">
-        <v>268</v>
+        <v>269</v>
       </c>
       <c r="D97" t="s">
-        <v>269</v>
+        <v>270</v>
       </c>
     </row>
     <row r="98" spans="1:4">
       <c r="A98" t="s">
-        <v>45</v>
+        <v>48</v>
       </c>
       <c r="B98" t="s">
-        <v>270</v>
+        <v>271</v>
       </c>
       <c r="C98" t="s">
-        <v>271</v>
+        <v>272</v>
       </c>
       <c r="D98" t="s">
-        <v>272</v>
+        <v>273</v>
       </c>
     </row>
     <row r="99" spans="1:4">
       <c r="A99" t="s">
-        <v>45</v>
+        <v>48</v>
       </c>
       <c r="B99" t="s">
-        <v>273</v>
+        <v>274</v>
       </c>
       <c r="C99" t="s">
-        <v>274</v>
-[...1 lines deleted...]
-      <c r="D99"/>
+        <v>275</v>
+      </c>
+      <c r="D99" t="s">
+        <v>276</v>
+      </c>
     </row>
     <row r="100" spans="1:4">
       <c r="A100" t="s">
-        <v>45</v>
+        <v>48</v>
       </c>
       <c r="B100" t="s">
-        <v>275</v>
+        <v>277</v>
       </c>
       <c r="C100" t="s">
-        <v>276</v>
-[...3 lines deleted...]
-      </c>
+        <v>278</v>
+      </c>
+      <c r="D100"/>
     </row>
     <row r="101" spans="1:4">
       <c r="A101" t="s">
-        <v>45</v>
+        <v>48</v>
       </c>
       <c r="B101" t="s">
-        <v>278</v>
+        <v>279</v>
       </c>
       <c r="C101" t="s">
-        <v>279</v>
+        <v>280</v>
       </c>
       <c r="D101" t="s">
-        <v>280</v>
+        <v>281</v>
       </c>
     </row>
     <row r="102" spans="1:4">
       <c r="A102" t="s">
-        <v>45</v>
+        <v>48</v>
       </c>
       <c r="B102" t="s">
-        <v>278</v>
+        <v>282</v>
       </c>
       <c r="C102" t="s">
-        <v>281</v>
+        <v>283</v>
       </c>
       <c r="D102" t="s">
-        <v>282</v>
+        <v>284</v>
       </c>
     </row>
     <row r="103" spans="1:4">
       <c r="A103" t="s">
-        <v>45</v>
+        <v>48</v>
       </c>
       <c r="B103" t="s">
-        <v>283</v>
+        <v>282</v>
       </c>
       <c r="C103" t="s">
-        <v>284</v>
+        <v>285</v>
       </c>
       <c r="D103" t="s">
-        <v>285</v>
+        <v>286</v>
       </c>
     </row>
     <row r="104" spans="1:4">
       <c r="A104" t="s">
-        <v>45</v>
+        <v>48</v>
       </c>
       <c r="B104" t="s">
-        <v>286</v>
+        <v>287</v>
       </c>
       <c r="C104" t="s">
-        <v>287</v>
+        <v>288</v>
       </c>
       <c r="D104" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
     </row>
     <row r="105" spans="1:4">
       <c r="A105" t="s">
-        <v>45</v>
+        <v>48</v>
       </c>
       <c r="B105" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="C105" t="s">
-        <v>290</v>
+        <v>291</v>
       </c>
       <c r="D105" t="s">
-        <v>291</v>
+        <v>292</v>
       </c>
     </row>
     <row r="106" spans="1:4">
       <c r="A106" t="s">
-        <v>45</v>
+        <v>48</v>
       </c>
       <c r="B106" t="s">
-        <v>292</v>
+        <v>293</v>
       </c>
       <c r="C106" t="s">
-        <v>293</v>
+        <v>294</v>
       </c>
       <c r="D106" t="s">
-        <v>294</v>
+        <v>295</v>
       </c>
     </row>
     <row r="107" spans="1:4">
       <c r="A107" t="s">
-        <v>45</v>
+        <v>48</v>
       </c>
       <c r="B107" t="s">
-        <v>295</v>
+        <v>296</v>
       </c>
       <c r="C107" t="s">
-        <v>296</v>
+        <v>297</v>
       </c>
       <c r="D107" t="s">
-        <v>297</v>
+        <v>298</v>
       </c>
     </row>
     <row r="108" spans="1:4">
       <c r="A108" t="s">
-        <v>45</v>
+        <v>48</v>
       </c>
       <c r="B108" t="s">
-        <v>298</v>
+        <v>299</v>
       </c>
       <c r="C108" t="s">
-        <v>299</v>
-[...1 lines deleted...]
-      <c r="D108"/>
+        <v>300</v>
+      </c>
+      <c r="D108" t="s">
+        <v>301</v>
+      </c>
     </row>
     <row r="109" spans="1:4">
       <c r="A109" t="s">
-        <v>45</v>
+        <v>48</v>
       </c>
       <c r="B109" t="s">
-        <v>300</v>
+        <v>302</v>
       </c>
       <c r="C109" t="s">
-        <v>301</v>
+        <v>303</v>
       </c>
       <c r="D109"/>
     </row>
     <row r="110" spans="1:4">
       <c r="A110" t="s">
-        <v>45</v>
+        <v>48</v>
       </c>
       <c r="B110" t="s">
-        <v>302</v>
+        <v>304</v>
       </c>
       <c r="C110" t="s">
-        <v>303</v>
-[...3 lines deleted...]
-      </c>
+        <v>305</v>
+      </c>
+      <c r="D110"/>
     </row>
     <row r="111" spans="1:4">
       <c r="A111" t="s">
-        <v>45</v>
+        <v>48</v>
       </c>
       <c r="B111" t="s">
-        <v>305</v>
+        <v>306</v>
       </c>
       <c r="C111" t="s">
-        <v>306</v>
+        <v>307</v>
       </c>
       <c r="D111" t="s">
-        <v>307</v>
+        <v>308</v>
       </c>
     </row>
     <row r="112" spans="1:4">
       <c r="A112" t="s">
-        <v>45</v>
+        <v>48</v>
       </c>
       <c r="B112" t="s">
-        <v>308</v>
+        <v>309</v>
       </c>
       <c r="C112" t="s">
-        <v>309</v>
-[...1 lines deleted...]
-      <c r="D112"/>
+        <v>310</v>
+      </c>
+      <c r="D112" t="s">
+        <v>311</v>
+      </c>
     </row>
     <row r="113" spans="1:4">
       <c r="A113" t="s">
-        <v>310</v>
+        <v>48</v>
       </c>
       <c r="B113" t="s">
-        <v>311</v>
+        <v>312</v>
       </c>
       <c r="C113" t="s">
-        <v>312</v>
-[...1 lines deleted...]
-      <c r="D113" t="s">
         <v>313</v>
       </c>
+      <c r="D113"/>
     </row>
     <row r="114" spans="1:4">
       <c r="A114" t="s">
-        <v>310</v>
+        <v>314</v>
       </c>
       <c r="B114" t="s">
-        <v>62</v>
+        <v>315</v>
       </c>
       <c r="C114" t="s">
-        <v>314</v>
+        <v>316</v>
       </c>
       <c r="D114" t="s">
-        <v>110</v>
+        <v>317</v>
       </c>
     </row>
     <row r="115" spans="1:4">
       <c r="A115" t="s">
-        <v>310</v>
+        <v>314</v>
       </c>
       <c r="B115" t="s">
-        <v>315</v>
+        <v>8</v>
       </c>
       <c r="C115" t="s">
-        <v>316</v>
+        <v>318</v>
       </c>
       <c r="D115" t="s">
-        <v>317</v>
+        <v>319</v>
       </c>
     </row>
     <row r="116" spans="1:4">
       <c r="A116" t="s">
-        <v>310</v>
+        <v>314</v>
       </c>
       <c r="B116" t="s">
-        <v>318</v>
+        <v>320</v>
       </c>
       <c r="C116" t="s">
-        <v>319</v>
+        <v>321</v>
       </c>
       <c r="D116" t="s">
-        <v>320</v>
+        <v>322</v>
       </c>
     </row>
     <row r="117" spans="1:4">
       <c r="A117" t="s">
-        <v>310</v>
+        <v>314</v>
       </c>
       <c r="B117" t="s">
-        <v>321</v>
+        <v>323</v>
       </c>
       <c r="C117" t="s">
-        <v>322</v>
-[...1 lines deleted...]
-      <c r="D117"/>
+        <v>324</v>
+      </c>
+      <c r="D117" t="s">
+        <v>325</v>
+      </c>
     </row>
     <row r="118" spans="1:4">
       <c r="A118" t="s">
-        <v>310</v>
+        <v>314</v>
       </c>
       <c r="B118" t="s">
-        <v>323</v>
+        <v>326</v>
       </c>
       <c r="C118" t="s">
-        <v>324</v>
+        <v>327</v>
       </c>
       <c r="D118"/>
     </row>
     <row r="119" spans="1:4">
       <c r="A119" t="s">
-        <v>310</v>
+        <v>314</v>
       </c>
       <c r="B119" t="s">
-        <v>325</v>
+        <v>328</v>
       </c>
       <c r="C119" t="s">
-        <v>326</v>
-[...3 lines deleted...]
-      </c>
+        <v>329</v>
+      </c>
+      <c r="D119"/>
     </row>
     <row r="120" spans="1:4">
       <c r="A120" t="s">
-        <v>310</v>
+        <v>314</v>
       </c>
       <c r="B120" t="s">
-        <v>328</v>
+        <v>330</v>
       </c>
       <c r="C120" t="s">
-        <v>329</v>
-[...1 lines deleted...]
-      <c r="D120"/>
+        <v>331</v>
+      </c>
+      <c r="D120" t="s">
+        <v>332</v>
+      </c>
     </row>
     <row r="121" spans="1:4">
       <c r="A121" t="s">
-        <v>310</v>
+        <v>314</v>
       </c>
       <c r="B121" t="s">
-        <v>156</v>
+        <v>333</v>
       </c>
       <c r="C121" t="s">
-        <v>330</v>
-[...3 lines deleted...]
-      </c>
+        <v>334</v>
+      </c>
+      <c r="D121"/>
     </row>
     <row r="122" spans="1:4">
       <c r="A122" t="s">
-        <v>310</v>
+        <v>314</v>
       </c>
       <c r="B122" t="s">
-        <v>332</v>
+        <v>160</v>
       </c>
       <c r="C122" t="s">
-        <v>333</v>
-[...1 lines deleted...]
-      <c r="D122"/>
+        <v>335</v>
+      </c>
+      <c r="D122" t="s">
+        <v>336</v>
+      </c>
     </row>
     <row r="123" spans="1:4">
       <c r="A123" t="s">
-        <v>310</v>
+        <v>314</v>
       </c>
       <c r="B123" t="s">
-        <v>334</v>
+        <v>337</v>
       </c>
       <c r="C123" t="s">
-        <v>335</v>
+        <v>338</v>
       </c>
       <c r="D123"/>
     </row>
     <row r="124" spans="1:4">
       <c r="A124" t="s">
-        <v>310</v>
+        <v>314</v>
       </c>
       <c r="B124" t="s">
-        <v>336</v>
+        <v>339</v>
       </c>
       <c r="C124" t="s">
-        <v>337</v>
-[...3 lines deleted...]
-      </c>
+        <v>340</v>
+      </c>
+      <c r="D124"/>
     </row>
     <row r="125" spans="1:4">
       <c r="A125" t="s">
-        <v>310</v>
+        <v>314</v>
       </c>
       <c r="B125" t="s">
-        <v>339</v>
+        <v>341</v>
       </c>
       <c r="C125" t="s">
-        <v>340</v>
+        <v>342</v>
       </c>
       <c r="D125" t="s">
-        <v>341</v>
+        <v>343</v>
       </c>
     </row>
     <row r="126" spans="1:4">
       <c r="A126" t="s">
-        <v>310</v>
+        <v>314</v>
       </c>
       <c r="B126" t="s">
-        <v>342</v>
+        <v>344</v>
       </c>
       <c r="C126" t="s">
-        <v>343</v>
+        <v>345</v>
       </c>
       <c r="D126" t="s">
-        <v>344</v>
+        <v>346</v>
       </c>
     </row>
     <row r="127" spans="1:4">
       <c r="A127" t="s">
-        <v>310</v>
+        <v>314</v>
       </c>
       <c r="B127" t="s">
-        <v>345</v>
+        <v>347</v>
       </c>
       <c r="C127" t="s">
-        <v>346</v>
-[...1 lines deleted...]
-      <c r="D127"/>
+        <v>348</v>
+      </c>
+      <c r="D127" t="s">
+        <v>349</v>
+      </c>
     </row>
     <row r="128" spans="1:4">
       <c r="A128" t="s">
-        <v>310</v>
+        <v>314</v>
       </c>
       <c r="B128" t="s">
-        <v>347</v>
+        <v>350</v>
       </c>
       <c r="C128" t="s">
-        <v>348</v>
-[...3 lines deleted...]
-      </c>
+        <v>351</v>
+      </c>
+      <c r="D128"/>
     </row>
     <row r="129" spans="1:4">
       <c r="A129" t="s">
-        <v>310</v>
+        <v>314</v>
       </c>
       <c r="B129" t="s">
-        <v>350</v>
+        <v>352</v>
       </c>
       <c r="C129" t="s">
-        <v>351</v>
-[...1 lines deleted...]
-      <c r="D129"/>
+        <v>353</v>
+      </c>
+      <c r="D129" t="s">
+        <v>354</v>
+      </c>
     </row>
     <row r="130" spans="1:4">
       <c r="A130" t="s">
-        <v>310</v>
+        <v>314</v>
       </c>
       <c r="B130" t="s">
-        <v>352</v>
+        <v>355</v>
       </c>
       <c r="C130" t="s">
-        <v>353</v>
-[...3 lines deleted...]
-      </c>
+        <v>356</v>
+      </c>
+      <c r="D130"/>
     </row>
     <row r="131" spans="1:4">
       <c r="A131" t="s">
-        <v>310</v>
+        <v>314</v>
       </c>
       <c r="B131" t="s">
-        <v>241</v>
+        <v>357</v>
       </c>
       <c r="C131" t="s">
-        <v>355</v>
-[...1 lines deleted...]
-      <c r="D131"/>
+        <v>358</v>
+      </c>
+      <c r="D131" t="s">
+        <v>359</v>
+      </c>
     </row>
     <row r="132" spans="1:4">
       <c r="A132" t="s">
-        <v>310</v>
+        <v>314</v>
       </c>
       <c r="B132" t="s">
-        <v>308</v>
+        <v>245</v>
       </c>
       <c r="C132" t="s">
-        <v>356</v>
-[...3 lines deleted...]
-      </c>
+        <v>360</v>
+      </c>
+      <c r="D132"/>
     </row>
     <row r="133" spans="1:4">
       <c r="A133" t="s">
-        <v>358</v>
+        <v>314</v>
       </c>
       <c r="B133" t="s">
-        <v>359</v>
+        <v>312</v>
       </c>
       <c r="C133" t="s">
-        <v>360</v>
+        <v>361</v>
       </c>
       <c r="D133" t="s">
-        <v>361</v>
+        <v>362</v>
       </c>
     </row>
     <row r="134" spans="1:4">
       <c r="A134" t="s">
-        <v>358</v>
+        <v>363</v>
       </c>
       <c r="B134" t="s">
-        <v>362</v>
+        <v>364</v>
       </c>
       <c r="C134" t="s">
+        <v>365</v>
+      </c>
+      <c r="D134" t="s">
+        <v>366</v>
+      </c>
+    </row>
+    <row r="135" spans="1:4">
+      <c r="A135" t="s">
         <v>363</v>
       </c>
-      <c r="D134" t="s">
-        <v>364</v>
+      <c r="B135" t="s">
+        <v>367</v>
+      </c>
+      <c r="C135" t="s">
+        <v>368</v>
+      </c>
+      <c r="D135" t="s">
+        <v>369</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">