--- v1 (2025-11-28)
+++ v2 (2026-02-03)
@@ -812,50 +812,59 @@
   <si>
     <t>* Poudel B, Huang Y, Zhang S (2018) First report of Tomato chlorotic spot virus infecting common beans (Phaseolus vulgaris) in the United States. Plant Disease 102(7), p 1467.
 ------- In a greenhouse in Homestead (Florida, US).</t>
   </si>
   <si>
     <t>TSWV00</t>
   </si>
   <si>
     <t>Orthotospovirus tomatomaculae</t>
   </si>
   <si>
     <t>* Chatzivassiliou EK (2021) An annotated list of legume-infecting viruses in the light of metagenomics. Plants 10(7):1413. https://doi.org/10.3390/plants10071413
 * Parrella G, Gognalons P, Gebre-Selassie K, Vovlas C, Marchoux G (2003) An update of the host range of tomato spotted wilt virus. Journal of Plant Pathology 85(4), 227-264.
 ------- Confirmed host.</t>
   </si>
   <si>
     <t>PHAKPA</t>
   </si>
   <si>
     <t>Phakopsora pachyrhizi</t>
   </si>
   <si>
     <t>* Lynch TN, Marois JJ, Wright DL, Harmon PF, Harmon CL, Miles MR (2006) First report of soybean rust caused by Phakopsora pachyrhizi on Phaseolus spp. in the United States. Plant Disease 90(7), p 970.</t>
   </si>
   <si>
+    <t>GNORAB</t>
+  </si>
+  <si>
+    <t>Phthorimaea absoluta</t>
+  </si>
+  <si>
+    <t>* Idriss GEA, du Plessis H, Khamis FM, Ekesi S, Tanga CM, Mohamed SA (2020) Host range and effects of plant speices on preference and fitness of Tuta absoluta (Lepidoptera: Gelechiidae). Journal of Economic Entomology 113(3), 1279-1289.</t>
+  </si>
+  <si>
     <t>PHMPOM</t>
   </si>
   <si>
     <t>Phymatotrichopsis omnivora</t>
   </si>
   <si>
     <t>* Anonymous (1960) Index of Plant Diseases in the United States. Agriculture Handbook no 165, USDA-ARS (US) 531 pp.</t>
   </si>
   <si>
     <t>PHYTNP</t>
   </si>
   <si>
     <t>Phytophthora nicotianae var. parasitica</t>
   </si>
   <si>
     <t>PLAAST</t>
   </si>
   <si>
     <t>Platynota stultana</t>
   </si>
   <si>
     <t>* Korycinska A, Eyre D (2015) Plant pest fact sheet. Omnivorous leafroller, Platynota stultana. Department for Environmental Food and Rural Affairs, UK.</t>
   </si>
   <si>
     <t>PRDILO</t>
@@ -1056,59 +1065,50 @@
 ------- Collected from this plant in Java (Indonesia).</t>
   </si>
   <si>
     <t>TOMMV0</t>
   </si>
   <si>
     <t>Tobamovirus maculatessellati</t>
   </si>
   <si>
     <t xml:space="preserve">* EPPO (2022) EPPO Technical Document No. 1088. Pest risk analysis for Tomato mottle mosaic virus. EPPO, Paris. Available at https://gd.eppo.int/taxon/TOMMV0/documents
 * Li Y, Wang Y, Hu J, Xiao L, Tan G, Lan P, Liu Y, Li F (2017) The complete genome sequence, occurrence and host range of Tomato mottle mosaic virus Chinese isolate. Virology Journal 14, 15. doi: 10.1186/s12985-016-0676-2
 ------ Three isolates from Brazil and Iran identified as ToMV but corresponding to ToMMV.
 * Li YY, Zhou WP, Lu SQ, Chen DR, Dai JH, Guo QY, Liu Y, Li F &amp; Tan GL (2020) Occurrence and biological characteristics of tomato mottle mosaic virus on solanaceae crops in China. Scientia Agricultura Sinica 53(3), 539-550. [in Chinese with English abstract.] </t>
   </si>
   <si>
     <t>TRIAAB</t>
   </si>
   <si>
     <t>Trialeurodes abutiloneus</t>
   </si>
   <si>
     <t>TRIARI</t>
   </si>
   <si>
     <t>Trialeurodes ricini</t>
-  </si>
-[...7 lines deleted...]
-    <t>* Idriss GEA, du Plessis H, Khamis FM, Ekesi S, Tanga CM, Mohamed SA (2020) Host range and effects of plant speices on preference and fitness of Tuta absoluta (Lepidoptera: Gelechiidae). Journal of Economic Entomology 113(3), 1279-1289.</t>
   </si>
   <si>
     <t>XANTFF</t>
   </si>
   <si>
     <t>Xanthomonas citri pv. fuscans</t>
   </si>
   <si>
     <t>* Bultreys A, Gheysen I (2020) First report of Xanthomonas phaseoli pv. phaseoli and Xanthomonas citri pv. fuscans causing common bacterial blight of bean in Belgium. New Disease Reports 41, 6. http://dx.doi.org/10.5197/j.2044-0588.2020.041.006</t>
   </si>
   <si>
     <t>XANTPH</t>
   </si>
   <si>
     <t>Xanthomonas phaseoli pv. phaseoli (as Phaseolus)</t>
   </si>
   <si>
     <t>Major host</t>
   </si>
   <si>
     <t>BGYMV0</t>
   </si>
   <si>
     <t>Begomovirus birdi</t>
   </si>
@@ -2761,195 +2761,195 @@
     </row>
     <row r="83" spans="1:4">
       <c r="A83" t="s">
         <v>48</v>
       </c>
       <c r="B83" t="s">
         <v>232</v>
       </c>
       <c r="C83" t="s">
         <v>233</v>
       </c>
       <c r="D83" t="s">
         <v>234</v>
       </c>
     </row>
     <row r="84" spans="1:4">
       <c r="A84" t="s">
         <v>48</v>
       </c>
       <c r="B84" t="s">
         <v>235</v>
       </c>
       <c r="C84" t="s">
         <v>236</v>
       </c>
-      <c r="D84"/>
+      <c r="D84" t="s">
+        <v>237</v>
+      </c>
     </row>
     <row r="85" spans="1:4">
       <c r="A85" t="s">
         <v>48</v>
       </c>
       <c r="B85" t="s">
-        <v>237</v>
+        <v>238</v>
       </c>
       <c r="C85" t="s">
-        <v>238</v>
-[...1 lines deleted...]
-      <c r="D85" t="s">
         <v>239</v>
       </c>
+      <c r="D85"/>
     </row>
     <row r="86" spans="1:4">
       <c r="A86" t="s">
         <v>48</v>
       </c>
       <c r="B86" t="s">
         <v>240</v>
       </c>
       <c r="C86" t="s">
         <v>241</v>
       </c>
       <c r="D86" t="s">
         <v>242</v>
       </c>
     </row>
     <row r="87" spans="1:4">
       <c r="A87" t="s">
         <v>48</v>
       </c>
       <c r="B87" t="s">
         <v>243</v>
       </c>
       <c r="C87" t="s">
         <v>244</v>
       </c>
-      <c r="D87"/>
+      <c r="D87" t="s">
+        <v>245</v>
+      </c>
     </row>
     <row r="88" spans="1:4">
       <c r="A88" t="s">
         <v>48</v>
       </c>
       <c r="B88" t="s">
-        <v>245</v>
+        <v>246</v>
       </c>
       <c r="C88" t="s">
-        <v>246</v>
+        <v>247</v>
       </c>
       <c r="D88"/>
     </row>
     <row r="89" spans="1:4">
       <c r="A89" t="s">
         <v>48</v>
       </c>
       <c r="B89" t="s">
-        <v>247</v>
+        <v>248</v>
       </c>
       <c r="C89" t="s">
-        <v>248</v>
+        <v>249</v>
       </c>
       <c r="D89"/>
     </row>
     <row r="90" spans="1:4">
       <c r="A90" t="s">
         <v>48</v>
       </c>
       <c r="B90" t="s">
-        <v>249</v>
+        <v>250</v>
       </c>
       <c r="C90" t="s">
-        <v>250</v>
-[...1 lines deleted...]
-      <c r="D90" t="s">
         <v>251</v>
       </c>
+      <c r="D90"/>
     </row>
     <row r="91" spans="1:4">
       <c r="A91" t="s">
         <v>48</v>
       </c>
       <c r="B91" t="s">
         <v>252</v>
       </c>
       <c r="C91" t="s">
         <v>253</v>
       </c>
       <c r="D91" t="s">
         <v>254</v>
       </c>
     </row>
     <row r="92" spans="1:4">
       <c r="A92" t="s">
         <v>48</v>
       </c>
       <c r="B92" t="s">
         <v>255</v>
       </c>
       <c r="C92" t="s">
         <v>256</v>
       </c>
       <c r="D92" t="s">
         <v>257</v>
       </c>
     </row>
     <row r="93" spans="1:4">
       <c r="A93" t="s">
         <v>48</v>
       </c>
       <c r="B93" t="s">
         <v>258</v>
       </c>
       <c r="C93" t="s">
         <v>259</v>
       </c>
-      <c r="D93"/>
+      <c r="D93" t="s">
+        <v>260</v>
+      </c>
     </row>
     <row r="94" spans="1:4">
       <c r="A94" t="s">
         <v>48</v>
       </c>
       <c r="B94" t="s">
-        <v>260</v>
+        <v>261</v>
       </c>
       <c r="C94" t="s">
-        <v>261</v>
+        <v>262</v>
       </c>
       <c r="D94"/>
     </row>
     <row r="95" spans="1:4">
       <c r="A95" t="s">
         <v>48</v>
       </c>
       <c r="B95" t="s">
-        <v>262</v>
+        <v>263</v>
       </c>
       <c r="C95" t="s">
-        <v>263</v>
-[...1 lines deleted...]
-      <c r="D95" t="s">
         <v>264</v>
       </c>
+      <c r="D95"/>
     </row>
     <row r="96" spans="1:4">
       <c r="A96" t="s">
         <v>48</v>
       </c>
       <c r="B96" t="s">
         <v>265</v>
       </c>
       <c r="C96" t="s">
         <v>266</v>
       </c>
       <c r="D96" t="s">
         <v>267</v>
       </c>
     </row>
     <row r="97" spans="1:4">
       <c r="A97" t="s">
         <v>48</v>
       </c>
       <c r="B97" t="s">
         <v>268</v>
       </c>
       <c r="C97" t="s">
         <v>269</v>
       </c>
@@ -2973,100 +2973,100 @@
     </row>
     <row r="99" spans="1:4">
       <c r="A99" t="s">
         <v>48</v>
       </c>
       <c r="B99" t="s">
         <v>274</v>
       </c>
       <c r="C99" t="s">
         <v>275</v>
       </c>
       <c r="D99" t="s">
         <v>276</v>
       </c>
     </row>
     <row r="100" spans="1:4">
       <c r="A100" t="s">
         <v>48</v>
       </c>
       <c r="B100" t="s">
         <v>277</v>
       </c>
       <c r="C100" t="s">
         <v>278</v>
       </c>
-      <c r="D100"/>
+      <c r="D100" t="s">
+        <v>279</v>
+      </c>
     </row>
     <row r="101" spans="1:4">
       <c r="A101" t="s">
         <v>48</v>
       </c>
       <c r="B101" t="s">
-        <v>279</v>
+        <v>280</v>
       </c>
       <c r="C101" t="s">
-        <v>280</v>
-[...1 lines deleted...]
-      <c r="D101" t="s">
         <v>281</v>
       </c>
+      <c r="D101"/>
     </row>
     <row r="102" spans="1:4">
       <c r="A102" t="s">
         <v>48</v>
       </c>
       <c r="B102" t="s">
         <v>282</v>
       </c>
       <c r="C102" t="s">
         <v>283</v>
       </c>
       <c r="D102" t="s">
         <v>284</v>
       </c>
     </row>
     <row r="103" spans="1:4">
       <c r="A103" t="s">
         <v>48</v>
       </c>
       <c r="B103" t="s">
-        <v>282</v>
+        <v>285</v>
       </c>
       <c r="C103" t="s">
-        <v>285</v>
+        <v>286</v>
       </c>
       <c r="D103" t="s">
-        <v>286</v>
+        <v>287</v>
       </c>
     </row>
     <row r="104" spans="1:4">
       <c r="A104" t="s">
         <v>48</v>
       </c>
       <c r="B104" t="s">
-        <v>287</v>
+        <v>285</v>
       </c>
       <c r="C104" t="s">
         <v>288</v>
       </c>
       <c r="D104" t="s">
         <v>289</v>
       </c>
     </row>
     <row r="105" spans="1:4">
       <c r="A105" t="s">
         <v>48</v>
       </c>
       <c r="B105" t="s">
         <v>290</v>
       </c>
       <c r="C105" t="s">
         <v>291</v>
       </c>
       <c r="D105" t="s">
         <v>292</v>
       </c>
     </row>
     <row r="106" spans="1:4">
       <c r="A106" t="s">
         <v>48</v>
@@ -3097,77 +3097,77 @@
     </row>
     <row r="108" spans="1:4">
       <c r="A108" t="s">
         <v>48</v>
       </c>
       <c r="B108" t="s">
         <v>299</v>
       </c>
       <c r="C108" t="s">
         <v>300</v>
       </c>
       <c r="D108" t="s">
         <v>301</v>
       </c>
     </row>
     <row r="109" spans="1:4">
       <c r="A109" t="s">
         <v>48</v>
       </c>
       <c r="B109" t="s">
         <v>302</v>
       </c>
       <c r="C109" t="s">
         <v>303</v>
       </c>
-      <c r="D109"/>
+      <c r="D109" t="s">
+        <v>304</v>
+      </c>
     </row>
     <row r="110" spans="1:4">
       <c r="A110" t="s">
         <v>48</v>
       </c>
       <c r="B110" t="s">
-        <v>304</v>
+        <v>305</v>
       </c>
       <c r="C110" t="s">
-        <v>305</v>
+        <v>306</v>
       </c>
       <c r="D110"/>
     </row>
     <row r="111" spans="1:4">
       <c r="A111" t="s">
         <v>48</v>
       </c>
       <c r="B111" t="s">
-        <v>306</v>
+        <v>307</v>
       </c>
       <c r="C111" t="s">
-        <v>307</v>
-[...1 lines deleted...]
-      <c r="D111" t="s">
         <v>308</v>
       </c>
+      <c r="D111"/>
     </row>
     <row r="112" spans="1:4">
       <c r="A112" t="s">
         <v>48</v>
       </c>
       <c r="B112" t="s">
         <v>309</v>
       </c>
       <c r="C112" t="s">
         <v>310</v>
       </c>
       <c r="D112" t="s">
         <v>311</v>
       </c>
     </row>
     <row r="113" spans="1:4">
       <c r="A113" t="s">
         <v>48</v>
       </c>
       <c r="B113" t="s">
         <v>312</v>
       </c>
       <c r="C113" t="s">
         <v>313</v>
       </c>
@@ -3394,51 +3394,51 @@
       </c>
       <c r="C130" t="s">
         <v>356</v>
       </c>
       <c r="D130"/>
     </row>
     <row r="131" spans="1:4">
       <c r="A131" t="s">
         <v>314</v>
       </c>
       <c r="B131" t="s">
         <v>357</v>
       </c>
       <c r="C131" t="s">
         <v>358</v>
       </c>
       <c r="D131" t="s">
         <v>359</v>
       </c>
     </row>
     <row r="132" spans="1:4">
       <c r="A132" t="s">
         <v>314</v>
       </c>
       <c r="B132" t="s">
-        <v>245</v>
+        <v>248</v>
       </c>
       <c r="C132" t="s">
         <v>360</v>
       </c>
       <c r="D132"/>
     </row>
     <row r="133" spans="1:4">
       <c r="A133" t="s">
         <v>314</v>
       </c>
       <c r="B133" t="s">
         <v>312</v>
       </c>
       <c r="C133" t="s">
         <v>361</v>
       </c>
       <c r="D133" t="s">
         <v>362</v>
       </c>
     </row>
     <row r="134" spans="1:4">
       <c r="A134" t="s">
         <v>363</v>
       </c>
       <c r="B134" t="s">