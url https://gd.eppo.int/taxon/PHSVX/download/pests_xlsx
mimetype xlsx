--- v2 (2026-02-03)
+++ v3 (2026-02-24)
@@ -251,51 +251,51 @@
     <t>Begomovirus cucurbitapeponis</t>
   </si>
   <si>
     <t xml:space="preserve">* Cohen S, Duffus JE, Larsen RC, Liu HY, Flock RA (1983) Purification, serology, and vector relationships of squash leaf curl virus, a whitefly-transmitted geminivirus. Phytopathology 73(12), 1669-1673.
 ------- experimental host.
 * Farrag AA, El-Attar AK, El-Banna OH,  Ibrahim AI, Mazyad HM (2014) Squash leaf curl virus (SLCV) incidence and severity on Phaseolus vulgaris in Egypt. Egyptian J Virol. 11(2), 112-123.
 ------- natural host. 
 </t>
   </si>
   <si>
     <t>CLCUGV</t>
   </si>
   <si>
     <t>Begomovirus gossypigeziraense</t>
   </si>
   <si>
     <t>* Abdel-Salam AM, Soliman DZ (2025) A New Host Record for Cotton Leaf Curl Gezira Virus (CLCuGeV) Infecting Common Bean (Phaseolus vulgaris) Plants in Egypt. Egyptian Academic Journal of Biological Sciences, G. Microbiology, 17(1), 53-68. doi: 10.21608/eajbsg.2025.407864</t>
   </si>
   <si>
     <t>TOLCND</t>
   </si>
   <si>
     <t>Begomovirus solanumdelhiense</t>
   </si>
   <si>
-    <t>* Han K, Ma C, Zhao W, Yan D (2025) First report of Tomato leaf curl New Delhi virus infecting common bean (Phaseolus vulgaris) in China. Plant Disease. First Look.</t>
+    <t>* Han K, Ma C, Zhao W, Yan D (2025) First report of Tomato leaf curl New Delhi virus infecting common bean (Phaseolus vulgaris) in China. Plant Disease 109(7), 1597. https://doi.org/10.1094/PDIS-03-25-0592-PDN</t>
   </si>
   <si>
     <t>TOSRV0</t>
   </si>
   <si>
     <t>Begomovirus solanumseverugosi</t>
   </si>
   <si>
     <t>* Macedo MA, Barreto SS, Costa TM, Maliano MR, Rojas MR, Gilbertson RL, Inoue-Nagata AK (2017) First report of common beans as a non-symptomatic host of Tomato severe rugose virus in Brazil. Plant Disease 101(1), 261. https://doi.org/10.1094/PDIS-03-16-0330-PDN
 ------- symptomless.</t>
   </si>
   <si>
     <t>BEMITA</t>
   </si>
   <si>
     <t>Bemisia tabaci</t>
   </si>
   <si>
     <t>* McKenzie CL, Sparks Jr AN, Roberts P, Oetting RD, Osborne LS (2020) Survey of Bemisia tabaci (Hemiptera: Aleyrodidae) in agricultural ecosystems in Georgia. Journal of Entomological Science 55(2), 163-170.</t>
   </si>
   <si>
     <t>BRAPSU</t>
   </si>
   <si>
     <t>Brachyplatys subaeneus</t>