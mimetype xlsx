--- v3 (2026-02-24)
+++ v4 (2026-03-18)
@@ -833,51 +833,51 @@
   <si>
     <t>* Lynch TN, Marois JJ, Wright DL, Harmon PF, Harmon CL, Miles MR (2006) First report of soybean rust caused by Phakopsora pachyrhizi on Phaseolus spp. in the United States. Plant Disease 90(7), p 970.</t>
   </si>
   <si>
     <t>GNORAB</t>
   </si>
   <si>
     <t>Phthorimaea absoluta</t>
   </si>
   <si>
     <t>* Idriss GEA, du Plessis H, Khamis FM, Ekesi S, Tanga CM, Mohamed SA (2020) Host range and effects of plant speices on preference and fitness of Tuta absoluta (Lepidoptera: Gelechiidae). Journal of Economic Entomology 113(3), 1279-1289.</t>
   </si>
   <si>
     <t>PHMPOM</t>
   </si>
   <si>
     <t>Phymatotrichopsis omnivora</t>
   </si>
   <si>
     <t>* Anonymous (1960) Index of Plant Diseases in the United States. Agriculture Handbook no 165, USDA-ARS (US) 531 pp.</t>
   </si>
   <si>
     <t>PHYTNP</t>
   </si>
   <si>
-    <t>Phytophthora nicotianae var. parasitica</t>
+    <t>Phytophthora nicotianae</t>
   </si>
   <si>
     <t>PLAAST</t>
   </si>
   <si>
     <t>Platynota stultana</t>
   </si>
   <si>
     <t>* Korycinska A, Eyre D (2015) Plant pest fact sheet. Omnivorous leafroller, Platynota stultana. Department for Environmental Food and Rural Affairs, UK.</t>
   </si>
   <si>
     <t>PRDILO</t>
   </si>
   <si>
     <t>Prodiplosis longifila</t>
   </si>
   <si>
     <t>* Dhileepan K, Neser S, Rumiz D, Raman A, Sharma A (2017) Host associations of gall-inducing Prodiplosis longifila (Diptera: Cecidomyiidae) from Bolivia: Implications for its use as a biological control agent for Jatropha gossypiifolia (Euphorbiaceae). Florida Entomologist, 100(4), 777-786.
 * Diaz-Silva F (2011) [Agroecological aspects for the integrated management of Prodiplosis longifila Gagné in the irrigation of Chavimochic]. Escuela de Ciencias Biológicas, Universidad de Trujillo, Trujillo, PERU (in Spanish).
 * Valarezo O, Cañarte E, Navarrete B, Arias M (2003) [Prodiplosis longifila (Diptera: Cecidomyiidae) main tomato pest in Ecuador.] Manual 51, INIAP, Ecuador. (in Spanish)</t>
   </si>
   <si>
     <t>PROETR</t>
   </si>
   <si>