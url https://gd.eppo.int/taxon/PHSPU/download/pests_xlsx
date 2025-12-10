--- v0 (2025-10-04)
+++ v1 (2025-12-10)
@@ -12,84 +12,91 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="PHSPU" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="28">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="30">
   <si>
     <t>type</t>
   </si>
   <si>
     <t>EPPOCode</t>
   </si>
   <si>
     <t>Pref_name</t>
   </si>
   <si>
     <t>References</t>
+  </si>
+  <si>
+    <t>Doubtful host</t>
+  </si>
+  <si>
+    <t>BGMV00</t>
+  </si>
+  <si>
+    <t>Begomovirus costai (as Phaseolus)</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Mentioned in EPPO/CABI (1997) Data Sheet on Bean golden mosaic bigeminivirus. 
+However, the datasheet pre-dates the separation of bean golden mosaic virus and bean golden yellow mosaic virus. No more recent references were found regarding Phaseolus species, except the confirmed hosts P. vulgaris and P. lunatus. </t>
   </si>
   <si>
     <t>Experimental</t>
   </si>
   <si>
     <t>HETDGL</t>
   </si>
   <si>
     <t>Heterodera glycines</t>
   </si>
   <si>
     <t>* Riggs RD, Hamblen ML (1962) Soybean-cyst nematode host studies in the family Leguminosae. Report Series 110. Agricultural Experiment Station. University of Arkansas, Fayetteville (US), 18 pp.
 ------- Host range experiments.</t>
   </si>
   <si>
     <t>Host</t>
-  </si>
-[...4 lines deleted...]
-    <t>Begomovirus costai (as Phaseolus)</t>
   </si>
   <si>
     <t>HELIZE</t>
   </si>
   <si>
     <t>Helicoverpa zea (as Phaseolus)</t>
   </si>
   <si>
     <t>* Matthews M (1991) Classification of the Heliothinae. Bulletin of the Natural Resources Institute No. 44. Natural Resources Institute, Chatham, UK.</t>
   </si>
   <si>
     <t>MELGET</t>
   </si>
   <si>
     <t>Meloidogyne ethiopica</t>
   </si>
   <si>
     <t>* Lima E A, Mattos J K, Moita A W, Carneiro R G &amp; Carneiro R M D G (2009) Host status of different crops for Meloidogyne ethiopica control. Tropical Plant Pathology 34, 152-157.
 -------As Vigna umbellata. In experiments, it was found to be an excellent host</t>
   </si>
   <si>
     <t>BCMV00</t>
   </si>
   <si>
     <t>Potyvirus phaseovulgaris</t>
@@ -454,185 +461,187 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:D10"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="15.282" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="16.425" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="10.569" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="57.7" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="286.502" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" t="s">
         <v>4</v>
       </c>
       <c r="B2" t="s">
         <v>5</v>
       </c>
       <c r="C2" t="s">
         <v>6</v>
       </c>
       <c r="D2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="3" spans="1:4">
       <c r="A3" t="s">
         <v>8</v>
       </c>
       <c r="B3" t="s">
         <v>9</v>
       </c>
       <c r="C3" t="s">
         <v>10</v>
       </c>
-      <c r="D3"/>
+      <c r="D3" t="s">
+        <v>11</v>
+      </c>
     </row>
     <row r="4" spans="1:4">
       <c r="A4" t="s">
-        <v>8</v>
+        <v>12</v>
       </c>
       <c r="B4" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="C4" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="D4" t="s">
-        <v>13</v>
+        <v>15</v>
       </c>
     </row>
     <row r="5" spans="1:4">
       <c r="A5" t="s">
-        <v>8</v>
+        <v>12</v>
       </c>
       <c r="B5" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="C5" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="D5" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
     </row>
     <row r="6" spans="1:4">
       <c r="A6" t="s">
-        <v>8</v>
+        <v>12</v>
       </c>
       <c r="B6" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="C6" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="D6" t="s">
-        <v>19</v>
+        <v>21</v>
       </c>
     </row>
     <row r="7" spans="1:4">
       <c r="A7" t="s">
-        <v>8</v>
+        <v>12</v>
       </c>
       <c r="B7" t="s">
-        <v>20</v>
+        <v>22</v>
       </c>
       <c r="C7" t="s">
-        <v>21</v>
+        <v>23</v>
       </c>
       <c r="D7"/>
     </row>
     <row r="8" spans="1:4">
       <c r="A8" t="s">
-        <v>8</v>
+        <v>12</v>
       </c>
       <c r="B8" t="s">
-        <v>20</v>
+        <v>22</v>
       </c>
       <c r="C8" t="s">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="D8"/>
     </row>
     <row r="9" spans="1:4">
       <c r="A9" t="s">
-        <v>8</v>
+        <v>12</v>
       </c>
       <c r="B9" t="s">
-        <v>23</v>
+        <v>25</v>
       </c>
       <c r="C9" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="D9" t="s">
-        <v>25</v>
+        <v>27</v>
       </c>
     </row>
     <row r="10" spans="1:4">
       <c r="A10" t="s">
-        <v>8</v>
+        <v>12</v>
       </c>
       <c r="B10" t="s">
-        <v>26</v>
+        <v>28</v>
       </c>
       <c r="C10" t="s">
-        <v>27</v>
+        <v>29</v>
       </c>
       <c r="D10"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>