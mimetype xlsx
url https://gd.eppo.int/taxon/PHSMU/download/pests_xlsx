--- v0 (2025-10-09)
+++ v1 (2025-10-30)
@@ -12,87 +12,98 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="PHSMU" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="50">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="53">
   <si>
     <t>type</t>
   </si>
   <si>
     <t>EPPOCode</t>
   </si>
   <si>
     <t>Pref_name</t>
   </si>
   <si>
     <t>References</t>
   </si>
   <si>
     <t>Experimental</t>
   </si>
   <si>
     <t>HETDGL</t>
   </si>
   <si>
     <t>Heterodera glycines</t>
   </si>
   <si>
     <t>* Riggs RD, Hamblen ML (1962) Soybean-cyst nematode host studies in the family Leguminosae. Report Series 110. Agricultural Experiment Station. University of Arkansas, Fayetteville (US), 18 pp.
 ------- Host range experiments.</t>
   </si>
   <si>
     <t>Host</t>
   </si>
   <si>
     <t>ALEDDI</t>
   </si>
   <si>
     <t>Aleurodicus dispersus</t>
   </si>
   <si>
     <t>* Boopathi T (2022) New host plants, natural enemy complex and newly distributed potential areas of exotic spiralling whitefly (Hemiptera: Aleyrodidae) in India. Phytoparasitica 50(2), 335-357.</t>
+  </si>
+  <si>
+    <t>EMPOBI</t>
+  </si>
+  <si>
+    <t>Amrasca biguttula</t>
+  </si>
+  <si>
+    <t xml:space="preserve">* Saeed R, Razaq M, Hardy IC (2015) The importance of alternative host plants as reservoirs of the cotton leaf hopper, Amrasca devastans, and its natural enemies. Journal of Pest Science 88, 517–531.
+------- true host as Phaseolus mungo.
+</t>
   </si>
   <si>
     <t>BGMV00</t>
   </si>
   <si>
     <t>Begomovirus costai (as Vigna)</t>
   </si>
   <si>
     <t>CPMMV0</t>
   </si>
   <si>
     <t>Carlavirus vignae</t>
   </si>
   <si>
     <t>* Thouvenel JC, Monsarrat A, Fauquet C (1982) Isolation of cowpea mild mottle virus from diseased soybeans in the Ivory Coast. Plant Disease 66(4), 336-337.</t>
   </si>
   <si>
     <t>ELASLI</t>
   </si>
   <si>
     <t>Elasmopalpus lignosellus</t>
   </si>
   <si>
     <t>* Neunzig HH (1979) Systematics of immature Phycitines (Lepidoptera: Pyralidae) associated with leguminous plants in the Southern United States. USDA Technical Bulletin no. 1589, 126 pp.</t>
   </si>
@@ -510,51 +521,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:D17"/>
+  <dimension ref="A1:D18"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="15.282" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="10.569" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="57.7" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="391.619" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
@@ -576,65 +587,65 @@
     </row>
     <row r="3" spans="1:4">
       <c r="A3" t="s">
         <v>8</v>
       </c>
       <c r="B3" t="s">
         <v>9</v>
       </c>
       <c r="C3" t="s">
         <v>10</v>
       </c>
       <c r="D3" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="4" spans="1:4">
       <c r="A4" t="s">
         <v>8</v>
       </c>
       <c r="B4" t="s">
         <v>12</v>
       </c>
       <c r="C4" t="s">
         <v>13</v>
       </c>
-      <c r="D4"/>
+      <c r="D4" t="s">
+        <v>14</v>
+      </c>
     </row>
     <row r="5" spans="1:4">
       <c r="A5" t="s">
         <v>8</v>
       </c>
       <c r="B5" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="C5" t="s">
-        <v>15</v>
-[...1 lines deleted...]
-      <c r="D5" t="s">
         <v>16</v>
       </c>
+      <c r="D5"/>
     </row>
     <row r="6" spans="1:4">
       <c r="A6" t="s">
         <v>8</v>
       </c>
       <c r="B6" t="s">
         <v>17</v>
       </c>
       <c r="C6" t="s">
         <v>18</v>
       </c>
       <c r="D6" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="7" spans="1:4">
       <c r="A7" t="s">
         <v>8</v>
       </c>
       <c r="B7" t="s">
         <v>20</v>
       </c>
       <c r="C7" t="s">
         <v>21</v>
       </c>
@@ -644,156 +655,170 @@
     </row>
     <row r="8" spans="1:4">
       <c r="A8" t="s">
         <v>8</v>
       </c>
       <c r="B8" t="s">
         <v>23</v>
       </c>
       <c r="C8" t="s">
         <v>24</v>
       </c>
       <c r="D8" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="9" spans="1:4">
       <c r="A9" t="s">
         <v>8</v>
       </c>
       <c r="B9" t="s">
         <v>26</v>
       </c>
       <c r="C9" t="s">
         <v>27</v>
       </c>
-      <c r="D9"/>
+      <c r="D9" t="s">
+        <v>28</v>
+      </c>
     </row>
     <row r="10" spans="1:4">
       <c r="A10" t="s">
         <v>8</v>
       </c>
       <c r="B10" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="C10" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="D10"/>
     </row>
     <row r="11" spans="1:4">
       <c r="A11" t="s">
         <v>8</v>
       </c>
       <c r="B11" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="C11" t="s">
-        <v>31</v>
-[...1 lines deleted...]
-      <c r="D11" t="s">
         <v>32</v>
       </c>
+      <c r="D11"/>
     </row>
     <row r="12" spans="1:4">
       <c r="A12" t="s">
         <v>8</v>
       </c>
       <c r="B12" t="s">
         <v>33</v>
       </c>
       <c r="C12" t="s">
         <v>34</v>
       </c>
-      <c r="D12"/>
+      <c r="D12" t="s">
+        <v>35</v>
+      </c>
     </row>
     <row r="13" spans="1:4">
       <c r="A13" t="s">
         <v>8</v>
       </c>
       <c r="B13" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="C13" t="s">
-        <v>36</v>
-[...1 lines deleted...]
-      <c r="D13" t="s">
         <v>37</v>
       </c>
+      <c r="D13"/>
     </row>
     <row r="14" spans="1:4">
       <c r="A14" t="s">
         <v>8</v>
       </c>
       <c r="B14" t="s">
         <v>38</v>
       </c>
       <c r="C14" t="s">
         <v>39</v>
       </c>
-      <c r="D14"/>
+      <c r="D14" t="s">
+        <v>40</v>
+      </c>
     </row>
     <row r="15" spans="1:4">
       <c r="A15" t="s">
         <v>8</v>
       </c>
       <c r="B15" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="C15" t="s">
-        <v>41</v>
-[...1 lines deleted...]
-      <c r="D15" t="s">
         <v>42</v>
       </c>
+      <c r="D15"/>
     </row>
     <row r="16" spans="1:4">
       <c r="A16" t="s">
         <v>8</v>
       </c>
       <c r="B16" t="s">
         <v>43</v>
       </c>
       <c r="C16" t="s">
         <v>44</v>
       </c>
       <c r="D16" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="17" spans="1:4">
       <c r="A17" t="s">
+        <v>8</v>
+      </c>
+      <c r="B17" t="s">
         <v>46</v>
       </c>
-      <c r="B17" t="s">
+      <c r="C17" t="s">
         <v>47</v>
       </c>
-      <c r="C17" t="s">
+      <c r="D17" t="s">
         <v>48</v>
       </c>
-      <c r="D17" t="s">
+    </row>
+    <row r="18" spans="1:4">
+      <c r="A18" t="s">
         <v>49</v>
+      </c>
+      <c r="B18" t="s">
+        <v>50</v>
+      </c>
+      <c r="C18" t="s">
+        <v>51</v>
+      </c>
+      <c r="D18" t="s">
+        <v>52</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">