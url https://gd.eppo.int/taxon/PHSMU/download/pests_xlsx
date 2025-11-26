--- v1 (2025-10-30)
+++ v2 (2025-11-26)
@@ -12,104 +12,111 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="PHSMU" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="53">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="55">
   <si>
     <t>type</t>
   </si>
   <si>
     <t>EPPOCode</t>
   </si>
   <si>
     <t>Pref_name</t>
   </si>
   <si>
     <t>References</t>
+  </si>
+  <si>
+    <t>Doubtful host</t>
+  </si>
+  <si>
+    <t>BGMV00</t>
+  </si>
+  <si>
+    <t>Begomovirus costai (as Vigna)</t>
+  </si>
+  <si>
+    <t>Mentioned in EPPO/CABI (1997) Data Sheet on Bean golden mosaic bigeminivirus. 
+However, the datasheet pre-dates the separation of bean golden mosaic virus and bean golden yellow mosaic virus. No more recent reference was found to species of this genus as hosts of bean golden mosaic virus, and the host status is therefore considered doubtful (2025-11).</t>
   </si>
   <si>
     <t>Experimental</t>
   </si>
   <si>
     <t>HETDGL</t>
   </si>
   <si>
     <t>Heterodera glycines</t>
   </si>
   <si>
     <t>* Riggs RD, Hamblen ML (1962) Soybean-cyst nematode host studies in the family Leguminosae. Report Series 110. Agricultural Experiment Station. University of Arkansas, Fayetteville (US), 18 pp.
 ------- Host range experiments.</t>
   </si>
   <si>
     <t>Host</t>
   </si>
   <si>
     <t>ALEDDI</t>
   </si>
   <si>
     <t>Aleurodicus dispersus</t>
   </si>
   <si>
     <t>* Boopathi T (2022) New host plants, natural enemy complex and newly distributed potential areas of exotic spiralling whitefly (Hemiptera: Aleyrodidae) in India. Phytoparasitica 50(2), 335-357.</t>
   </si>
   <si>
     <t>EMPOBI</t>
   </si>
   <si>
     <t>Amrasca biguttula</t>
   </si>
   <si>
     <t xml:space="preserve">* Saeed R, Razaq M, Hardy IC (2015) The importance of alternative host plants as reservoirs of the cotton leaf hopper, Amrasca devastans, and its natural enemies. Journal of Pest Science 88, 517–531.
 ------- true host as Phaseolus mungo.
 </t>
-  </si>
-[...4 lines deleted...]
-    <t>Begomovirus costai (as Vigna)</t>
   </si>
   <si>
     <t>CPMMV0</t>
   </si>
   <si>
     <t>Carlavirus vignae</t>
   </si>
   <si>
     <t>* Thouvenel JC, Monsarrat A, Fauquet C (1982) Isolation of cowpea mild mottle virus from diseased soybeans in the Ivory Coast. Plant Disease 66(4), 336-337.</t>
   </si>
   <si>
     <t>ELASLI</t>
   </si>
   <si>
     <t>Elasmopalpus lignosellus</t>
   </si>
   <si>
     <t>* Neunzig HH (1979) Systematics of immature Phycitines (Lepidoptera: Pyralidae) associated with leguminous plants in the Southern United States. USDA Technical Bulletin no. 1589, 126 pp.</t>
   </si>
   <si>
     <t>HETDCJ</t>
   </si>
   <si>
     <t>Heterodera cajani</t>
   </si>
@@ -529,296 +536,298 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:D18"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="15.282" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="16.425" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="10.569" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="57.7" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="391.619" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" t="s">
         <v>4</v>
       </c>
       <c r="B2" t="s">
         <v>5</v>
       </c>
       <c r="C2" t="s">
         <v>6</v>
       </c>
       <c r="D2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="3" spans="1:4">
       <c r="A3" t="s">
         <v>8</v>
       </c>
       <c r="B3" t="s">
         <v>9</v>
       </c>
       <c r="C3" t="s">
         <v>10</v>
       </c>
       <c r="D3" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="4" spans="1:4">
       <c r="A4" t="s">
-        <v>8</v>
+        <v>12</v>
       </c>
       <c r="B4" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="C4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="D4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
     </row>
     <row r="5" spans="1:4">
       <c r="A5" t="s">
-        <v>8</v>
+        <v>12</v>
       </c>
       <c r="B5" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="C5" t="s">
-        <v>16</v>
-[...1 lines deleted...]
-      <c r="D5"/>
+        <v>17</v>
+      </c>
+      <c r="D5" t="s">
+        <v>18</v>
+      </c>
     </row>
     <row r="6" spans="1:4">
       <c r="A6" t="s">
-        <v>8</v>
+        <v>12</v>
       </c>
       <c r="B6" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="C6" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="D6" t="s">
-        <v>19</v>
+        <v>21</v>
       </c>
     </row>
     <row r="7" spans="1:4">
       <c r="A7" t="s">
-        <v>8</v>
+        <v>12</v>
       </c>
       <c r="B7" t="s">
-        <v>20</v>
+        <v>22</v>
       </c>
       <c r="C7" t="s">
-        <v>21</v>
+        <v>23</v>
       </c>
       <c r="D7" t="s">
-        <v>22</v>
+        <v>24</v>
       </c>
     </row>
     <row r="8" spans="1:4">
       <c r="A8" t="s">
-        <v>8</v>
+        <v>12</v>
       </c>
       <c r="B8" t="s">
-        <v>23</v>
+        <v>25</v>
       </c>
       <c r="C8" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="D8" t="s">
-        <v>25</v>
+        <v>27</v>
       </c>
     </row>
     <row r="9" spans="1:4">
       <c r="A9" t="s">
-        <v>8</v>
+        <v>12</v>
       </c>
       <c r="B9" t="s">
-        <v>26</v>
+        <v>28</v>
       </c>
       <c r="C9" t="s">
-        <v>27</v>
+        <v>29</v>
       </c>
       <c r="D9" t="s">
-        <v>28</v>
+        <v>30</v>
       </c>
     </row>
     <row r="10" spans="1:4">
       <c r="A10" t="s">
-        <v>8</v>
+        <v>12</v>
       </c>
       <c r="B10" t="s">
-        <v>29</v>
+        <v>31</v>
       </c>
       <c r="C10" t="s">
-        <v>30</v>
+        <v>32</v>
       </c>
       <c r="D10"/>
     </row>
     <row r="11" spans="1:4">
       <c r="A11" t="s">
-        <v>8</v>
+        <v>12</v>
       </c>
       <c r="B11" t="s">
-        <v>31</v>
+        <v>33</v>
       </c>
       <c r="C11" t="s">
-        <v>32</v>
+        <v>34</v>
       </c>
       <c r="D11"/>
     </row>
     <row r="12" spans="1:4">
       <c r="A12" t="s">
-        <v>8</v>
+        <v>12</v>
       </c>
       <c r="B12" t="s">
-        <v>33</v>
+        <v>35</v>
       </c>
       <c r="C12" t="s">
-        <v>34</v>
+        <v>36</v>
       </c>
       <c r="D12" t="s">
-        <v>35</v>
+        <v>37</v>
       </c>
     </row>
     <row r="13" spans="1:4">
       <c r="A13" t="s">
-        <v>8</v>
+        <v>12</v>
       </c>
       <c r="B13" t="s">
-        <v>36</v>
+        <v>38</v>
       </c>
       <c r="C13" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="D13"/>
     </row>
     <row r="14" spans="1:4">
       <c r="A14" t="s">
-        <v>8</v>
+        <v>12</v>
       </c>
       <c r="B14" t="s">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="C14" t="s">
-        <v>39</v>
+        <v>41</v>
       </c>
       <c r="D14" t="s">
-        <v>40</v>
+        <v>42</v>
       </c>
     </row>
     <row r="15" spans="1:4">
       <c r="A15" t="s">
-        <v>8</v>
+        <v>12</v>
       </c>
       <c r="B15" t="s">
-        <v>41</v>
+        <v>43</v>
       </c>
       <c r="C15" t="s">
-        <v>42</v>
+        <v>44</v>
       </c>
       <c r="D15"/>
     </row>
     <row r="16" spans="1:4">
       <c r="A16" t="s">
-        <v>8</v>
+        <v>12</v>
       </c>
       <c r="B16" t="s">
-        <v>43</v>
+        <v>45</v>
       </c>
       <c r="C16" t="s">
-        <v>44</v>
+        <v>46</v>
       </c>
       <c r="D16" t="s">
-        <v>45</v>
+        <v>47</v>
       </c>
     </row>
     <row r="17" spans="1:4">
       <c r="A17" t="s">
-        <v>8</v>
+        <v>12</v>
       </c>
       <c r="B17" t="s">
-        <v>46</v>
+        <v>48</v>
       </c>
       <c r="C17" t="s">
-        <v>47</v>
+        <v>49</v>
       </c>
       <c r="D17" t="s">
-        <v>48</v>
+        <v>50</v>
       </c>
     </row>
     <row r="18" spans="1:4">
       <c r="A18" t="s">
-        <v>49</v>
+        <v>51</v>
       </c>
       <c r="B18" t="s">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="C18" t="s">
-        <v>51</v>
+        <v>53</v>
       </c>
       <c r="D18" t="s">
-        <v>52</v>
+        <v>54</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">