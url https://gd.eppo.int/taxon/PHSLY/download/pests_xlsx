--- v0 (2025-10-09)
+++ v1 (2025-12-16)
@@ -48,70 +48,73 @@
     <t>References</t>
   </si>
   <si>
     <t>Experimental</t>
   </si>
   <si>
     <t>HETDGL</t>
   </si>
   <si>
     <t>Heterodera glycines</t>
   </si>
   <si>
     <t>* Riggs RD, Hamblen ML (1966) Further studies on the host range of the soybean-cyst. Bulletin of the Agricultural Experiment Station no. 718. University of Arkansas, Fayetteville (US), 19 pp.
 ------- Host range experiments.</t>
   </si>
   <si>
     <t>Host</t>
   </si>
   <si>
     <t>BGYMV0</t>
   </si>
   <si>
     <t>Begomovirus birdi</t>
   </si>
   <si>
-    <t>* Potter JL, Nakhla MK, Mejía L, Maxwell DP (2003) PCR and DNA hybridization methods for specific detection of bean-infecting begomoviruses in the Americas and Caribbean. Plant Disease 87(10), 1205-1212.
+    <t>* Bracero V, Rivera LI, Beaver JS (2003) DNA analysis confirms Macroptilium lathyroides as alternative host of Bean golden yellow mosaic virus. Plant Disease 87, 1022-1025.
+* Potter JL, Nakhla MK, Mejía L, Maxwell DP (2003) PCR and DNA hybridization methods for specific detection of bean-infecting begomoviruses in the Americas and Caribbean. Plant Disease 87(10), 1205-1212.
 ------- as Phaseolus lathyroides.</t>
   </si>
   <si>
     <t>TYLCV0</t>
   </si>
   <si>
     <t>Begomovirus coheni</t>
   </si>
   <si>
     <t>* Ying Z, Davis MJ (2000) Partial characterization and host range of tomato yellow leaf curl virus in South Florida. Proceedings of the Florida State Horticultural Society 113, 185-190.</t>
   </si>
   <si>
     <t>BGMV00</t>
   </si>
   <si>
     <t>Begomovirus costai</t>
   </si>
   <si>
-    <t>* Bracero V, Rivera LI, Beaver JS (2003) DNA analysis confirms Macroptilium lathyroides as alternative host of Bean golden yellow mosaic virus. Plant Disease, 87(9), 1022-1025.</t>
+    <t>* dos Reis LdNA, Batista JG, de Oliveira MLF, de Noronha Fonseca ME, de Faria JC, Aragão FJL, Boiteux LS, Pereira-Carvalho RdC (2025) Reexamining a Host-Associated Genomic Diversity of Bean Golden Mosaic Virus (BGMV) Isolates from Phaseolus Species and Other Fabaceae Hosts. Pathogens 14(7), 697. https://doi.org/10.3390/pathogens14070697
+-------  analysed several isolates from this plant. However, the authors stress the difficulties linked to host classification and sequence annotations for neotropical begomoviruses.
+* Sobrinho RR, Diniz CA, Pereira HM, Lima GSA, Assunção IP, Mizubuti ESG, Duffy S, Zerbini FM (2014) Contrasting genetic structure between two begomoviruses infecting the same leguminous hosts. Journal of General Virology 95, 2540-2552.</t>
   </si>
   <si>
     <t>CPMMV0</t>
   </si>
   <si>
     <t>Carlavirus vignae</t>
   </si>
   <si>
     <t>* Thouvenel JC, Monsarrat A, Fauquet C (1982) Isolation of cowpea mild mottle virus from diseased soybeans in the Ivory Coast. Plant Disease 66(4), 336-337.</t>
   </si>
   <si>
     <t>MEGTUS</t>
   </si>
   <si>
     <t>Megalurothrips usitatus</t>
   </si>
   <si>
     <t>* Reyes CP (1994) Thysanoptera (Hexapoda) of the Philippine Islands. Raffles Bulletin of Zoology 42(2), 107-507.</t>
   </si>
   <si>
     <t>BCMV00</t>
   </si>
   <si>
     <t>Potyvirus phaseovulgaris</t>
   </si>
@@ -474,51 +477,51 @@
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:D10"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="15.282" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="10.569" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="43.561" bestFit="true" customWidth="true" style="0"/>
-    <col min="4" max="4" width="320.779" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="399.76" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" t="s">
         <v>4</v>
       </c>
       <c r="B2" t="s">
         <v>5</v>
       </c>
       <c r="C2" t="s">
         <v>6</v>