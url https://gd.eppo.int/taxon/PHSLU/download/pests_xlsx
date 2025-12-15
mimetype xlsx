--- v0 (2025-10-08)
+++ v1 (2025-12-15)
@@ -12,103 +12,121 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="PHSLU" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="122">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="124">
   <si>
     <t>type</t>
   </si>
   <si>
     <t>EPPOCode</t>
   </si>
   <si>
     <t>Pref_name</t>
   </si>
   <si>
     <t>References</t>
   </si>
   <si>
     <t>Doubtful host</t>
+  </si>
+  <si>
+    <t>BGMV00</t>
+  </si>
+  <si>
+    <t>Begomovirus costai (as Phaseolus)</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Mentioned in EPPO/CABI (1997) Data Sheet on Bean golden mosaic bigeminivirus. 
+However, the datasheet pre-dates the separation of bean golden mosaic virus and bean golden yellow mosaic virus. No more recent references were found regarding Phaseolus species, except the confirmed hosts P. vulgaris and P. lunatus. </t>
   </si>
   <si>
     <t>TETRME</t>
   </si>
   <si>
     <t>Tetranychus mexicanus</t>
   </si>
   <si>
     <t>* EPPO (2023) Pest risk analysis for Tetranychus mexicanus. EPPO, Paris
 ------- uncertain host (see PRA for details)
 * Flechtmann CHW &amp; Moraes RCB (2017) Tetranychidae Database. http://www.lea.esalq.usp.br/tetranychidae/</t>
   </si>
   <si>
     <t>Experimental</t>
   </si>
   <si>
     <t>MELGMY</t>
   </si>
   <si>
     <t>Meloidogyne enterolobii</t>
   </si>
   <si>
     <t>* Bitencourt NV, Silva GS (2010) Reacao de genotpicos de fava a Meloidogyne incognita e M. enterolobii (Reaction of lima bean to Meloidogyne incognita and M. enterolobii). Nematologia Brasileira 34, 184-186.</t>
   </si>
   <si>
     <t>Host</t>
   </si>
   <si>
-    <t>BGMV00</t>
+    <t>BGYMV0</t>
+  </si>
+  <si>
+    <t>Begomovirus birdi</t>
+  </si>
+  <si>
+    <t>* Cuéllar ME, Morales FJ (2006) La mosca blanca Bemisia tabaci (Gennadius) como plaga y vectora de virus en fríjol común (Phaseolus vulgaris L.). Revista Colombiana de Entomología 32(1), 1-9.
+------- citing other publications.
+* Morales F, González G, Murguido C, Echemendía A, Martínez Y, Hernández Y, Faure B, Chailloux M (2005) Chapter 3.10 Cuba. pp. 230-235. In Whitefly and Whitefly-borne Viruses in the Tropics: Building a Knowledge Base for Global Action. Eds Anderson PK, Morales FJ. CIAT Publication No. 341. International Center for Tropical Agriculture, Cali, Colombia. 351 pp.
+------- mentions one isolate from Phaseolus lunatus from Cuba</t>
   </si>
   <si>
     <t>Begomovirus costai</t>
   </si>
   <si>
-    <t>* Blair MW, Bassett MJ, Abouzid AM, Hiebert E, Polston JE, McMillan RJ, Graves W, Lamberts M (1995) Occurrence of bean golden mosaic virus in Florida. Plant Disease, 79 (5), 529-533.</t>
-[...2 lines deleted...]
-    <t>Begomovirus costai (as Phaseolus)</t>
+    <t>* dos Reis LdNA, Batista JG, de Oliveira MLF, de Noronha Fonseca ME, de Faria JC, Aragão FJL, Boiteux LS, Pereira-Carvalho RdC (2025) Reexamining a Host-Associated Genomic Diversity of Bean Golden Mosaic Virus (BGMV) Isolates from Phaseolus Species and Other Fabaceae Hosts. Pathogens 14(7), 697. https://doi.org/10.3390/pathogens14070697
+------- two isolates from P. lanatus has a high sequence identity with reference isolate of BGMV. However, they stress the difficulties linked to host classification and sequence annotations for neotropical begomoviruses.
+* Sobrinho RR, Diniz CA, Pereira HM, Lima GSA, Assunção IP, Mizubuti ESG, Duffy S, Zerbini FM (2014) Contrasting genetic structure between two begomoviruses infecting the same leguminous hosts. Journal of General Virology 95, 2540-2552.</t>
   </si>
   <si>
     <t>BRAPSU</t>
   </si>
   <si>
     <t>Brachyplatys subaeneus</t>
   </si>
   <si>
     <t>* Rédei D (2016) The identity of the Brachyplatys species recently introduced to Panama, with a review of bionomics (Hemiptera: Heteroptera: Plataspidae). Zootaxa 4136(1), 141-154.</t>
   </si>
   <si>
     <t>CPMMV0</t>
   </si>
   <si>
     <t>Carlavirus vignae</t>
   </si>
   <si>
     <t>* Jeyanandarajah P, Brunt AA (1993) The natural occurrence, transmission, properties and possible affinities of cowpea mild mottle virus. Journal of Phytopathology 137, 148-156.
 * Thouvenel JC, Monsarrat A, Fauquet C (1982) Isolation of cowpea mild mottle virus from diseased soybeans in the Ivory Coast. Plant Disease 66(4), 336-337.</t>
   </si>
   <si>
     <t>HELIVI</t>
   </si>
   <si>
     <t>Chloridea virescens</t>
@@ -386,56 +404,50 @@
   <si>
     <t>Trogoderma granarium</t>
   </si>
   <si>
     <t xml:space="preserve">* Athanassiou CG, Phillips TW, Wakil W (2019) Biology and Control of the Khapra Beetle, Trogoderma granarium, a Major Quarantine Threat to Global Food Security. Annual Review of Entomology 64, 131-148. Supplemental Table 1.
 * French S, Venette RC (2005) Mini Risk Assessment - Khapra Beetle, Trogoderma granarium (Everts) [Coleoptera: Dermestidae]. CAPS. 22 pp.
 ------- life cycle not completed on this host (citing others)
 * Global Invasive Species Database (2025) Species profile: Trogoderma granarium. http://www.iucngisd.org/gisd/species.php?sc=142 (27-02-2025).
 ------- feeding host (larvae can feed but cannot fully develop)
 </t>
   </si>
   <si>
     <t>XANTPH</t>
   </si>
   <si>
     <t>Xanthomonas phaseoli pv. phaseoli</t>
   </si>
   <si>
     <t xml:space="preserve">* Osdaghi E, Zademohamad A (2016) Phaseolus lunatus, a new host of Xanthomonas axonopodis pv. phaseoli in Iran. Journal of Phytopathology 164 (1), 56-60. </t>
   </si>
   <si>
     <t>Xanthomonas phaseoli pv. phaseoli (as Phaseolus)</t>
   </si>
   <si>
     <t>Major host</t>
-  </si>
-[...4 lines deleted...]
-    <t>Begomovirus birdi</t>
   </si>
   <si>
     <t>CORBFL</t>
   </si>
   <si>
     <t>Curtobacterium flaccumfaciens pv. flaccumfaciens</t>
   </si>
   <si>
     <t>* Osdaghi E (2014) Bacterial wilt of lima bean (Phaseolus lunatus) caused by Curtobacterium flaccumfaciens pv. flaccumfaciens, a new disease in Iran. Journal of Plant Pathology 96(suppl.), S4.118.
 * Osdaghi E, Young AJ, Harveson RM (2020) Bacterial wilt of dry beans caused by Curtobacterium flaccumfaciens pv. flaccumfaciens: A new threat from an old enemy. Molecular Plant Pathology 21, 605-621. https://doi.org/10.1111/mpp.12926.</t>
   </si>
   <si>
     <t>LGMV00</t>
   </si>
   <si>
     <t>Limabean golden mosaic virus</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
@@ -799,613 +811,617 @@
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" t="s">
         <v>4</v>
       </c>
       <c r="B2" t="s">
         <v>5</v>
       </c>
       <c r="C2" t="s">
         <v>6</v>
       </c>
       <c r="D2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="3" spans="1:4">
       <c r="A3" t="s">
+        <v>4</v>
+      </c>
+      <c r="B3" t="s">
         <v>8</v>
       </c>
-      <c r="B3" t="s">
+      <c r="C3" t="s">
         <v>9</v>
       </c>
-      <c r="C3" t="s">
+      <c r="D3" t="s">
         <v>10</v>
-      </c>
-[...1 lines deleted...]
-        <v>11</v>
       </c>
     </row>
     <row r="4" spans="1:4">
       <c r="A4" t="s">
+        <v>11</v>
+      </c>
+      <c r="B4" t="s">
         <v>12</v>
       </c>
-      <c r="B4" t="s">
+      <c r="C4" t="s">
         <v>13</v>
       </c>
-      <c r="C4" t="s">
+      <c r="D4" t="s">
         <v>14</v>
-      </c>
-[...1 lines deleted...]
-        <v>15</v>
       </c>
     </row>
     <row r="5" spans="1:4">
       <c r="A5" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="B5" t="s">
-        <v>13</v>
+        <v>16</v>
       </c>
       <c r="C5" t="s">
-        <v>16</v>
-[...1 lines deleted...]
-      <c r="D5"/>
+        <v>17</v>
+      </c>
+      <c r="D5" t="s">
+        <v>18</v>
+      </c>
     </row>
     <row r="6" spans="1:4">
       <c r="A6" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="B6" t="s">
-        <v>17</v>
+        <v>5</v>
       </c>
       <c r="C6" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="D6" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
     </row>
     <row r="7" spans="1:4">
       <c r="A7" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="B7" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="C7" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="D7" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
     </row>
     <row r="8" spans="1:4">
       <c r="A8" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="B8" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="C8" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="D8" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
     </row>
     <row r="9" spans="1:4">
       <c r="A9" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="B9" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="C9" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="D9" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
     </row>
     <row r="10" spans="1:4">
       <c r="A10" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="B10" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="C10" t="s">
-        <v>30</v>
-[...1 lines deleted...]
-      <c r="D10"/>
+        <v>31</v>
+      </c>
+      <c r="D10" t="s">
+        <v>32</v>
+      </c>
     </row>
     <row r="11" spans="1:4">
       <c r="A11" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="B11" t="s">
-        <v>31</v>
+        <v>33</v>
       </c>
       <c r="C11" t="s">
-        <v>32</v>
-[...3 lines deleted...]
-      </c>
+        <v>34</v>
+      </c>
+      <c r="D11"/>
     </row>
     <row r="12" spans="1:4">
       <c r="A12" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="B12" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="C12" t="s">
-        <v>35</v>
-[...1 lines deleted...]
-      <c r="D12"/>
+        <v>36</v>
+      </c>
+      <c r="D12" t="s">
+        <v>37</v>
+      </c>
     </row>
     <row r="13" spans="1:4">
       <c r="A13" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="B13" t="s">
-        <v>36</v>
+        <v>38</v>
       </c>
       <c r="C13" t="s">
-        <v>37</v>
-[...3 lines deleted...]
-      </c>
+        <v>39</v>
+      </c>
+      <c r="D13"/>
     </row>
     <row r="14" spans="1:4">
       <c r="A14" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="B14" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="C14" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="D14" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
     </row>
     <row r="15" spans="1:4">
       <c r="A15" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="B15" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="C15" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="D15" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
     </row>
     <row r="16" spans="1:4">
       <c r="A16" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="B16" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="C16" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="D16" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
     </row>
     <row r="17" spans="1:4">
       <c r="A17" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="B17" t="s">
-        <v>45</v>
+        <v>49</v>
       </c>
       <c r="C17" t="s">
-        <v>48</v>
+        <v>50</v>
       </c>
       <c r="D17" t="s">
-        <v>47</v>
+        <v>51</v>
       </c>
     </row>
     <row r="18" spans="1:4">
       <c r="A18" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="B18" t="s">
         <v>49</v>
       </c>
       <c r="C18" t="s">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="D18" t="s">
         <v>51</v>
       </c>
     </row>
     <row r="19" spans="1:4">
       <c r="A19" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="B19" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="C19" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="D19" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
     </row>
     <row r="20" spans="1:4">
       <c r="A20" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="B20" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="C20" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="D20" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
     </row>
     <row r="21" spans="1:4">
       <c r="A21" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="B21" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="C21" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="D21" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
     </row>
     <row r="22" spans="1:4">
       <c r="A22" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="B22" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="C22" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="D22" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
     </row>
     <row r="23" spans="1:4">
       <c r="A23" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="B23" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="C23" t="s">
-        <v>65</v>
-[...1 lines deleted...]
-      <c r="D23"/>
+        <v>66</v>
+      </c>
+      <c r="D23" t="s">
+        <v>67</v>
+      </c>
     </row>
     <row r="24" spans="1:4">
       <c r="A24" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="B24" t="s">
-        <v>66</v>
+        <v>68</v>
       </c>
       <c r="C24" t="s">
-        <v>67</v>
-[...3 lines deleted...]
-      </c>
+        <v>69</v>
+      </c>
+      <c r="D24"/>
     </row>
     <row r="25" spans="1:4">
       <c r="A25" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="B25" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="C25" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="D25" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
     </row>
     <row r="26" spans="1:4">
       <c r="A26" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="B26" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="C26" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="D26" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
     </row>
     <row r="27" spans="1:4">
       <c r="A27" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="B27" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="C27" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="D27" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
     </row>
     <row r="28" spans="1:4">
       <c r="A28" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="B28" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="C28" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="D28" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
     </row>
     <row r="29" spans="1:4">
       <c r="A29" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="B29" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="C29" t="s">
-        <v>82</v>
-[...1 lines deleted...]
-      <c r="D29"/>
+        <v>83</v>
+      </c>
+      <c r="D29" t="s">
+        <v>84</v>
+      </c>
     </row>
     <row r="30" spans="1:4">
       <c r="A30" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="B30" t="s">
-        <v>81</v>
+        <v>85</v>
       </c>
       <c r="C30" t="s">
-        <v>83</v>
+        <v>86</v>
       </c>
       <c r="D30"/>
     </row>
     <row r="31" spans="1:4">
       <c r="A31" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="B31" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="C31" t="s">
-        <v>85</v>
+        <v>87</v>
       </c>
       <c r="D31"/>
     </row>
     <row r="32" spans="1:4">
       <c r="A32" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="B32" t="s">
-        <v>86</v>
+        <v>88</v>
       </c>
       <c r="C32" t="s">
-        <v>87</v>
-[...3 lines deleted...]
-      </c>
+        <v>89</v>
+      </c>
+      <c r="D32"/>
     </row>
     <row r="33" spans="1:4">
       <c r="A33" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="B33" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="C33" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="D33" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
     </row>
     <row r="34" spans="1:4">
       <c r="A34" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="B34" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="C34" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="D34" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
     </row>
     <row r="35" spans="1:4">
       <c r="A35" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="B35" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="C35" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="D35" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
     </row>
     <row r="36" spans="1:4">
       <c r="A36" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="B36" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="C36" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="D36" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
     </row>
     <row r="37" spans="1:4">
       <c r="A37" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="B37" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="C37" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="D37" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
     </row>
     <row r="38" spans="1:4">
       <c r="A38" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="B38" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="C38" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="D38" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
     </row>
     <row r="39" spans="1:4">
       <c r="A39" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="B39" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="C39" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="D39" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
     </row>
     <row r="40" spans="1:4">
       <c r="A40" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="B40" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="C40" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="D40" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
     </row>
     <row r="41" spans="1:4">
       <c r="A41" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="B41" t="s">
-        <v>110</v>
+        <v>114</v>
       </c>
       <c r="C41" t="s">
-        <v>113</v>
-[...1 lines deleted...]
-      <c r="D41"/>
+        <v>115</v>
+      </c>
+      <c r="D41" t="s">
+        <v>116</v>
+      </c>
     </row>
     <row r="42" spans="1:4">
       <c r="A42" t="s">
+        <v>15</v>
+      </c>
+      <c r="B42" t="s">
         <v>114</v>
       </c>
-      <c r="B42" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C42" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="D42"/>
     </row>
     <row r="43" spans="1:4">
       <c r="A43" t="s">
-        <v>114</v>
+        <v>118</v>
       </c>
       <c r="B43" t="s">
-        <v>117</v>
+        <v>119</v>
       </c>
       <c r="C43" t="s">
-        <v>118</v>
+        <v>120</v>
       </c>
       <c r="D43" t="s">
-        <v>119</v>
+        <v>121</v>
       </c>
     </row>
     <row r="44" spans="1:4">
       <c r="A44" t="s">
-        <v>114</v>
+        <v>118</v>
       </c>
       <c r="B44" t="s">
-        <v>120</v>
+        <v>122</v>
       </c>
       <c r="C44" t="s">
-        <v>121</v>
+        <v>123</v>
       </c>
       <c r="D44"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>