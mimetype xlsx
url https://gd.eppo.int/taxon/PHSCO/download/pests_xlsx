--- v0 (2025-10-08)
+++ v1 (2025-11-20)
@@ -12,77 +12,84 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="PHSCO" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="40">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="42">
   <si>
     <t>type</t>
   </si>
   <si>
     <t>EPPOCode</t>
   </si>
   <si>
     <t>Pref_name</t>
   </si>
   <si>
     <t>References</t>
   </si>
   <si>
+    <t>Doubtful host</t>
+  </si>
+  <si>
+    <t>BGMV00</t>
+  </si>
+  <si>
+    <t>Begomovirus costai (as Phaseolus)</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Mentioned in EPPO/CABI (1997) Data Sheet on Bean golden mosaic bigeminivirus. 
+However, the datasheet pre-dates the separation of bean golden mosaic virus and bean golden yellow mosaic virus. No more recent references were found regarding Phaseolus species, except the confirmed hosts P. vulgaris and P. lunatus. </t>
+  </si>
+  <si>
     <t>Host</t>
   </si>
   <si>
     <t>ACANOB</t>
   </si>
   <si>
     <t>Acanthoscelides obtectus</t>
-  </si>
-[...4 lines deleted...]
-    <t>Begomovirus costai (as Phaseolus)</t>
   </si>
   <si>
     <t>DITYDI</t>
   </si>
   <si>
     <t>Ditylenchus dipsaci</t>
   </si>
   <si>
     <t>* Goodey JB, Franklin MT, Hooper DJ (1965) T. Goodey's: The Nematode Parasites of Plants Catalogued Under Their Hosts. Commonwealth Agricultural Bureaux, Farnham Royal, Bucks, England. Third edition, 214 pp.</t>
   </si>
   <si>
     <t>HELIZE</t>
   </si>
   <si>
     <t>Helicoverpa zea (as Phaseolus)</t>
   </si>
   <si>
     <t>* Matthews M (1991) Classification of the Heliothinae. Bulletin of the Natural Resources Institute No. 44. Natural Resources Institute, Chatham, UK.</t>
   </si>
   <si>
     <t>LIRIHU</t>
   </si>
   <si>
     <t>Liriomyza huidobrensis</t>
   </si>
@@ -488,252 +495,254 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:D15"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="12.854" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="16.425" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="10.569" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="57.7" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="286.502" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" t="s">
         <v>4</v>
       </c>
       <c r="B2" t="s">
         <v>5</v>
       </c>
       <c r="C2" t="s">
         <v>6</v>
       </c>
-      <c r="D2"/>
+      <c r="D2" t="s">
+        <v>7</v>
+      </c>
     </row>
     <row r="3" spans="1:4">
       <c r="A3" t="s">
-        <v>4</v>
+        <v>8</v>
       </c>
       <c r="B3" t="s">
-        <v>7</v>
+        <v>9</v>
       </c>
       <c r="C3" t="s">
-        <v>8</v>
+        <v>10</v>
       </c>
       <c r="D3"/>
     </row>
     <row r="4" spans="1:4">
       <c r="A4" t="s">
-        <v>4</v>
+        <v>8</v>
       </c>
       <c r="B4" t="s">
-        <v>9</v>
+        <v>11</v>
       </c>
       <c r="C4" t="s">
-        <v>10</v>
+        <v>12</v>
       </c>
       <c r="D4" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
     </row>
     <row r="5" spans="1:4">
       <c r="A5" t="s">
-        <v>4</v>
+        <v>8</v>
       </c>
       <c r="B5" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="C5" t="s">
-        <v>13</v>
+        <v>15</v>
       </c>
       <c r="D5" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
     </row>
     <row r="6" spans="1:4">
       <c r="A6" t="s">
-        <v>4</v>
+        <v>8</v>
       </c>
       <c r="B6" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C6" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D6" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
     </row>
     <row r="7" spans="1:4">
       <c r="A7" t="s">
-        <v>4</v>
+        <v>8</v>
       </c>
       <c r="B7" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="C7" t="s">
-        <v>19</v>
+        <v>21</v>
       </c>
       <c r="D7"/>
     </row>
     <row r="8" spans="1:4">
       <c r="A8" t="s">
-        <v>4</v>
+        <v>8</v>
       </c>
       <c r="B8" t="s">
-        <v>20</v>
+        <v>22</v>
       </c>
       <c r="C8" t="s">
-        <v>21</v>
+        <v>23</v>
       </c>
       <c r="D8" t="s">
-        <v>22</v>
+        <v>24</v>
       </c>
     </row>
     <row r="9" spans="1:4">
       <c r="A9" t="s">
-        <v>4</v>
+        <v>8</v>
       </c>
       <c r="B9" t="s">
-        <v>23</v>
+        <v>25</v>
       </c>
       <c r="C9" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="D9"/>
     </row>
     <row r="10" spans="1:4">
       <c r="A10" t="s">
-        <v>4</v>
+        <v>8</v>
       </c>
       <c r="B10" t="s">
-        <v>23</v>
+        <v>25</v>
       </c>
       <c r="C10" t="s">
-        <v>25</v>
+        <v>27</v>
       </c>
       <c r="D10"/>
     </row>
     <row r="11" spans="1:4">
       <c r="A11" t="s">
-        <v>4</v>
+        <v>8</v>
       </c>
       <c r="B11" t="s">
-        <v>26</v>
+        <v>28</v>
       </c>
       <c r="C11" t="s">
-        <v>27</v>
+        <v>29</v>
       </c>
       <c r="D11" t="s">
-        <v>28</v>
+        <v>30</v>
       </c>
     </row>
     <row r="12" spans="1:4">
       <c r="A12" t="s">
-        <v>4</v>
+        <v>8</v>
       </c>
       <c r="B12" t="s">
-        <v>29</v>
+        <v>31</v>
       </c>
       <c r="C12" t="s">
-        <v>30</v>
+        <v>32</v>
       </c>
       <c r="D12" t="s">
-        <v>31</v>
+        <v>33</v>
       </c>
     </row>
     <row r="13" spans="1:4">
       <c r="A13" t="s">
-        <v>4</v>
+        <v>8</v>
       </c>
       <c r="B13" t="s">
-        <v>32</v>
+        <v>34</v>
       </c>
       <c r="C13" t="s">
-        <v>33</v>
+        <v>35</v>
       </c>
       <c r="D13" t="s">
-        <v>34</v>
+        <v>36</v>
       </c>
     </row>
     <row r="14" spans="1:4">
       <c r="A14" t="s">
-        <v>4</v>
+        <v>8</v>
       </c>
       <c r="B14" t="s">
-        <v>32</v>
+        <v>34</v>
       </c>
       <c r="C14" t="s">
-        <v>35</v>
+        <v>37</v>
       </c>
       <c r="D14"/>
     </row>
     <row r="15" spans="1:4">
       <c r="A15" t="s">
-        <v>36</v>
+        <v>38</v>
       </c>
       <c r="B15" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="C15" t="s">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="D15" t="s">
-        <v>39</v>
+        <v>41</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">