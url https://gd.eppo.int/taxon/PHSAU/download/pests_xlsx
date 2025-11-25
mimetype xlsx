--- v0 (2025-10-14)
+++ v1 (2025-11-25)
@@ -12,65 +12,75 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="PHSAU" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="98">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="102">
   <si>
     <t>type</t>
   </si>
   <si>
     <t>EPPOCode</t>
   </si>
   <si>
     <t>Pref_name</t>
   </si>
   <si>
     <t>References</t>
   </si>
   <si>
     <t>Doubtful host</t>
+  </si>
+  <si>
+    <t>BGMV00</t>
+  </si>
+  <si>
+    <t>Begomovirus costai (as Vigna)</t>
+  </si>
+  <si>
+    <t>Mentioned in EPPO/CABI (1997) Data Sheet on Bean golden mosaic bigeminivirus. 
+However, the datasheet pre-dates the separation of bean golden mosaic virus and bean golden yellow mosaic virus. No more recent reference was found to species of this genus as hosts of bean golden mosaic virus, and the host status is therefore considered doubtful (2025-11).</t>
   </si>
   <si>
     <t>MEAGOP</t>
   </si>
   <si>
     <t>Melanagromyza obtusa</t>
   </si>
   <si>
     <t>* Shanower TG, Lal SS, Bhagwat VR (1998) Biology and management of Melanagromyza obtusa (Malloch)(Diptera: Agromyzidae). Crop Protection 17(3), 249-263.</t>
   </si>
   <si>
     <t>Experimental</t>
   </si>
   <si>
     <t>PBRSV0</t>
   </si>
   <si>
     <t>Nepovirus solani</t>
   </si>
   <si>
     <t>* Fribourg CE (1977) Andean potato calico strain of tobacco ringspot virus. Phytopathology 67, 174-178.
 ------- TRSV-Ca. Phaseolus aureus.</t>
   </si>
   <si>
     <t>ERWIST</t>
@@ -81,56 +91,50 @@
   <si>
     <t xml:space="preserve">* Ha VT, Hoang LK, Huyen PK (2024) Pantoea stewartii subsp. stewartii, the causative agent of Thai jackfruit’s bronzing disease and its possible host range in Vietnam. Journal of Plant Protection Research 64(2), 149-157. https://doi.org/10.24425/jppr.2024.150249
 ------- host in host range testing (as Phaseolus aureus). </t>
   </si>
   <si>
     <t>SDV000</t>
   </si>
   <si>
     <t>Sadwavirus citri</t>
   </si>
   <si>
     <t>* Tanaka H, Imada J (1974) Mechanical transmission of viruses of satsuma dwarf, citrus mosaic, navel infectious mottling and natsudaidai dwarf to herbaceous plants. In: Weathers LG, Cohen M (eds.) Proceedings of the 6th Conference of IOCV, Riverside, California (US), pp. 141-145. 
 ------- As Phaseolus aureus.</t>
   </si>
   <si>
     <t>Host</t>
   </si>
   <si>
     <t>ALEDDI</t>
   </si>
   <si>
     <t>Aleurodicus dispersus</t>
   </si>
   <si>
     <t>* Boopathi T (2022) New host plants, natural enemy complex and newly distributed potential areas of exotic spiralling whitefly (Hemiptera: Aleyrodidae) in India. Phytoparasitica 50(2), 335-357.</t>
-  </si>
-[...4 lines deleted...]
-    <t>Begomovirus costai (as Vigna)</t>
   </si>
   <si>
     <t>TOLCND</t>
   </si>
   <si>
     <t>Begomovirus solanumdelhiense</t>
   </si>
   <si>
     <t>* Pant RP, Anuj B and Murari L (2018) Role of alternate host plants in the transmission of apical leaf curl disease of potato caused by tomato leaf curl New Delhi virus - potato (ToLCNDV-pot.) in Northern India. Indian Journal of Agricultural Sciences, 88, 1258–1262
 ------- confirmed host.</t>
   </si>
   <si>
     <t>BEMITA</t>
   </si>
   <si>
     <t>Bemisia tabaci</t>
   </si>
   <si>
     <t>* Patel DS, Deb S, Parmar NL, Joshi VJ (2025) Population dynamics of sucking pests in green gram, Vigna radiata (L.) Wilczek. Journal of Agriculture and Ecology 20, 53-56 https://doi.org/10.58628/JAE-2520-107</t>
   </si>
   <si>
     <t>BRAPSU</t>
   </si>
   <si>
     <t>Brachyplatys subaeneus</t>
@@ -244,50 +248,59 @@
     <t>* Parrella G, Gognalons P, Gebre-Selassie K, Vovlas C, Marchoux G (2003) An update of the host range of tomato spotted wilt virus. Journal of Plant Pathology 85(4), 227-264.</t>
   </si>
   <si>
     <t>PHENSO</t>
   </si>
   <si>
     <t>Phenacoccus solenopsis</t>
   </si>
   <si>
     <t>PHMPOM</t>
   </si>
   <si>
     <t>Phymatotrichopsis omnivora</t>
   </si>
   <si>
     <t>* Anonymous (1960) Index of Plant Diseases in the United States. Agriculture Handbook no 165, USDA-ARS (US) 531 pp.</t>
   </si>
   <si>
     <t>POOPCO</t>
   </si>
   <si>
     <t>Poophilus costalis</t>
   </si>
   <si>
     <t>* Venkateshalu, Shankara Murthy M (2013) Occurrence of spittle bug, Poophilus costalis Walker (Hemiptera: Aphrophoridae) on greengram. Insect Environment 19(2), 111-112.</t>
+  </si>
+  <si>
+    <t>RHIZSO</t>
+  </si>
+  <si>
+    <t>Rhizoctonia solani</t>
+  </si>
+  <si>
+    <t xml:space="preserve">* Wang D, Wu W, Deng D, Duan C, Sun S, Zhu Z (2025) First report of Rhizoctonia solani causing leaf rot disease on mung bean (Vigan radiata) in China. Plant Disease (early view) </t>
   </si>
   <si>
     <t>SCITDO</t>
   </si>
   <si>
     <t>Scirtothrips dorsalis</t>
   </si>
   <si>
     <t>* Sreerama Kumar P, Rachana RR (2021) Scirtothrips dorsalis (Thysanoptera: Thripidae) is a pest of celery, Apium graveolens (Apiales: Apiaceae): first report and diagnostic characters. Journal of Integrated Pest Management 12(1), 46. https://doi.org/10.1093/jipm/pmab039
 ------- Confirmed host.</t>
   </si>
   <si>
     <t>SPODLI</t>
   </si>
   <si>
     <t>Spodoptera littoralis</t>
   </si>
   <si>
     <t>* Bhatt NS, Bhattacharya AK (1976) Development of Spodoptera littoralis (Boisd.) (Lep., Noctuidae) at constant temperatures on two host plants. Zeitschrift für Angewandte Entomologie 80(14), 201-206.
 ------- As Phaseolus aureus.</t>
   </si>
   <si>
     <t>PRODOR</t>
   </si>
   <si>
@@ -667,514 +680,530 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:D33"/>
+  <dimension ref="A1:D34"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="16.425" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="10.569" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="57.7" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="404.473" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" t="s">
         <v>4</v>
       </c>
       <c r="B2" t="s">
         <v>5</v>
       </c>
       <c r="C2" t="s">
         <v>6</v>
       </c>
       <c r="D2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="3" spans="1:4">
       <c r="A3" t="s">
+        <v>4</v>
+      </c>
+      <c r="B3" t="s">
         <v>8</v>
       </c>
-      <c r="B3" t="s">
+      <c r="C3" t="s">
         <v>9</v>
       </c>
-      <c r="C3" t="s">
+      <c r="D3" t="s">
         <v>10</v>
-      </c>
-[...1 lines deleted...]
-        <v>11</v>
       </c>
     </row>
     <row r="4" spans="1:4">
       <c r="A4" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="B4" t="s">
         <v>12</v>
       </c>
       <c r="C4" t="s">
         <v>13</v>
       </c>
       <c r="D4" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="5" spans="1:4">
       <c r="A5" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="B5" t="s">
         <v>15</v>
       </c>
       <c r="C5" t="s">
         <v>16</v>
       </c>
       <c r="D5" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="6" spans="1:4">
       <c r="A6" t="s">
+        <v>11</v>
+      </c>
+      <c r="B6" t="s">
         <v>18</v>
       </c>
-      <c r="B6" t="s">
+      <c r="C6" t="s">
         <v>19</v>
       </c>
-      <c r="C6" t="s">
+      <c r="D6" t="s">
         <v>20</v>
-      </c>
-[...1 lines deleted...]
-        <v>21</v>
       </c>
     </row>
     <row r="7" spans="1:4">
       <c r="A7" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
       <c r="B7" t="s">
         <v>22</v>
       </c>
       <c r="C7" t="s">
         <v>23</v>
       </c>
-      <c r="D7"/>
+      <c r="D7" t="s">
+        <v>24</v>
+      </c>
     </row>
     <row r="8" spans="1:4">
       <c r="A8" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
       <c r="B8" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="C8" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="D8" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
     </row>
     <row r="9" spans="1:4">
       <c r="A9" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
       <c r="B9" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="C9" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="D9" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
     </row>
     <row r="10" spans="1:4">
       <c r="A10" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
       <c r="B10" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="C10" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="D10" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
     </row>
     <row r="11" spans="1:4">
       <c r="A11" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
       <c r="B11" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="C11" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="D11" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
     </row>
     <row r="12" spans="1:4">
       <c r="A12" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
       <c r="B12" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="C12" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="D12" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
     </row>
     <row r="13" spans="1:4">
       <c r="A13" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
       <c r="B13" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="C13" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="D13" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
     </row>
     <row r="14" spans="1:4">
       <c r="A14" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
       <c r="B14" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="C14" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="D14" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
     </row>
     <row r="15" spans="1:4">
       <c r="A15" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
       <c r="B15" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="C15" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="D15" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
     </row>
     <row r="16" spans="1:4">
       <c r="A16" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
       <c r="B16" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="C16" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="D16"/>
     </row>
     <row r="17" spans="1:4">
       <c r="A17" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
       <c r="B17" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="C17" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="D17"/>
     </row>
     <row r="18" spans="1:4">
       <c r="A18" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
       <c r="B18" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="C18" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="D18" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
     </row>
     <row r="19" spans="1:4">
       <c r="A19" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
       <c r="B19" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="C19" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="D19" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
     </row>
     <row r="20" spans="1:4">
       <c r="A20" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
       <c r="B20" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="C20" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="D20" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
     </row>
     <row r="21" spans="1:4">
       <c r="A21" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
       <c r="B21" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="C21" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="D21" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
     </row>
     <row r="22" spans="1:4">
       <c r="A22" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
       <c r="B22" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="C22" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="D22" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
     </row>
     <row r="23" spans="1:4">
       <c r="A23" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
       <c r="B23" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="C23" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="D23"/>
     </row>
     <row r="24" spans="1:4">
       <c r="A24" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
       <c r="B24" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="C24" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="D24" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
     </row>
     <row r="25" spans="1:4">
       <c r="A25" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
       <c r="B25" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="C25" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="D25" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
     </row>
     <row r="26" spans="1:4">
       <c r="A26" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
       <c r="B26" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="C26" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="D26" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
     </row>
     <row r="27" spans="1:4">
       <c r="A27" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
       <c r="B27" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="C27" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="D27" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
     </row>
     <row r="28" spans="1:4">
       <c r="A28" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
       <c r="B28" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="C28" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="D28" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
     </row>
     <row r="29" spans="1:4">
       <c r="A29" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
       <c r="B29" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="C29" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="D29" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
     </row>
     <row r="30" spans="1:4">
       <c r="A30" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
       <c r="B30" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="C30" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="D30" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
     </row>
     <row r="31" spans="1:4">
       <c r="A31" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
       <c r="B31" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="C31" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="D31" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
     </row>
     <row r="32" spans="1:4">
       <c r="A32" t="s">
-        <v>92</v>
+        <v>21</v>
       </c>
       <c r="B32" t="s">
         <v>93</v>
       </c>
       <c r="C32" t="s">
         <v>94</v>
       </c>
-      <c r="D32"/>
+      <c r="D32" t="s">
+        <v>95</v>
+      </c>
     </row>
     <row r="33" spans="1:4">
       <c r="A33" t="s">
-        <v>92</v>
+        <v>96</v>
       </c>
       <c r="B33" t="s">
-        <v>95</v>
+        <v>97</v>
       </c>
       <c r="C33" t="s">
+        <v>98</v>
+      </c>
+      <c r="D33"/>
+    </row>
+    <row r="34" spans="1:4">
+      <c r="A34" t="s">
         <v>96</v>
       </c>
-      <c r="D33" t="s">
-        <v>97</v>
+      <c r="B34" t="s">
+        <v>99</v>
+      </c>
+      <c r="C34" t="s">
+        <v>100</v>
+      </c>
+      <c r="D34" t="s">
+        <v>101</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">