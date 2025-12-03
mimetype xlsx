--- v0 (2025-10-08)
+++ v1 (2025-12-03)
@@ -12,71 +12,78 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="PHSAC" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="22">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="24">
   <si>
     <t>type</t>
   </si>
   <si>
     <t>EPPOCode</t>
   </si>
   <si>
     <t>Pref_name</t>
   </si>
   <si>
     <t>References</t>
   </si>
   <si>
+    <t>Doubtful host</t>
+  </si>
+  <si>
+    <t>BGMV00</t>
+  </si>
+  <si>
+    <t>Begomovirus costai (as Phaseolus)</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Mentioned in EPPO/CABI (1997) Data Sheet on Bean golden mosaic bigeminivirus. 
+However, the datasheet pre-dates the separation of bean golden mosaic virus and bean golden yellow mosaic virus. No more recent references were found regarding Phaseolus species, except the confirmed hosts P. vulgaris and P. lunatus. </t>
+  </si>
+  <si>
     <t>Host</t>
-  </si>
-[...4 lines deleted...]
-    <t>Begomovirus costai (as Phaseolus)</t>
   </si>
   <si>
     <t>HELIZE</t>
   </si>
   <si>
     <t>Helicoverpa zea (as Phaseolus)</t>
   </si>
   <si>
     <t>* Matthews M (1991) Classification of the Heliothinae. Bulletin of the Natural Resources Institute No. 44. Natural Resources Institute, Chatham, UK.</t>
   </si>
   <si>
     <t>HISHPH</t>
   </si>
   <si>
     <t>Hishimonus phycitis</t>
   </si>
   <si>
     <t>* Bella S, Aguin-Pombo D, Aguiar AM, Kunz G, Miralles-Nunez A, Foster S, Sanchez-Garcia I, Wilson MR, D’Urso VE (2022) Discovery of Hishimonus diffractus Dai, Fletcher &amp; Zhang, 2013 (Hemiptera: Auchenorrhyncha: Cicadellidae) in Europe, with remarks on previously recorded species of the genus. Zootaxa 5159(4), 558-570.
 ------- As Vigna aconitifolia. Feeding host.
 * Bindra OS, Singh B (1968) Biology and bionomics of Hishimonus phycitis (Distant), a jassid vector of ’little-leaf’ disease of brinjal (Solanum melongena). Indian Journal of Agricultural Sciences 39, 912–919
 ------- As Vigna aconitifolia. Feeding host.</t>
   </si>
   <si>
     <t>PHAIGR</t>
   </si>
@@ -440,159 +447,161 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:D8"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="5.856" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="16.425" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="10.569" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="57.7" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="377.336" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" t="s">
         <v>4</v>
       </c>
       <c r="B2" t="s">
         <v>5</v>
       </c>
       <c r="C2" t="s">
         <v>6</v>
       </c>
-      <c r="D2"/>
+      <c r="D2" t="s">
+        <v>7</v>
+      </c>
     </row>
     <row r="3" spans="1:4">
       <c r="A3" t="s">
-        <v>4</v>
+        <v>8</v>
       </c>
       <c r="B3" t="s">
-        <v>7</v>
+        <v>9</v>
       </c>
       <c r="C3" t="s">
-        <v>8</v>
+        <v>10</v>
       </c>
       <c r="D3" t="s">
-        <v>9</v>
+        <v>11</v>
       </c>
     </row>
     <row r="4" spans="1:4">
       <c r="A4" t="s">
-        <v>4</v>
+        <v>8</v>
       </c>
       <c r="B4" t="s">
-        <v>10</v>
+        <v>12</v>
       </c>
       <c r="C4" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="D4" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
     </row>
     <row r="5" spans="1:4">
       <c r="A5" t="s">
-        <v>4</v>
+        <v>8</v>
       </c>
       <c r="B5" t="s">
-        <v>13</v>
+        <v>15</v>
       </c>
       <c r="C5" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="D5"/>
     </row>
     <row r="6" spans="1:4">
       <c r="A6" t="s">
-        <v>4</v>
+        <v>8</v>
       </c>
       <c r="B6" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C6" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D6" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
     </row>
     <row r="7" spans="1:4">
       <c r="A7" t="s">
-        <v>4</v>
+        <v>8</v>
       </c>
       <c r="B7" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="C7" t="s">
-        <v>19</v>
+        <v>21</v>
       </c>
       <c r="D7" t="s">
-        <v>20</v>
+        <v>22</v>
       </c>
     </row>
     <row r="8" spans="1:4">
       <c r="A8" t="s">
-        <v>4</v>
+        <v>8</v>
       </c>
       <c r="B8" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="C8" t="s">
-        <v>21</v>
+        <v>23</v>
       </c>
       <c r="D8"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>