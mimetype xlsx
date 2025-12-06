--- v0 (2025-10-09)
+++ v1 (2025-12-06)
@@ -823,51 +823,51 @@
         <v>41</v>
       </c>
       <c r="D15" t="s">
         <v>42</v>
       </c>
       <c r="E15">
         <v>1992</v>
       </c>
       <c r="F15"/>
       <c r="G15"/>
     </row>
     <row r="16" spans="1:7">
       <c r="A16" t="s">
         <v>39</v>
       </c>
       <c r="B16" t="s">
         <v>43</v>
       </c>
       <c r="C16" t="s">
         <v>44</v>
       </c>
       <c r="D16" t="s">
         <v>42</v>
       </c>
       <c r="E16">
-        <v>2018</v>
+        <v>2024</v>
       </c>
       <c r="F16"/>
       <c r="G16"/>
     </row>
     <row r="17" spans="1:7">
       <c r="A17" t="s">
         <v>39</v>
       </c>
       <c r="B17" t="s">
         <v>45</v>
       </c>
       <c r="C17" t="s">
         <v>46</v>
       </c>
       <c r="D17" t="s">
         <v>47</v>
       </c>
       <c r="E17">
         <v>1975</v>
       </c>
       <c r="F17"/>
       <c r="G17">
         <v>1999</v>
       </c>
     </row>