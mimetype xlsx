--- v0 (2025-10-04)
+++ v1 (2026-02-11)
@@ -266,50 +266,53 @@
   <si>
     <t>Israel</t>
   </si>
   <si>
     <t>IL</t>
   </si>
   <si>
     <t>Jordan</t>
   </si>
   <si>
     <t>JO</t>
   </si>
   <si>
     <t>Lebanon</t>
   </si>
   <si>
     <t>LB</t>
   </si>
   <si>
     <t>Syrian Arab Republic</t>
   </si>
   <si>
     <t>SY</t>
   </si>
   <si>
+    <t>Present, few occurrences</t>
+  </si>
+  <si>
     <t>Europe</t>
   </si>
   <si>
     <t>Croatia</t>
   </si>
   <si>
     <t>HR</t>
   </si>
   <si>
     <t>Absent, confirmed by survey</t>
   </si>
   <si>
     <t>Cyprus</t>
   </si>
   <si>
     <t>CY</t>
   </si>
   <si>
     <t>France</t>
   </si>
   <si>
     <t>FR</t>
   </si>
   <si>
     <t>Corse</t>
@@ -378,53 +381,50 @@
     <t>Islas Canárias</t>
   </si>
   <si>
     <t>ci</t>
   </si>
   <si>
     <t>Sweden</t>
   </si>
   <si>
     <t>SE</t>
   </si>
   <si>
     <t>Absent, intercepted only</t>
   </si>
   <si>
     <t>Switzerland</t>
   </si>
   <si>
     <t>CH</t>
   </si>
   <si>
     <t>Türkiye</t>
   </si>
   <si>
     <t>TR</t>
-  </si>
-[...1 lines deleted...]
-    <t>Present, few occurrences</t>
   </si>
   <si>
     <t>Oceania</t>
   </si>
   <si>
     <t>Australia</t>
   </si>
   <si>
     <t>AU</t>
   </si>
   <si>
     <t>New South Wales</t>
   </si>
   <si>
     <t>nw</t>
   </si>
   <si>
     <t>Northern Territory</t>
   </si>
   <si>
     <t>nt</t>
   </si>
   <si>
     <t>Queensland</t>
   </si>
@@ -1412,343 +1412,343 @@
       <c r="B35" t="s">
         <v>80</v>
       </c>
       <c r="C35"/>
       <c r="D35" t="s">
         <v>81</v>
       </c>
       <c r="E35"/>
       <c r="F35" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="36" spans="1:6">
       <c r="A36" t="s">
         <v>75</v>
       </c>
       <c r="B36" t="s">
         <v>82</v>
       </c>
       <c r="C36"/>
       <c r="D36" t="s">
         <v>83</v>
       </c>
       <c r="E36"/>
       <c r="F36" t="s">
-        <v>32</v>
+        <v>84</v>
       </c>
     </row>
     <row r="37" spans="1:6">
       <c r="A37" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="B37" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="C37"/>
       <c r="D37" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="E37"/>
       <c r="F37" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
     </row>
     <row r="38" spans="1:6">
       <c r="A38" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="B38" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="C38"/>
       <c r="D38" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="E38"/>
       <c r="F38" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="39" spans="1:6">
       <c r="A39" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="B39" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="C39"/>
       <c r="D39" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="E39"/>
       <c r="F39" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="40" spans="1:6">
       <c r="A40" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="B40" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="C40" t="s">
+        <v>93</v>
+      </c>
+      <c r="D40" t="s">
         <v>92</v>
       </c>
-      <c r="D40" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E40" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="F40" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="41" spans="1:6">
       <c r="A41" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="B41" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="C41"/>
       <c r="D41" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="E41"/>
       <c r="F41" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="42" spans="1:6">
       <c r="A42" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="B42" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="C42"/>
       <c r="D42" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="E42"/>
       <c r="F42" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="43" spans="1:6">
       <c r="A43" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="B43" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="C43" t="s">
+        <v>99</v>
+      </c>
+      <c r="D43" t="s">
         <v>98</v>
       </c>
-      <c r="D43" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E43" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="F43" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="44" spans="1:6">
       <c r="A44" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="B44" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="C44" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="D44" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="E44" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="F44" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="45" spans="1:6">
       <c r="A45" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="B45" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="C45"/>
       <c r="D45" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="E45"/>
       <c r="F45" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="46" spans="1:6">
       <c r="A46" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="B46" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="C46"/>
       <c r="D46" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="E46"/>
       <c r="F46" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
     </row>
     <row r="47" spans="1:6">
       <c r="A47" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="B47" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="C47"/>
       <c r="D47" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="E47"/>
       <c r="F47" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="48" spans="1:6">
       <c r="A48" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="B48" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="C48" t="s">
+        <v>110</v>
+      </c>
+      <c r="D48" t="s">
         <v>109</v>
       </c>
-      <c r="D48" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E48" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="F48" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="49" spans="1:6">
       <c r="A49" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="B49" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="C49"/>
       <c r="D49" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
       <c r="E49"/>
       <c r="F49" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="50" spans="1:6">
       <c r="A50" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="B50" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="C50" t="s">
+        <v>114</v>
+      </c>
+      <c r="D50" t="s">
         <v>113</v>
       </c>
-      <c r="D50" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E50" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
       <c r="F50" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="51" spans="1:6">
       <c r="A51" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="B51" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
       <c r="C51"/>
       <c r="D51" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="E51"/>
       <c r="F51" t="s">
-        <v>117</v>
+        <v>118</v>
       </c>
     </row>
     <row r="52" spans="1:6">
       <c r="A52" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="B52" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
       <c r="C52"/>
       <c r="D52" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
       <c r="E52"/>
       <c r="F52" t="s">
-        <v>117</v>
+        <v>118</v>
       </c>
     </row>
     <row r="53" spans="1:6">
       <c r="A53" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="B53" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="C53"/>
       <c r="D53" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="E53"/>
       <c r="F53" t="s">
-        <v>122</v>
+        <v>84</v>
       </c>
     </row>
     <row r="54" spans="1:6">
       <c r="A54" t="s">
         <v>123</v>
       </c>
       <c r="B54" t="s">
         <v>124</v>
       </c>
       <c r="C54"/>
       <c r="D54" t="s">
         <v>125</v>
       </c>
       <c r="E54"/>
       <c r="F54" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="55" spans="1:6">
       <c r="A55" t="s">
         <v>123</v>
       </c>
       <c r="B55" t="s">
         <v>124</v>
       </c>
@@ -1876,51 +1876,51 @@
         <v>138</v>
       </c>
       <c r="D61" t="s">
         <v>125</v>
       </c>
       <c r="E61" t="s">
         <v>139</v>
       </c>
       <c r="F61" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="62" spans="1:6">
       <c r="A62" t="s">
         <v>123</v>
       </c>
       <c r="B62" t="s">
         <v>140</v>
       </c>
       <c r="C62"/>
       <c r="D62" t="s">
         <v>141</v>
       </c>
       <c r="E62"/>
       <c r="F62" t="s">
-        <v>122</v>
+        <v>84</v>
       </c>
     </row>
     <row r="63" spans="1:6">
       <c r="A63" t="s">
         <v>123</v>
       </c>
       <c r="B63" t="s">
         <v>142</v>
       </c>
       <c r="C63"/>
       <c r="D63" t="s">
         <v>143</v>
       </c>
       <c r="E63"/>
       <c r="F63" t="s">
         <v>12</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>