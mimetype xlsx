--- v0 (2025-10-09)
+++ v1 (2026-02-14)
@@ -652,51 +652,51 @@
   <si>
     <t>Brassica oleracea var. viridis</t>
   </si>
   <si>
     <t>BRSRR</t>
   </si>
   <si>
     <t>Brassica rapa</t>
   </si>
   <si>
     <t>BRLSS</t>
   </si>
   <si>
     <t>Brickellia sp.</t>
   </si>
   <si>
     <t>BRNPA</t>
   </si>
   <si>
     <t>Broussonetia papyrifera</t>
   </si>
   <si>
     <t>BUDDA</t>
   </si>
   <si>
-    <t>Buddleia davidii</t>
+    <t>Buddleja davidii</t>
   </si>
   <si>
     <t>LITAR</t>
   </si>
   <si>
     <t>Buglossoides arvensis</t>
   </si>
   <si>
     <t>CAEGI</t>
   </si>
   <si>
     <t>Caesalpinia gilliesii</t>
   </si>
   <si>
     <t>CAJCA</t>
   </si>
   <si>
     <t>Cajanus cajan</t>
   </si>
   <si>
     <t>CLDOF</t>
   </si>
   <si>
     <t>Calendula officinalis</t>
   </si>