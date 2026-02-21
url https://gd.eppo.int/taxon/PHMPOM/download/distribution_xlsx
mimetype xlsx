--- v0 (2025-10-13)
+++ v1 (2026-02-21)
@@ -209,51 +209,51 @@
   <si>
     <t>Pakistan</t>
   </si>
   <si>
     <t>PK</t>
   </si>
   <si>
     <t>Uzbekistan</t>
   </si>
   <si>
     <t>UZ</t>
   </si>
   <si>
     <t>Europe</t>
   </si>
   <si>
     <t>Netherlands</t>
   </si>
   <si>
     <t>NL</t>
   </si>
   <si>
     <t>Absent, no pest record</t>
   </si>
   <si>
-    <t>Russian Federation (the)</t>
+    <t>Russian Federation</t>
   </si>
   <si>
     <t>RU</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>