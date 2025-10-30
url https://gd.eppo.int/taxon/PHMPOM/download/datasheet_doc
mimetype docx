--- v0 (2025-10-09)
+++ v1 (2025-10-30)
@@ -292,51 +292,51 @@
               <w:t xml:space="preserve"> (Shear) Duggar</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Ozonium root rot, Phymatotrichopsis root rot (US), Texas root rot of alfalfa, Texas root rot of bean, Texas root rot of cotton, Texas root rot of grapevine, cotton root rot (US), phymatotrichum root rot, root rot of conifers, root rot of soybean, soft rot of cotton</w:t>
             </w:r>
-            <w:hyperlink r:id="rId387168e723c5da3e6" w:history="1">
+            <w:hyperlink r:id="rId73236902b95b14a57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -352,51 +352,51 @@
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 Quarantine pest (Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId275668e723c5da450" w:history="1">
+            <w:hyperlink r:id="rId65646902b95b14ac7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -410,86 +410,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> PHMPOM</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="33207807" name="name305268e723c5da56e" descr="1187.jpg"/>
+                  <wp:docPr id="42955427" name="name10836902b95b14b97" descr="1187.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="1187.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId914768e723c5da56c" cstate="print"/>
+                          <a:blip r:embed="rId58966902b95b14b96" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId372668e723c5da674" w:history="1">
+            <w:hyperlink r:id="rId84576902b95b14c7d" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -13417,63 +13417,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 2014).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="44564207" name="name579468e723c5e07f1" descr="PHMPOM_distribution_map.jpg"/>
+            <wp:docPr id="938482" name="name86496902b95b1b441" descr="PHMPOM_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="PHMPOM_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId482068e723c5e07ee" cstate="print"/>
+                    <a:blip r:embed="rId91896902b95b1b43d" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -15228,51 +15228,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Colmenares CAM (2016) Peach root rot-</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Phymatotrichopsis omnivora</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Available online: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId965168e723c5e1573" w:history="1">
+      <w:hyperlink r:id="rId83816902b95b1c38d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.engormix.com/agricultura/articulos/peach-root-rot-phymatotrichopsis-t39833.htm</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -15318,123 +15318,123 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">17</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3):5619, 33 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId243668e723c5e1613" w:history="1">
+      <w:hyperlink r:id="rId95326902b95b1c438" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2019.5619</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2017) EPPO standard PM 8/1 Commodity-specific phytosanitary measures for potato. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId170468e723c5e1649" w:history="1">
+      <w:hyperlink r:id="rId42596902b95b1c475" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/standards/PM8/</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:i/>
             <w:iCs/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve"> </w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Farr DF, Rossman AY (2021) Fungal Databases, U.S. National Fungus Collections, ARS, USDA. Retrieved December 2, 2021, from </w:t>
       </w:r>
-      <w:hyperlink r:id="rId115768e723c5e1694" w:history="1">
+      <w:hyperlink r:id="rId15226902b95b1c4c0" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://nt.ars-grin.gov/fungaldatabases/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -15944,51 +15944,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">3</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 102-11 </w:t>
       </w:r>
-      <w:hyperlink r:id="rId414868e723c5e1a29" w:history="1">
+      <w:hyperlink r:id="rId68346902b95b1c87a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PBIOMES-12-18-0062-R</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -16014,51 +16014,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, a soilborne pezizomycete pathogen with a broad host range. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Phytopathology</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (early view) </w:t>
       </w:r>
-      <w:hyperlink r:id="rId441368e723c5e1a9b" w:history="1">
+      <w:hyperlink r:id="rId64986902b95b1c8f8" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PHYTO-01-21-0014-A</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -16637,51 +16637,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (cotton or Texas) root rot in Arizona. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Technical Bulletin, Arizona University College of Agriculture</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> No. 71. Available from </w:t>
       </w:r>
-      <w:hyperlink r:id="rId302168e723c5e1e89" w:history="1">
+      <w:hyperlink r:id="rId14556902b95b1cd29" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://repository.arizona.edu/handle/10150/190524</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (last accessed in 2021-12-10)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -17242,51 +17242,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Phymatotrichopsis omnivora</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId646168e723c5e224e" w:history="1">
+      <w:hyperlink r:id="rId75066902b95b1d124" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -17371,51 +17371,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">9</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), 91-95. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId799468e723c5e2322" w:history="1">
+      <w:hyperlink r:id="rId78236902b95b1d23d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://onlinelibrary.wiley.com/doi/epdf/10.1111/j.1365-2338.1979.tb02455.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -17495,63 +17495,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> edition).</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> CABI, Wallingford (GB).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="93709524" name="name685068e723c5e244a" descr="eu_funding_250.png"/>
+            <wp:docPr id="52148230" name="name60676902b95b1d355" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId357368e723c5e2449" cstate="print"/>
+                    <a:blip r:embed="rId10756902b95b1d354" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -17649,137 +17649,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="90380157">
+  <w:abstractNum w:abstractNumId="77877596">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="28574984">
+    <w:lvl w:ilvl="0" w:tplc="32933878">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="28574984" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="32933878" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="28574984" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="32933878" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="28574984" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="32933878" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="28574984" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="32933878" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="28574984" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="32933878" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="28574984" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="32933878" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="28574984" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="32933878" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="28574984" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="32933878" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="90380156">
+  <w:abstractNum w:abstractNumId="77877595">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="12586233">
+    <w:lvl w:ilvl="0" w:tplc="25668650">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -18531,55 +18531,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="90380156">
-    <w:abstractNumId w:val="90380156"/>
+  <w:num w:numId="77877595">
+    <w:abstractNumId w:val="77877595"/>
   </w:num>
-  <w:num w:numId="90380157">
-    <w:abstractNumId w:val="90380157"/>
+  <w:num w:numId="77877596">
+    <w:abstractNumId w:val="77877596"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -30129,51 +30129,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId307074865" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId969642018" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId387168e723c5da3e6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHMPOM/" TargetMode="External"/><Relationship Id="rId275668e723c5da450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHMPOM/categorization" TargetMode="External"/><Relationship Id="rId372668e723c5da674" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHMPOM/photos" TargetMode="External"/><Relationship Id="rId965168e723c5e1573" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.engormix.com/agricultura/articulos/peach-root-rot-phymatotrichopsis-t39833.htm" TargetMode="External"/><Relationship Id="rId243668e723c5e1613" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2019.5619" TargetMode="External"/><Relationship Id="rId170468e723c5e1649" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/standards/PM8/" TargetMode="External"/><Relationship Id="rId115768e723c5e1694" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nt.ars-grin.gov/fungaldatabases/" TargetMode="External"/><Relationship Id="rId414868e723c5e1a29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PBIOMES-12-18-0062-R" TargetMode="External"/><Relationship Id="rId441368e723c5e1a9b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHYTO-01-21-0014-A" TargetMode="External"/><Relationship Id="rId302168e723c5e1e89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://repository.arizona.edu/handle/10150/190524" TargetMode="External"/><Relationship Id="rId646168e723c5e224e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId799468e723c5e2322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/doi/epdf/10.1111/j.1365-2338.1979.tb02455.x" TargetMode="External"/><Relationship Id="rId914768e723c5da56c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId914768e723c5da56c.jpg"/><Relationship Id="rId482068e723c5e07ee" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId482068e723c5e07ee.jpg"/><Relationship Id="rId357368e723c5e2449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId357368e723c5e2449.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId132241136" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId922772612" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId73236902b95b14a57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHMPOM/" TargetMode="External"/><Relationship Id="rId65646902b95b14ac7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHMPOM/categorization" TargetMode="External"/><Relationship Id="rId84576902b95b14c7d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHMPOM/photos" TargetMode="External"/><Relationship Id="rId83816902b95b1c38d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.engormix.com/agricultura/articulos/peach-root-rot-phymatotrichopsis-t39833.htm" TargetMode="External"/><Relationship Id="rId95326902b95b1c438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2019.5619" TargetMode="External"/><Relationship Id="rId42596902b95b1c475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/standards/PM8/" TargetMode="External"/><Relationship Id="rId15226902b95b1c4c0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nt.ars-grin.gov/fungaldatabases/" TargetMode="External"/><Relationship Id="rId68346902b95b1c87a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PBIOMES-12-18-0062-R" TargetMode="External"/><Relationship Id="rId64986902b95b1c8f8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHYTO-01-21-0014-A" TargetMode="External"/><Relationship Id="rId14556902b95b1cd29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://repository.arizona.edu/handle/10150/190524" TargetMode="External"/><Relationship Id="rId75066902b95b1d124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId78236902b95b1d23d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/doi/epdf/10.1111/j.1365-2338.1979.tb02455.x" TargetMode="External"/><Relationship Id="rId58966902b95b14b96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId58966902b95b14b96.jpg"/><Relationship Id="rId91896902b95b1b43d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId91896902b95b1b43d.jpg"/><Relationship Id="rId10756902b95b1d354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId10756902b95b1d354.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>