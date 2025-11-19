--- v1 (2025-10-30)
+++ v2 (2025-11-19)
@@ -292,51 +292,51 @@
               <w:t xml:space="preserve"> (Shear) Duggar</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Ozonium root rot, Phymatotrichopsis root rot (US), Texas root rot of alfalfa, Texas root rot of bean, Texas root rot of cotton, Texas root rot of grapevine, cotton root rot (US), phymatotrichum root rot, root rot of conifers, root rot of soybean, soft rot of cotton</w:t>
             </w:r>
-            <w:hyperlink r:id="rId73236902b95b14a57" w:history="1">
+            <w:hyperlink r:id="rId4261691d52faabe8c" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -352,51 +352,51 @@
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 Quarantine pest (Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId65646902b95b14ac7" w:history="1">
+            <w:hyperlink r:id="rId4765691d52faabef6" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -410,86 +410,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> PHMPOM</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="42955427" name="name10836902b95b14b97" descr="1187.jpg"/>
+                  <wp:docPr id="12251349" name="name6093691d52faabfb5" descr="1187.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="1187.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId58966902b95b14b96" cstate="print"/>
+                          <a:blip r:embed="rId9512691d52faabfb4" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId84576902b95b14c7d" w:history="1">
+            <w:hyperlink r:id="rId1045691d52faac0c1" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -13417,63 +13417,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 2014).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="938482" name="name86496902b95b1b441" descr="PHMPOM_distribution_map.jpg"/>
+            <wp:docPr id="71883653" name="name2870691d52fab16ef" descr="PHMPOM_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="PHMPOM_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId91896902b95b1b43d" cstate="print"/>
+                    <a:blip r:embed="rId5428691d52fab16ed" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -15228,51 +15228,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Colmenares CAM (2016) Peach root rot-</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Phymatotrichopsis omnivora</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Available online: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId83816902b95b1c38d" w:history="1">
+      <w:hyperlink r:id="rId1819691d52fab280b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.engormix.com/agricultura/articulos/peach-root-rot-phymatotrichopsis-t39833.htm</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -15318,123 +15318,123 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">17</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3):5619, 33 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId95326902b95b1c438" w:history="1">
+      <w:hyperlink r:id="rId3038691d52fab28af" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2019.5619</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2017) EPPO standard PM 8/1 Commodity-specific phytosanitary measures for potato. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId42596902b95b1c475" w:history="1">
+      <w:hyperlink r:id="rId2975691d52fab28e5" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/standards/PM8/</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:i/>
             <w:iCs/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve"> </w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Farr DF, Rossman AY (2021) Fungal Databases, U.S. National Fungus Collections, ARS, USDA. Retrieved December 2, 2021, from </w:t>
       </w:r>
-      <w:hyperlink r:id="rId15226902b95b1c4c0" w:history="1">
+      <w:hyperlink r:id="rId8615691d52fab292f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://nt.ars-grin.gov/fungaldatabases/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -15944,51 +15944,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">3</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 102-11 </w:t>
       </w:r>
-      <w:hyperlink r:id="rId68346902b95b1c87a" w:history="1">
+      <w:hyperlink r:id="rId6435691d52fab2ce0" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PBIOMES-12-18-0062-R</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -16014,51 +16014,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, a soilborne pezizomycete pathogen with a broad host range. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Phytopathology</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (early view) </w:t>
       </w:r>
-      <w:hyperlink r:id="rId64986902b95b1c8f8" w:history="1">
+      <w:hyperlink r:id="rId6688691d52fab2d57" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PHYTO-01-21-0014-A</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -16637,51 +16637,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (cotton or Texas) root rot in Arizona. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Technical Bulletin, Arizona University College of Agriculture</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> No. 71. Available from </w:t>
       </w:r>
-      <w:hyperlink r:id="rId14556902b95b1cd29" w:history="1">
+      <w:hyperlink r:id="rId3816691d52fab3139" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://repository.arizona.edu/handle/10150/190524</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (last accessed in 2021-12-10)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -17242,51 +17242,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Phymatotrichopsis omnivora</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId75066902b95b1d124" w:history="1">
+      <w:hyperlink r:id="rId7675691d52fab350d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -17371,51 +17371,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">9</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), 91-95. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId78236902b95b1d23d" w:history="1">
+      <w:hyperlink r:id="rId8260691d52fab35e2" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://onlinelibrary.wiley.com/doi/epdf/10.1111/j.1365-2338.1979.tb02455.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -17495,63 +17495,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> edition).</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> CABI, Wallingford (GB).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="52148230" name="name60676902b95b1d355" descr="eu_funding_250.png"/>
+            <wp:docPr id="38513769" name="name2045691d52fab36d7" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId10756902b95b1d354" cstate="print"/>
+                    <a:blip r:embed="rId9589691d52fab36d6" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -17649,137 +17649,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="77877596">
+  <w:abstractNum w:abstractNumId="97065017">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="32933878">
+    <w:lvl w:ilvl="0" w:tplc="57392941">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="32933878" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="57392941" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="32933878" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="57392941" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="32933878" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="57392941" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="32933878" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="57392941" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="32933878" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="57392941" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="32933878" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="57392941" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="32933878" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="57392941" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="32933878" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="57392941" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="77877595">
+  <w:abstractNum w:abstractNumId="97065016">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="25668650">
+    <w:lvl w:ilvl="0" w:tplc="50209376">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -18531,55 +18531,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="77877595">
-    <w:abstractNumId w:val="77877595"/>
+  <w:num w:numId="97065016">
+    <w:abstractNumId w:val="97065016"/>
   </w:num>
-  <w:num w:numId="77877596">
-    <w:abstractNumId w:val="77877596"/>
+  <w:num w:numId="97065017">
+    <w:abstractNumId w:val="97065017"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -30129,51 +30129,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId132241136" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId922772612" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId73236902b95b14a57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHMPOM/" TargetMode="External"/><Relationship Id="rId65646902b95b14ac7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHMPOM/categorization" TargetMode="External"/><Relationship Id="rId84576902b95b14c7d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHMPOM/photos" TargetMode="External"/><Relationship Id="rId83816902b95b1c38d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.engormix.com/agricultura/articulos/peach-root-rot-phymatotrichopsis-t39833.htm" TargetMode="External"/><Relationship Id="rId95326902b95b1c438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2019.5619" TargetMode="External"/><Relationship Id="rId42596902b95b1c475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/standards/PM8/" TargetMode="External"/><Relationship Id="rId15226902b95b1c4c0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nt.ars-grin.gov/fungaldatabases/" TargetMode="External"/><Relationship Id="rId68346902b95b1c87a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PBIOMES-12-18-0062-R" TargetMode="External"/><Relationship Id="rId64986902b95b1c8f8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHYTO-01-21-0014-A" TargetMode="External"/><Relationship Id="rId14556902b95b1cd29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://repository.arizona.edu/handle/10150/190524" TargetMode="External"/><Relationship Id="rId75066902b95b1d124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId78236902b95b1d23d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/doi/epdf/10.1111/j.1365-2338.1979.tb02455.x" TargetMode="External"/><Relationship Id="rId58966902b95b14b96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId58966902b95b14b96.jpg"/><Relationship Id="rId91896902b95b1b43d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId91896902b95b1b43d.jpg"/><Relationship Id="rId10756902b95b1d354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId10756902b95b1d354.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId651411379" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId772170766" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId4261691d52faabe8c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHMPOM/" TargetMode="External"/><Relationship Id="rId4765691d52faabef6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHMPOM/categorization" TargetMode="External"/><Relationship Id="rId1045691d52faac0c1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHMPOM/photos" TargetMode="External"/><Relationship Id="rId1819691d52fab280b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.engormix.com/agricultura/articulos/peach-root-rot-phymatotrichopsis-t39833.htm" TargetMode="External"/><Relationship Id="rId3038691d52fab28af" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2019.5619" TargetMode="External"/><Relationship Id="rId2975691d52fab28e5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/standards/PM8/" TargetMode="External"/><Relationship Id="rId8615691d52fab292f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nt.ars-grin.gov/fungaldatabases/" TargetMode="External"/><Relationship Id="rId6435691d52fab2ce0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PBIOMES-12-18-0062-R" TargetMode="External"/><Relationship Id="rId6688691d52fab2d57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHYTO-01-21-0014-A" TargetMode="External"/><Relationship Id="rId3816691d52fab3139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://repository.arizona.edu/handle/10150/190524" TargetMode="External"/><Relationship Id="rId7675691d52fab350d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId8260691d52fab35e2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/doi/epdf/10.1111/j.1365-2338.1979.tb02455.x" TargetMode="External"/><Relationship Id="rId9512691d52faabfb4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId9512691d52faabfb4.jpg"/><Relationship Id="rId5428691d52fab16ed" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId5428691d52fab16ed.jpg"/><Relationship Id="rId9589691d52fab36d6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId9589691d52fab36d6.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>