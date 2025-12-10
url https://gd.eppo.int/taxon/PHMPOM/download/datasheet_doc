--- v2 (2025-11-19)
+++ v3 (2025-12-10)
@@ -292,51 +292,51 @@
               <w:t xml:space="preserve"> (Shear) Duggar</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Ozonium root rot, Phymatotrichopsis root rot (US), Texas root rot of alfalfa, Texas root rot of bean, Texas root rot of cotton, Texas root rot of grapevine, cotton root rot (US), phymatotrichum root rot, root rot of conifers, root rot of soybean, soft rot of cotton</w:t>
             </w:r>
-            <w:hyperlink r:id="rId4261691d52faabe8c" w:history="1">
+            <w:hyperlink r:id="rId62686939a6fac48f4" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -352,51 +352,51 @@
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 Quarantine pest (Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId4765691d52faabef6" w:history="1">
+            <w:hyperlink r:id="rId50446939a6fac4961" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -410,86 +410,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> PHMPOM</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="12251349" name="name6093691d52faabfb5" descr="1187.jpg"/>
+                  <wp:docPr id="60028220" name="name47486939a6fac4a2c" descr="1187.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="1187.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId9512691d52faabfb4" cstate="print"/>
+                          <a:blip r:embed="rId13596939a6fac4a2b" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId1045691d52faac0c1" w:history="1">
+            <w:hyperlink r:id="rId22546939a6fac4b20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -13417,63 +13417,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 2014).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="71883653" name="name2870691d52fab16ef" descr="PHMPOM_distribution_map.jpg"/>
+            <wp:docPr id="32221347" name="name47326939a6faca77a" descr="PHMPOM_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="PHMPOM_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId5428691d52fab16ed" cstate="print"/>
+                    <a:blip r:embed="rId25896939a6faca776" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -15228,51 +15228,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Colmenares CAM (2016) Peach root rot-</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Phymatotrichopsis omnivora</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Available online: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1819691d52fab280b" w:history="1">
+      <w:hyperlink r:id="rId58386939a6facb630" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.engormix.com/agricultura/articulos/peach-root-rot-phymatotrichopsis-t39833.htm</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -15318,123 +15318,123 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">17</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3):5619, 33 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3038691d52fab28af" w:history="1">
+      <w:hyperlink r:id="rId46966939a6facb6cf" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2019.5619</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2017) EPPO standard PM 8/1 Commodity-specific phytosanitary measures for potato. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2975691d52fab28e5" w:history="1">
+      <w:hyperlink r:id="rId74716939a6facb70d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/standards/PM8/</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:i/>
             <w:iCs/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve"> </w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Farr DF, Rossman AY (2021) Fungal Databases, U.S. National Fungus Collections, ARS, USDA. Retrieved December 2, 2021, from </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8615691d52fab292f" w:history="1">
+      <w:hyperlink r:id="rId60616939a6facb75b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://nt.ars-grin.gov/fungaldatabases/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -15944,51 +15944,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">3</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 102-11 </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6435691d52fab2ce0" w:history="1">
+      <w:hyperlink r:id="rId95016939a6facbae9" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PBIOMES-12-18-0062-R</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -16014,51 +16014,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, a soilborne pezizomycete pathogen with a broad host range. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Phytopathology</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (early view) </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6688691d52fab2d57" w:history="1">
+      <w:hyperlink r:id="rId22276939a6facbb5f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PHYTO-01-21-0014-A</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -16637,51 +16637,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (cotton or Texas) root rot in Arizona. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Technical Bulletin, Arizona University College of Agriculture</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> No. 71. Available from </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3816691d52fab3139" w:history="1">
+      <w:hyperlink r:id="rId76096939a6facbf4e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://repository.arizona.edu/handle/10150/190524</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (last accessed in 2021-12-10)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -17242,51 +17242,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Phymatotrichopsis omnivora</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7675691d52fab350d" w:history="1">
+      <w:hyperlink r:id="rId83526939a6facc35b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -17371,51 +17371,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">9</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), 91-95. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8260691d52fab35e2" w:history="1">
+      <w:hyperlink r:id="rId15916939a6facc436" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://onlinelibrary.wiley.com/doi/epdf/10.1111/j.1365-2338.1979.tb02455.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -17495,63 +17495,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> edition).</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> CABI, Wallingford (GB).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="38513769" name="name2045691d52fab36d7" descr="eu_funding_250.png"/>
+            <wp:docPr id="47083128" name="name77686939a6facc53d" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId9589691d52fab36d6" cstate="print"/>
+                    <a:blip r:embed="rId99726939a6facc53c" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -17649,137 +17649,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="97065017">
+  <w:abstractNum w:abstractNumId="93512314">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="57392941">
+    <w:lvl w:ilvl="0" w:tplc="30649526">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="57392941" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="30649526" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="57392941" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="30649526" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="57392941" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="30649526" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="57392941" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="30649526" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="57392941" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="30649526" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="57392941" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="30649526" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="57392941" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="30649526" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="57392941" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="30649526" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="97065016">
+  <w:abstractNum w:abstractNumId="93512313">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="50209376">
+    <w:lvl w:ilvl="0" w:tplc="94415585">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -18531,55 +18531,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="97065016">
-    <w:abstractNumId w:val="97065016"/>
+  <w:num w:numId="93512313">
+    <w:abstractNumId w:val="93512313"/>
   </w:num>
-  <w:num w:numId="97065017">
-    <w:abstractNumId w:val="97065017"/>
+  <w:num w:numId="93512314">
+    <w:abstractNumId w:val="93512314"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -30129,51 +30129,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId651411379" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId772170766" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId4261691d52faabe8c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHMPOM/" TargetMode="External"/><Relationship Id="rId4765691d52faabef6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHMPOM/categorization" TargetMode="External"/><Relationship Id="rId1045691d52faac0c1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHMPOM/photos" TargetMode="External"/><Relationship Id="rId1819691d52fab280b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.engormix.com/agricultura/articulos/peach-root-rot-phymatotrichopsis-t39833.htm" TargetMode="External"/><Relationship Id="rId3038691d52fab28af" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2019.5619" TargetMode="External"/><Relationship Id="rId2975691d52fab28e5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/standards/PM8/" TargetMode="External"/><Relationship Id="rId8615691d52fab292f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nt.ars-grin.gov/fungaldatabases/" TargetMode="External"/><Relationship Id="rId6435691d52fab2ce0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PBIOMES-12-18-0062-R" TargetMode="External"/><Relationship Id="rId6688691d52fab2d57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHYTO-01-21-0014-A" TargetMode="External"/><Relationship Id="rId3816691d52fab3139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://repository.arizona.edu/handle/10150/190524" TargetMode="External"/><Relationship Id="rId7675691d52fab350d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId8260691d52fab35e2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/doi/epdf/10.1111/j.1365-2338.1979.tb02455.x" TargetMode="External"/><Relationship Id="rId9512691d52faabfb4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId9512691d52faabfb4.jpg"/><Relationship Id="rId5428691d52fab16ed" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId5428691d52fab16ed.jpg"/><Relationship Id="rId9589691d52fab36d6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId9589691d52fab36d6.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId365189003" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId407459634" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId62686939a6fac48f4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHMPOM/" TargetMode="External"/><Relationship Id="rId50446939a6fac4961" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHMPOM/categorization" TargetMode="External"/><Relationship Id="rId22546939a6fac4b20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHMPOM/photos" TargetMode="External"/><Relationship Id="rId58386939a6facb630" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.engormix.com/agricultura/articulos/peach-root-rot-phymatotrichopsis-t39833.htm" TargetMode="External"/><Relationship Id="rId46966939a6facb6cf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2019.5619" TargetMode="External"/><Relationship Id="rId74716939a6facb70d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/standards/PM8/" TargetMode="External"/><Relationship Id="rId60616939a6facb75b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nt.ars-grin.gov/fungaldatabases/" TargetMode="External"/><Relationship Id="rId95016939a6facbae9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PBIOMES-12-18-0062-R" TargetMode="External"/><Relationship Id="rId22276939a6facbb5f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHYTO-01-21-0014-A" TargetMode="External"/><Relationship Id="rId76096939a6facbf4e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://repository.arizona.edu/handle/10150/190524" TargetMode="External"/><Relationship Id="rId83526939a6facc35b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId15916939a6facc436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/doi/epdf/10.1111/j.1365-2338.1979.tb02455.x" TargetMode="External"/><Relationship Id="rId13596939a6fac4a2b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId13596939a6fac4a2b.jpg"/><Relationship Id="rId25896939a6faca776" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId25896939a6faca776.jpg"/><Relationship Id="rId99726939a6facc53c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId99726939a6facc53c.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>