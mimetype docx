--- v3 (2025-12-10)
+++ v4 (2025-12-14)
@@ -292,51 +292,51 @@
               <w:t xml:space="preserve"> (Shear) Duggar</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Ozonium root rot, Phymatotrichopsis root rot (US), Texas root rot of alfalfa, Texas root rot of bean, Texas root rot of cotton, Texas root rot of grapevine, cotton root rot (US), phymatotrichum root rot, root rot of conifers, root rot of soybean, soft rot of cotton</w:t>
             </w:r>
-            <w:hyperlink r:id="rId62686939a6fac48f4" w:history="1">
+            <w:hyperlink r:id="rId5053693ed50236775" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -352,51 +352,51 @@
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 Quarantine pest (Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId50446939a6fac4961" w:history="1">
+            <w:hyperlink r:id="rId3945693ed5023684a" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -410,86 +410,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> PHMPOM</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="60028220" name="name47486939a6fac4a2c" descr="1187.jpg"/>
+                  <wp:docPr id="2245819" name="name9324693ed50237076" descr="1187.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="1187.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId13596939a6fac4a2b" cstate="print"/>
+                          <a:blip r:embed="rId7446693ed50237075" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId22546939a6fac4b20" w:history="1">
+            <w:hyperlink r:id="rId9147693ed502371f6" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -13417,63 +13417,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 2014).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="32221347" name="name47326939a6faca77a" descr="PHMPOM_distribution_map.jpg"/>
+            <wp:docPr id="30853322" name="name4788693ed5023d9a5" descr="PHMPOM_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="PHMPOM_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId25896939a6faca776" cstate="print"/>
+                    <a:blip r:embed="rId5876693ed5023d9a2" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -15228,51 +15228,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Colmenares CAM (2016) Peach root rot-</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Phymatotrichopsis omnivora</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Available online: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId58386939a6facb630" w:history="1">
+      <w:hyperlink r:id="rId4775693ed5023e859" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.engormix.com/agricultura/articulos/peach-root-rot-phymatotrichopsis-t39833.htm</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -15318,123 +15318,123 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">17</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3):5619, 33 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId46966939a6facb6cf" w:history="1">
+      <w:hyperlink r:id="rId3597693ed5023e8f9" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2019.5619</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2017) EPPO standard PM 8/1 Commodity-specific phytosanitary measures for potato. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId74716939a6facb70d" w:history="1">
+      <w:hyperlink r:id="rId5959693ed5023e92e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/standards/PM8/</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:i/>
             <w:iCs/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve"> </w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Farr DF, Rossman AY (2021) Fungal Databases, U.S. National Fungus Collections, ARS, USDA. Retrieved December 2, 2021, from </w:t>
       </w:r>
-      <w:hyperlink r:id="rId60616939a6facb75b" w:history="1">
+      <w:hyperlink r:id="rId3705693ed5023e978" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://nt.ars-grin.gov/fungaldatabases/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -15944,51 +15944,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">3</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 102-11 </w:t>
       </w:r>
-      <w:hyperlink r:id="rId95016939a6facbae9" w:history="1">
+      <w:hyperlink r:id="rId6550693ed5023ed0e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PBIOMES-12-18-0062-R</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -16014,51 +16014,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, a soilborne pezizomycete pathogen with a broad host range. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Phytopathology</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (early view) </w:t>
       </w:r>
-      <w:hyperlink r:id="rId22276939a6facbb5f" w:history="1">
+      <w:hyperlink r:id="rId5470693ed5023eda2" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PHYTO-01-21-0014-A</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -16637,51 +16637,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (cotton or Texas) root rot in Arizona. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Technical Bulletin, Arizona University College of Agriculture</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> No. 71. Available from </w:t>
       </w:r>
-      <w:hyperlink r:id="rId76096939a6facbf4e" w:history="1">
+      <w:hyperlink r:id="rId2891693ed5023f221" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://repository.arizona.edu/handle/10150/190524</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (last accessed in 2021-12-10)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -17242,51 +17242,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Phymatotrichopsis omnivora</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId83526939a6facc35b" w:history="1">
+      <w:hyperlink r:id="rId8878693ed5023f702" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -17371,51 +17371,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">9</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), 91-95. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId15916939a6facc436" w:history="1">
+      <w:hyperlink r:id="rId5171693ed5023f814" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://onlinelibrary.wiley.com/doi/epdf/10.1111/j.1365-2338.1979.tb02455.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -17495,63 +17495,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> edition).</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> CABI, Wallingford (GB).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="47083128" name="name77686939a6facc53d" descr="eu_funding_250.png"/>
+            <wp:docPr id="123475" name="name9416693ed5023f953" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId99726939a6facc53c" cstate="print"/>
+                    <a:blip r:embed="rId8340693ed5023f952" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -17649,137 +17649,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="93512314">
+  <w:abstractNum w:abstractNumId="90357941">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="30649526">
+    <w:lvl w:ilvl="0" w:tplc="93308543">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="30649526" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="93308543" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="30649526" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="93308543" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="30649526" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="93308543" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="30649526" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="93308543" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="30649526" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="93308543" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="30649526" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="93308543" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="30649526" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="93308543" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="30649526" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="93308543" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="93512313">
+  <w:abstractNum w:abstractNumId="90357940">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="94415585">
+    <w:lvl w:ilvl="0" w:tplc="52150174">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -18531,55 +18531,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="93512313">
-    <w:abstractNumId w:val="93512313"/>
+  <w:num w:numId="90357940">
+    <w:abstractNumId w:val="90357940"/>
   </w:num>
-  <w:num w:numId="93512314">
-    <w:abstractNumId w:val="93512314"/>
+  <w:num w:numId="90357941">
+    <w:abstractNumId w:val="90357941"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -30129,51 +30129,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId365189003" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId407459634" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId62686939a6fac48f4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHMPOM/" TargetMode="External"/><Relationship Id="rId50446939a6fac4961" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHMPOM/categorization" TargetMode="External"/><Relationship Id="rId22546939a6fac4b20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHMPOM/photos" TargetMode="External"/><Relationship Id="rId58386939a6facb630" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.engormix.com/agricultura/articulos/peach-root-rot-phymatotrichopsis-t39833.htm" TargetMode="External"/><Relationship Id="rId46966939a6facb6cf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2019.5619" TargetMode="External"/><Relationship Id="rId74716939a6facb70d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/standards/PM8/" TargetMode="External"/><Relationship Id="rId60616939a6facb75b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nt.ars-grin.gov/fungaldatabases/" TargetMode="External"/><Relationship Id="rId95016939a6facbae9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PBIOMES-12-18-0062-R" TargetMode="External"/><Relationship Id="rId22276939a6facbb5f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHYTO-01-21-0014-A" TargetMode="External"/><Relationship Id="rId76096939a6facbf4e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://repository.arizona.edu/handle/10150/190524" TargetMode="External"/><Relationship Id="rId83526939a6facc35b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId15916939a6facc436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/doi/epdf/10.1111/j.1365-2338.1979.tb02455.x" TargetMode="External"/><Relationship Id="rId13596939a6fac4a2b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId13596939a6fac4a2b.jpg"/><Relationship Id="rId25896939a6faca776" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId25896939a6faca776.jpg"/><Relationship Id="rId99726939a6facc53c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId99726939a6facc53c.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId138887712" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId292046657" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId5053693ed50236775" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHMPOM/" TargetMode="External"/><Relationship Id="rId3945693ed5023684a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHMPOM/categorization" TargetMode="External"/><Relationship Id="rId9147693ed502371f6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHMPOM/photos" TargetMode="External"/><Relationship Id="rId4775693ed5023e859" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.engormix.com/agricultura/articulos/peach-root-rot-phymatotrichopsis-t39833.htm" TargetMode="External"/><Relationship Id="rId3597693ed5023e8f9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2019.5619" TargetMode="External"/><Relationship Id="rId5959693ed5023e92e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/standards/PM8/" TargetMode="External"/><Relationship Id="rId3705693ed5023e978" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nt.ars-grin.gov/fungaldatabases/" TargetMode="External"/><Relationship Id="rId6550693ed5023ed0e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PBIOMES-12-18-0062-R" TargetMode="External"/><Relationship Id="rId5470693ed5023eda2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHYTO-01-21-0014-A" TargetMode="External"/><Relationship Id="rId2891693ed5023f221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://repository.arizona.edu/handle/10150/190524" TargetMode="External"/><Relationship Id="rId8878693ed5023f702" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId5171693ed5023f814" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/doi/epdf/10.1111/j.1365-2338.1979.tb02455.x" TargetMode="External"/><Relationship Id="rId7446693ed50237075" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId7446693ed50237075.jpg"/><Relationship Id="rId5876693ed5023d9a2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId5876693ed5023d9a2.jpg"/><Relationship Id="rId8340693ed5023f952" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId8340693ed5023f952.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>