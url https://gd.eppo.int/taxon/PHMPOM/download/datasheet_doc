--- v4 (2025-12-14)
+++ v5 (2026-01-25)
@@ -292,51 +292,51 @@
               <w:t xml:space="preserve"> (Shear) Duggar</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Ozonium root rot, Phymatotrichopsis root rot (US), Texas root rot of alfalfa, Texas root rot of bean, Texas root rot of cotton, Texas root rot of grapevine, cotton root rot (US), phymatotrichum root rot, root rot of conifers, root rot of soybean, soft rot of cotton</w:t>
             </w:r>
-            <w:hyperlink r:id="rId5053693ed50236775" w:history="1">
+            <w:hyperlink r:id="rId1160697633b61e4bd" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -352,51 +352,51 @@
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 Quarantine pest (Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId3945693ed5023684a" w:history="1">
+            <w:hyperlink r:id="rId1460697633b61e529" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -410,86 +410,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> PHMPOM</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="2245819" name="name9324693ed50237076" descr="1187.jpg"/>
+                  <wp:docPr id="7873774" name="name3904697633b61eaf9" descr="1187.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="1187.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId7446693ed50237075" cstate="print"/>
+                          <a:blip r:embed="rId2391697633b61eaf7" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId9147693ed502371f6" w:history="1">
+            <w:hyperlink r:id="rId6414697633b61f153" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -13417,63 +13417,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 2014).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="30853322" name="name4788693ed5023d9a5" descr="PHMPOM_distribution_map.jpg"/>
+            <wp:docPr id="13580487" name="name2379697633b624d11" descr="PHMPOM_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="PHMPOM_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId5876693ed5023d9a2" cstate="print"/>
+                    <a:blip r:embed="rId5543697633b624d0d" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -15228,51 +15228,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Colmenares CAM (2016) Peach root rot-</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Phymatotrichopsis omnivora</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Available online: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4775693ed5023e859" w:history="1">
+      <w:hyperlink r:id="rId8009697633b625ac4" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.engormix.com/agricultura/articulos/peach-root-rot-phymatotrichopsis-t39833.htm</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -15318,123 +15318,123 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">17</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3):5619, 33 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3597693ed5023e8f9" w:history="1">
+      <w:hyperlink r:id="rId3860697633b625b5d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2019.5619</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2017) EPPO standard PM 8/1 Commodity-specific phytosanitary measures for potato. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5959693ed5023e92e" w:history="1">
+      <w:hyperlink r:id="rId8684697633b625b90" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/standards/PM8/</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:i/>
             <w:iCs/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve"> </w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Farr DF, Rossman AY (2021) Fungal Databases, U.S. National Fungus Collections, ARS, USDA. Retrieved December 2, 2021, from </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3705693ed5023e978" w:history="1">
+      <w:hyperlink r:id="rId8892697633b625bda" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://nt.ars-grin.gov/fungaldatabases/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -15944,51 +15944,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">3</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 102-11 </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6550693ed5023ed0e" w:history="1">
+      <w:hyperlink r:id="rId8980697633b625f4a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PBIOMES-12-18-0062-R</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -16014,51 +16014,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, a soilborne pezizomycete pathogen with a broad host range. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Phytopathology</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (early view) </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5470693ed5023eda2" w:history="1">
+      <w:hyperlink r:id="rId4073697633b625fbb" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PHYTO-01-21-0014-A</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -16637,51 +16637,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (cotton or Texas) root rot in Arizona. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Technical Bulletin, Arizona University College of Agriculture</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> No. 71. Available from </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2891693ed5023f221" w:history="1">
+      <w:hyperlink r:id="rId2448697633b6263ad" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://repository.arizona.edu/handle/10150/190524</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (last accessed in 2021-12-10)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -17220,73 +17220,73 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">How to cite this datasheet?</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">EPPO (2025) </w:t>
+        <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Phymatotrichopsis omnivora</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8878693ed5023f702" w:history="1">
+      <w:hyperlink r:id="rId9771697633b626775" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -17371,51 +17371,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">9</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), 91-95. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5171693ed5023f814" w:history="1">
+      <w:hyperlink r:id="rId4774697633b626849" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://onlinelibrary.wiley.com/doi/epdf/10.1111/j.1365-2338.1979.tb02455.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -17495,63 +17495,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> edition).</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> CABI, Wallingford (GB).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="123475" name="name9416693ed5023f953" descr="eu_funding_250.png"/>
+            <wp:docPr id="90407910" name="name4637697633b626c26" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId8340693ed5023f952" cstate="print"/>
+                    <a:blip r:embed="rId8334697633b626c24" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -17649,137 +17649,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="90357941">
+  <w:abstractNum w:abstractNumId="15187351">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="93308543">
+    <w:lvl w:ilvl="0" w:tplc="63880492">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="93308543" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="63880492" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="93308543" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="63880492" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="93308543" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="63880492" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="93308543" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="63880492" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="93308543" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="63880492" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="93308543" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="63880492" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="93308543" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="63880492" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="93308543" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="63880492" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="90357940">
+  <w:abstractNum w:abstractNumId="15187350">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="52150174">
+    <w:lvl w:ilvl="0" w:tplc="63090948">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -18531,55 +18531,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="90357940">
-    <w:abstractNumId w:val="90357940"/>
+  <w:num w:numId="15187350">
+    <w:abstractNumId w:val="15187350"/>
   </w:num>
-  <w:num w:numId="90357941">
-    <w:abstractNumId w:val="90357941"/>
+  <w:num w:numId="15187351">
+    <w:abstractNumId w:val="15187351"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -30129,51 +30129,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId138887712" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId292046657" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId5053693ed50236775" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHMPOM/" TargetMode="External"/><Relationship Id="rId3945693ed5023684a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHMPOM/categorization" TargetMode="External"/><Relationship Id="rId9147693ed502371f6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHMPOM/photos" TargetMode="External"/><Relationship Id="rId4775693ed5023e859" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.engormix.com/agricultura/articulos/peach-root-rot-phymatotrichopsis-t39833.htm" TargetMode="External"/><Relationship Id="rId3597693ed5023e8f9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2019.5619" TargetMode="External"/><Relationship Id="rId5959693ed5023e92e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/standards/PM8/" TargetMode="External"/><Relationship Id="rId3705693ed5023e978" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nt.ars-grin.gov/fungaldatabases/" TargetMode="External"/><Relationship Id="rId6550693ed5023ed0e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PBIOMES-12-18-0062-R" TargetMode="External"/><Relationship Id="rId5470693ed5023eda2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHYTO-01-21-0014-A" TargetMode="External"/><Relationship Id="rId2891693ed5023f221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://repository.arizona.edu/handle/10150/190524" TargetMode="External"/><Relationship Id="rId8878693ed5023f702" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId5171693ed5023f814" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/doi/epdf/10.1111/j.1365-2338.1979.tb02455.x" TargetMode="External"/><Relationship Id="rId7446693ed50237075" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId7446693ed50237075.jpg"/><Relationship Id="rId5876693ed5023d9a2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId5876693ed5023d9a2.jpg"/><Relationship Id="rId8340693ed5023f952" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId8340693ed5023f952.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId983035531" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId948295298" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId1160697633b61e4bd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHMPOM/" TargetMode="External"/><Relationship Id="rId1460697633b61e529" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHMPOM/categorization" TargetMode="External"/><Relationship Id="rId6414697633b61f153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHMPOM/photos" TargetMode="External"/><Relationship Id="rId8009697633b625ac4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.engormix.com/agricultura/articulos/peach-root-rot-phymatotrichopsis-t39833.htm" TargetMode="External"/><Relationship Id="rId3860697633b625b5d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2019.5619" TargetMode="External"/><Relationship Id="rId8684697633b625b90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/standards/PM8/" TargetMode="External"/><Relationship Id="rId8892697633b625bda" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nt.ars-grin.gov/fungaldatabases/" TargetMode="External"/><Relationship Id="rId8980697633b625f4a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PBIOMES-12-18-0062-R" TargetMode="External"/><Relationship Id="rId4073697633b625fbb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHYTO-01-21-0014-A" TargetMode="External"/><Relationship Id="rId2448697633b6263ad" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://repository.arizona.edu/handle/10150/190524" TargetMode="External"/><Relationship Id="rId9771697633b626775" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId4774697633b626849" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/doi/epdf/10.1111/j.1365-2338.1979.tb02455.x" TargetMode="External"/><Relationship Id="rId2391697633b61eaf7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId2391697633b61eaf7.jpg"/><Relationship Id="rId5543697633b624d0d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId5543697633b624d0d.jpg"/><Relationship Id="rId8334697633b626c24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId8334697633b626c24.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>