--- v5 (2026-01-25)
+++ v6 (2026-02-14)
@@ -292,51 +292,51 @@
               <w:t xml:space="preserve"> (Shear) Duggar</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Ozonium root rot, Phymatotrichopsis root rot (US), Texas root rot of alfalfa, Texas root rot of bean, Texas root rot of cotton, Texas root rot of grapevine, cotton root rot (US), phymatotrichum root rot, root rot of conifers, root rot of soybean, soft rot of cotton</w:t>
             </w:r>
-            <w:hyperlink r:id="rId1160697633b61e4bd" w:history="1">
+            <w:hyperlink r:id="rId74726990d8a058237" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -350,53 +350,53 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve"> A1 Quarantine pest (Annex II A)</w:t>
+              <w:t xml:space="preserve"> Quarantine pest ((EU) 2019/2072 Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId1460697633b61e529" w:history="1">
+            <w:hyperlink r:id="rId89986990d8a0582a4" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -410,86 +410,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> PHMPOM</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="7873774" name="name3904697633b61eaf9" descr="1187.jpg"/>
+                  <wp:docPr id="80072548" name="name20996990d8a0587fe" descr="1187.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="1187.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId2391697633b61eaf7" cstate="print"/>
+                          <a:blip r:embed="rId75066990d8a0587fc" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId6414697633b61f153" w:history="1">
+            <w:hyperlink r:id="rId33946990d8a058949" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -2739,51 +2739,51 @@
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Broussonetia papyrifera</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">Buddleia davidii</w:t>
+        <w:t xml:space="preserve">Buddleja davidii</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Buglossoides arvensis</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
@@ -13417,63 +13417,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 2014).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="13580487" name="name2379697633b624d11" descr="PHMPOM_distribution_map.jpg"/>
+            <wp:docPr id="87623878" name="name83206990d8a05e892" descr="PHMPOM_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="PHMPOM_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId5543697633b624d0d" cstate="print"/>
+                    <a:blip r:embed="rId29586990d8a05e88d" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -15228,51 +15228,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Colmenares CAM (2016) Peach root rot-</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Phymatotrichopsis omnivora</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Available online: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8009697633b625ac4" w:history="1">
+      <w:hyperlink r:id="rId67506990d8a05f700" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.engormix.com/agricultura/articulos/peach-root-rot-phymatotrichopsis-t39833.htm</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -15318,123 +15318,123 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">17</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3):5619, 33 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3860697633b625b5d" w:history="1">
+      <w:hyperlink r:id="rId11416990d8a05f79a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2019.5619</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2017) EPPO standard PM 8/1 Commodity-specific phytosanitary measures for potato. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8684697633b625b90" w:history="1">
+      <w:hyperlink r:id="rId95036990d8a05f7ce" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/standards/PM8/</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:i/>
             <w:iCs/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve"> </w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Farr DF, Rossman AY (2021) Fungal Databases, U.S. National Fungus Collections, ARS, USDA. Retrieved December 2, 2021, from </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8892697633b625bda" w:history="1">
+      <w:hyperlink r:id="rId19236990d8a05f818" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://nt.ars-grin.gov/fungaldatabases/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -15944,51 +15944,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">3</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 102-11 </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8980697633b625f4a" w:history="1">
+      <w:hyperlink r:id="rId77316990d8a05fba5" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PBIOMES-12-18-0062-R</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -16014,51 +16014,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, a soilborne pezizomycete pathogen with a broad host range. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Phytopathology</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (early view) </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4073697633b625fbb" w:history="1">
+      <w:hyperlink r:id="rId84896990d8a05fc18" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PHYTO-01-21-0014-A</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -16637,51 +16637,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (cotton or Texas) root rot in Arizona. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Technical Bulletin, Arizona University College of Agriculture</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> No. 71. Available from </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2448697633b6263ad" w:history="1">
+      <w:hyperlink r:id="rId57786990d8a060002" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://repository.arizona.edu/handle/10150/190524</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (last accessed in 2021-12-10)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -17242,51 +17242,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Phymatotrichopsis omnivora</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9771697633b626775" w:history="1">
+      <w:hyperlink r:id="rId51076990d8a0603c9" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -17371,51 +17371,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">9</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), 91-95. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4774697633b626849" w:history="1">
+      <w:hyperlink r:id="rId62096990d8a06049d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://onlinelibrary.wiley.com/doi/epdf/10.1111/j.1365-2338.1979.tb02455.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -17495,63 +17495,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> edition).</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> CABI, Wallingford (GB).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="90407910" name="name4637697633b626c26" descr="eu_funding_250.png"/>
+            <wp:docPr id="87585291" name="name50866990d8a060818" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId8334697633b626c24" cstate="print"/>
+                    <a:blip r:embed="rId39706990d8a060817" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -17649,137 +17649,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="15187351">
+  <w:abstractNum w:abstractNumId="60151883">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="63880492">
+    <w:lvl w:ilvl="0" w:tplc="84328694">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="63880492" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="84328694" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="63880492" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="84328694" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="63880492" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="84328694" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="63880492" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="84328694" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="63880492" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="84328694" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="63880492" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="84328694" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="63880492" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="84328694" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="63880492" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="84328694" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="15187350">
+  <w:abstractNum w:abstractNumId="60151882">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="63090948">
+    <w:lvl w:ilvl="0" w:tplc="84428607">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -18531,55 +18531,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="15187350">
-    <w:abstractNumId w:val="15187350"/>
+  <w:num w:numId="60151882">
+    <w:abstractNumId w:val="60151882"/>
   </w:num>
-  <w:num w:numId="15187351">
-    <w:abstractNumId w:val="15187351"/>
+  <w:num w:numId="60151883">
+    <w:abstractNumId w:val="60151883"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -30129,51 +30129,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId983035531" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId948295298" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId1160697633b61e4bd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHMPOM/" TargetMode="External"/><Relationship Id="rId1460697633b61e529" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHMPOM/categorization" TargetMode="External"/><Relationship Id="rId6414697633b61f153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHMPOM/photos" TargetMode="External"/><Relationship Id="rId8009697633b625ac4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.engormix.com/agricultura/articulos/peach-root-rot-phymatotrichopsis-t39833.htm" TargetMode="External"/><Relationship Id="rId3860697633b625b5d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2019.5619" TargetMode="External"/><Relationship Id="rId8684697633b625b90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/standards/PM8/" TargetMode="External"/><Relationship Id="rId8892697633b625bda" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nt.ars-grin.gov/fungaldatabases/" TargetMode="External"/><Relationship Id="rId8980697633b625f4a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PBIOMES-12-18-0062-R" TargetMode="External"/><Relationship Id="rId4073697633b625fbb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHYTO-01-21-0014-A" TargetMode="External"/><Relationship Id="rId2448697633b6263ad" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://repository.arizona.edu/handle/10150/190524" TargetMode="External"/><Relationship Id="rId9771697633b626775" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId4774697633b626849" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/doi/epdf/10.1111/j.1365-2338.1979.tb02455.x" TargetMode="External"/><Relationship Id="rId2391697633b61eaf7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId2391697633b61eaf7.jpg"/><Relationship Id="rId5543697633b624d0d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId5543697633b624d0d.jpg"/><Relationship Id="rId8334697633b626c24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId8334697633b626c24.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId740329394" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId214991881" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId74726990d8a058237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHMPOM/" TargetMode="External"/><Relationship Id="rId89986990d8a0582a4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHMPOM/categorization" TargetMode="External"/><Relationship Id="rId33946990d8a058949" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHMPOM/photos" TargetMode="External"/><Relationship Id="rId67506990d8a05f700" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.engormix.com/agricultura/articulos/peach-root-rot-phymatotrichopsis-t39833.htm" TargetMode="External"/><Relationship Id="rId11416990d8a05f79a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2019.5619" TargetMode="External"/><Relationship Id="rId95036990d8a05f7ce" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/standards/PM8/" TargetMode="External"/><Relationship Id="rId19236990d8a05f818" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nt.ars-grin.gov/fungaldatabases/" TargetMode="External"/><Relationship Id="rId77316990d8a05fba5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PBIOMES-12-18-0062-R" TargetMode="External"/><Relationship Id="rId84896990d8a05fc18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHYTO-01-21-0014-A" TargetMode="External"/><Relationship Id="rId57786990d8a060002" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://repository.arizona.edu/handle/10150/190524" TargetMode="External"/><Relationship Id="rId51076990d8a0603c9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId62096990d8a06049d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/doi/epdf/10.1111/j.1365-2338.1979.tb02455.x" TargetMode="External"/><Relationship Id="rId75066990d8a0587fc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId75066990d8a0587fc.jpg"/><Relationship Id="rId29586990d8a05e88d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId29586990d8a05e88d.jpg"/><Relationship Id="rId39706990d8a060817" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId39706990d8a060817.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>