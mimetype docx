--- v6 (2026-02-14)
+++ v7 (2026-03-07)
@@ -292,51 +292,51 @@
               <w:t xml:space="preserve"> (Shear) Duggar</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Ozonium root rot, Phymatotrichopsis root rot (US), Texas root rot of alfalfa, Texas root rot of bean, Texas root rot of cotton, Texas root rot of grapevine, cotton root rot (US), phymatotrichum root rot, root rot of conifers, root rot of soybean, soft rot of cotton</w:t>
             </w:r>
-            <w:hyperlink r:id="rId74726990d8a058237" w:history="1">
+            <w:hyperlink r:id="rId748569ab92ddae90e" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -352,51 +352,51 @@
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Quarantine pest ((EU) 2019/2072 Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId89986990d8a0582a4" w:history="1">
+            <w:hyperlink r:id="rId172169ab92ddae978" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -410,86 +410,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> PHMPOM</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="80072548" name="name20996990d8a0587fe" descr="1187.jpg"/>
+                  <wp:docPr id="46966205" name="name791669ab92ddaea5e" descr="1187.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="1187.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId75066990d8a0587fc" cstate="print"/>
+                          <a:blip r:embed="rId377369ab92ddaea5c" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId33946990d8a058949" w:history="1">
+            <w:hyperlink r:id="rId336969ab92ddaeb3b" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -13417,63 +13417,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 2014).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="87623878" name="name83206990d8a05e892" descr="PHMPOM_distribution_map.jpg"/>
+            <wp:docPr id="13034948" name="name829669ab92ddb47c6" descr="PHMPOM_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="PHMPOM_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId29586990d8a05e88d" cstate="print"/>
+                    <a:blip r:embed="rId622769ab92ddb47c3" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -15228,51 +15228,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Colmenares CAM (2016) Peach root rot-</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Phymatotrichopsis omnivora</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Available online: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId67506990d8a05f700" w:history="1">
+      <w:hyperlink r:id="rId251569ab92ddb5577" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.engormix.com/agricultura/articulos/peach-root-rot-phymatotrichopsis-t39833.htm</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -15318,123 +15318,123 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">17</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3):5619, 33 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId11416990d8a05f79a" w:history="1">
+      <w:hyperlink r:id="rId316769ab92ddb560f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2019.5619</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2017) EPPO standard PM 8/1 Commodity-specific phytosanitary measures for potato. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId95036990d8a05f7ce" w:history="1">
+      <w:hyperlink r:id="rId976869ab92ddb5642" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/standards/PM8/</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:i/>
             <w:iCs/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve"> </w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Farr DF, Rossman AY (2021) Fungal Databases, U.S. National Fungus Collections, ARS, USDA. Retrieved December 2, 2021, from </w:t>
       </w:r>
-      <w:hyperlink r:id="rId19236990d8a05f818" w:history="1">
+      <w:hyperlink r:id="rId978169ab92ddb568b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://nt.ars-grin.gov/fungaldatabases/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -15944,51 +15944,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">3</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 102-11 </w:t>
       </w:r>
-      <w:hyperlink r:id="rId77316990d8a05fba5" w:history="1">
+      <w:hyperlink r:id="rId469569ab92ddb59fa" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PBIOMES-12-18-0062-R</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -16014,51 +16014,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, a soilborne pezizomycete pathogen with a broad host range. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Phytopathology</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (early view) </w:t>
       </w:r>
-      <w:hyperlink r:id="rId84896990d8a05fc18" w:history="1">
+      <w:hyperlink r:id="rId158569ab92ddb5a83" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PHYTO-01-21-0014-A</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -16637,51 +16637,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (cotton or Texas) root rot in Arizona. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Technical Bulletin, Arizona University College of Agriculture</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> No. 71. Available from </w:t>
       </w:r>
-      <w:hyperlink r:id="rId57786990d8a060002" w:history="1">
+      <w:hyperlink r:id="rId252569ab92ddb5e6a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://repository.arizona.edu/handle/10150/190524</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (last accessed in 2021-12-10)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -17242,51 +17242,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Phymatotrichopsis omnivora</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId51076990d8a0603c9" w:history="1">
+      <w:hyperlink r:id="rId296169ab92ddb622a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -17371,51 +17371,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">9</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), 91-95. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId62096990d8a06049d" w:history="1">
+      <w:hyperlink r:id="rId412669ab92ddb62fc" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://onlinelibrary.wiley.com/doi/epdf/10.1111/j.1365-2338.1979.tb02455.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -17495,63 +17495,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> edition).</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> CABI, Wallingford (GB).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="87585291" name="name50866990d8a060818" descr="eu_funding_250.png"/>
+            <wp:docPr id="12124877" name="name861069ab92ddb63eb" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId39706990d8a060817" cstate="print"/>
+                    <a:blip r:embed="rId570069ab92ddb63ea" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -17649,137 +17649,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="60151883">
+  <w:abstractNum w:abstractNumId="45598413">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="84328694">
+    <w:lvl w:ilvl="0" w:tplc="17818950">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="84328694" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="17818950" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="84328694" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="17818950" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="84328694" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="17818950" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="84328694" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="17818950" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="84328694" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="17818950" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="84328694" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="17818950" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="84328694" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="17818950" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="84328694" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="17818950" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="60151882">
+  <w:abstractNum w:abstractNumId="45598412">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="84428607">
+    <w:lvl w:ilvl="0" w:tplc="34887105">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -18531,55 +18531,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="60151882">
-    <w:abstractNumId w:val="60151882"/>
+  <w:num w:numId="45598412">
+    <w:abstractNumId w:val="45598412"/>
   </w:num>
-  <w:num w:numId="60151883">
-    <w:abstractNumId w:val="60151883"/>
+  <w:num w:numId="45598413">
+    <w:abstractNumId w:val="45598413"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -30129,51 +30129,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId740329394" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId214991881" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId74726990d8a058237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHMPOM/" TargetMode="External"/><Relationship Id="rId89986990d8a0582a4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHMPOM/categorization" TargetMode="External"/><Relationship Id="rId33946990d8a058949" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHMPOM/photos" TargetMode="External"/><Relationship Id="rId67506990d8a05f700" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.engormix.com/agricultura/articulos/peach-root-rot-phymatotrichopsis-t39833.htm" TargetMode="External"/><Relationship Id="rId11416990d8a05f79a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2019.5619" TargetMode="External"/><Relationship Id="rId95036990d8a05f7ce" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/standards/PM8/" TargetMode="External"/><Relationship Id="rId19236990d8a05f818" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nt.ars-grin.gov/fungaldatabases/" TargetMode="External"/><Relationship Id="rId77316990d8a05fba5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PBIOMES-12-18-0062-R" TargetMode="External"/><Relationship Id="rId84896990d8a05fc18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHYTO-01-21-0014-A" TargetMode="External"/><Relationship Id="rId57786990d8a060002" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://repository.arizona.edu/handle/10150/190524" TargetMode="External"/><Relationship Id="rId51076990d8a0603c9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId62096990d8a06049d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/doi/epdf/10.1111/j.1365-2338.1979.tb02455.x" TargetMode="External"/><Relationship Id="rId75066990d8a0587fc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId75066990d8a0587fc.jpg"/><Relationship Id="rId29586990d8a05e88d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId29586990d8a05e88d.jpg"/><Relationship Id="rId39706990d8a060817" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId39706990d8a060817.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId840702243" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId765398576" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId748569ab92ddae90e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHMPOM/" TargetMode="External"/><Relationship Id="rId172169ab92ddae978" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHMPOM/categorization" TargetMode="External"/><Relationship Id="rId336969ab92ddaeb3b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHMPOM/photos" TargetMode="External"/><Relationship Id="rId251569ab92ddb5577" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.engormix.com/agricultura/articulos/peach-root-rot-phymatotrichopsis-t39833.htm" TargetMode="External"/><Relationship Id="rId316769ab92ddb560f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2019.5619" TargetMode="External"/><Relationship Id="rId976869ab92ddb5642" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/standards/PM8/" TargetMode="External"/><Relationship Id="rId978169ab92ddb568b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nt.ars-grin.gov/fungaldatabases/" TargetMode="External"/><Relationship Id="rId469569ab92ddb59fa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PBIOMES-12-18-0062-R" TargetMode="External"/><Relationship Id="rId158569ab92ddb5a83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHYTO-01-21-0014-A" TargetMode="External"/><Relationship Id="rId252569ab92ddb5e6a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://repository.arizona.edu/handle/10150/190524" TargetMode="External"/><Relationship Id="rId296169ab92ddb622a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId412669ab92ddb62fc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/doi/epdf/10.1111/j.1365-2338.1979.tb02455.x" TargetMode="External"/><Relationship Id="rId377369ab92ddaea5c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId377369ab92ddaea5c.jpg"/><Relationship Id="rId622769ab92ddb47c3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId622769ab92ddb47c3.jpg"/><Relationship Id="rId570069ab92ddb63ea" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId570069ab92ddb63ea.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>