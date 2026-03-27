--- v7 (2026-03-07)
+++ v8 (2026-03-27)
@@ -292,51 +292,51 @@
               <w:t xml:space="preserve"> (Shear) Duggar</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Ozonium root rot, Phymatotrichopsis root rot (US), Texas root rot of alfalfa, Texas root rot of bean, Texas root rot of cotton, Texas root rot of grapevine, cotton root rot (US), phymatotrichum root rot, root rot of conifers, root rot of soybean, soft rot of cotton</w:t>
             </w:r>
-            <w:hyperlink r:id="rId748569ab92ddae90e" w:history="1">
+            <w:hyperlink r:id="rId774169c6f4568132b" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -352,51 +352,51 @@
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Quarantine pest ((EU) 2019/2072 Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId172169ab92ddae978" w:history="1">
+            <w:hyperlink r:id="rId464169c6f45681398" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -410,86 +410,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> PHMPOM</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="46966205" name="name791669ab92ddaea5e" descr="1187.jpg"/>
+                  <wp:docPr id="75308146" name="name235869c6f45681ab7" descr="1187.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="1187.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId377369ab92ddaea5c" cstate="print"/>
+                          <a:blip r:embed="rId318469c6f45681ab5" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId336969ab92ddaeb3b" w:history="1">
+            <w:hyperlink r:id="rId462469c6f45681bf1" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -13417,63 +13417,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 2014).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="13034948" name="name829669ab92ddb47c6" descr="PHMPOM_distribution_map.jpg"/>
+            <wp:docPr id="26654973" name="name402269c6f45687d58" descr="PHMPOM_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="PHMPOM_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId622769ab92ddb47c3" cstate="print"/>
+                    <a:blip r:embed="rId613769c6f45687d54" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -15228,51 +15228,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Colmenares CAM (2016) Peach root rot-</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Phymatotrichopsis omnivora</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Available online: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId251569ab92ddb5577" w:history="1">
+      <w:hyperlink r:id="rId943869c6f45688c64" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.engormix.com/agricultura/articulos/peach-root-rot-phymatotrichopsis-t39833.htm</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -15318,123 +15318,123 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">17</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3):5619, 33 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId316769ab92ddb560f" w:history="1">
+      <w:hyperlink r:id="rId802269c6f45688cff" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2019.5619</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2017) EPPO standard PM 8/1 Commodity-specific phytosanitary measures for potato. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId976869ab92ddb5642" w:history="1">
+      <w:hyperlink r:id="rId185869c6f45688d33" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/standards/PM8/</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:i/>
             <w:iCs/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve"> </w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Farr DF, Rossman AY (2021) Fungal Databases, U.S. National Fungus Collections, ARS, USDA. Retrieved December 2, 2021, from </w:t>
       </w:r>
-      <w:hyperlink r:id="rId978169ab92ddb568b" w:history="1">
+      <w:hyperlink r:id="rId821069c6f45688d7c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://nt.ars-grin.gov/fungaldatabases/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -15944,51 +15944,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">3</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 102-11 </w:t>
       </w:r>
-      <w:hyperlink r:id="rId469569ab92ddb59fa" w:history="1">
+      <w:hyperlink r:id="rId406569c6f456890f3" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PBIOMES-12-18-0062-R</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -16014,51 +16014,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, a soilborne pezizomycete pathogen with a broad host range. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Phytopathology</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (early view) </w:t>
       </w:r>
-      <w:hyperlink r:id="rId158569ab92ddb5a83" w:history="1">
+      <w:hyperlink r:id="rId558369c6f45689163" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PHYTO-01-21-0014-A</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -16637,51 +16637,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (cotton or Texas) root rot in Arizona. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Technical Bulletin, Arizona University College of Agriculture</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> No. 71. Available from </w:t>
       </w:r>
-      <w:hyperlink r:id="rId252569ab92ddb5e6a" w:history="1">
+      <w:hyperlink r:id="rId739969c6f45689547" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://repository.arizona.edu/handle/10150/190524</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (last accessed in 2021-12-10)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -17242,51 +17242,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Phymatotrichopsis omnivora</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId296169ab92ddb622a" w:history="1">
+      <w:hyperlink r:id="rId327469c6f45689914" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -17371,51 +17371,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">9</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), 91-95. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId412669ab92ddb62fc" w:history="1">
+      <w:hyperlink r:id="rId163969c6f456899e8" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://onlinelibrary.wiley.com/doi/epdf/10.1111/j.1365-2338.1979.tb02455.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -17495,63 +17495,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> edition).</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> CABI, Wallingford (GB).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="12124877" name="name861069ab92ddb63eb" descr="eu_funding_250.png"/>
+            <wp:docPr id="79068449" name="name962569c6f45689b0e" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId570069ab92ddb63ea" cstate="print"/>
+                    <a:blip r:embed="rId295469c6f45689b0c" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -17649,137 +17649,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="45598413">
+  <w:abstractNum w:abstractNumId="22372756">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="17818950">
+    <w:lvl w:ilvl="0" w:tplc="18537395">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="17818950" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="18537395" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="17818950" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="18537395" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="17818950" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="18537395" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="17818950" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="18537395" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="17818950" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="18537395" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="17818950" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="18537395" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="17818950" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="18537395" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="17818950" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="18537395" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="45598412">
+  <w:abstractNum w:abstractNumId="22372755">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="34887105">
+    <w:lvl w:ilvl="0" w:tplc="10751492">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -18531,55 +18531,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="45598412">
-    <w:abstractNumId w:val="45598412"/>
+  <w:num w:numId="22372755">
+    <w:abstractNumId w:val="22372755"/>
   </w:num>
-  <w:num w:numId="45598413">
-    <w:abstractNumId w:val="45598413"/>
+  <w:num w:numId="22372756">
+    <w:abstractNumId w:val="22372756"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -30129,51 +30129,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId840702243" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId765398576" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId748569ab92ddae90e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHMPOM/" TargetMode="External"/><Relationship Id="rId172169ab92ddae978" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHMPOM/categorization" TargetMode="External"/><Relationship Id="rId336969ab92ddaeb3b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHMPOM/photos" TargetMode="External"/><Relationship Id="rId251569ab92ddb5577" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.engormix.com/agricultura/articulos/peach-root-rot-phymatotrichopsis-t39833.htm" TargetMode="External"/><Relationship Id="rId316769ab92ddb560f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2019.5619" TargetMode="External"/><Relationship Id="rId976869ab92ddb5642" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/standards/PM8/" TargetMode="External"/><Relationship Id="rId978169ab92ddb568b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nt.ars-grin.gov/fungaldatabases/" TargetMode="External"/><Relationship Id="rId469569ab92ddb59fa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PBIOMES-12-18-0062-R" TargetMode="External"/><Relationship Id="rId158569ab92ddb5a83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHYTO-01-21-0014-A" TargetMode="External"/><Relationship Id="rId252569ab92ddb5e6a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://repository.arizona.edu/handle/10150/190524" TargetMode="External"/><Relationship Id="rId296169ab92ddb622a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId412669ab92ddb62fc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/doi/epdf/10.1111/j.1365-2338.1979.tb02455.x" TargetMode="External"/><Relationship Id="rId377369ab92ddaea5c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId377369ab92ddaea5c.jpg"/><Relationship Id="rId622769ab92ddb47c3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId622769ab92ddb47c3.jpg"/><Relationship Id="rId570069ab92ddb63ea" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId570069ab92ddb63ea.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId513481396" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId226485183" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId774169c6f4568132b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHMPOM/" TargetMode="External"/><Relationship Id="rId464169c6f45681398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHMPOM/categorization" TargetMode="External"/><Relationship Id="rId462469c6f45681bf1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHMPOM/photos" TargetMode="External"/><Relationship Id="rId943869c6f45688c64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.engormix.com/agricultura/articulos/peach-root-rot-phymatotrichopsis-t39833.htm" TargetMode="External"/><Relationship Id="rId802269c6f45688cff" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2019.5619" TargetMode="External"/><Relationship Id="rId185869c6f45688d33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/standards/PM8/" TargetMode="External"/><Relationship Id="rId821069c6f45688d7c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nt.ars-grin.gov/fungaldatabases/" TargetMode="External"/><Relationship Id="rId406569c6f456890f3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PBIOMES-12-18-0062-R" TargetMode="External"/><Relationship Id="rId558369c6f45689163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHYTO-01-21-0014-A" TargetMode="External"/><Relationship Id="rId739969c6f45689547" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://repository.arizona.edu/handle/10150/190524" TargetMode="External"/><Relationship Id="rId327469c6f45689914" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId163969c6f456899e8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/doi/epdf/10.1111/j.1365-2338.1979.tb02455.x" TargetMode="External"/><Relationship Id="rId318469c6f45681ab5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId318469c6f45681ab5.jpg"/><Relationship Id="rId613769c6f45687d54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId613769c6f45687d54.jpg"/><Relationship Id="rId295469c6f45689b0c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId295469c6f45689b0c.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>