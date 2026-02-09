--- v0 (2025-10-19)
+++ v1 (2026-02-09)
@@ -428,51 +428,51 @@
   <si>
     <t>Sri Lanka</t>
   </si>
   <si>
     <t>LK</t>
   </si>
   <si>
     <t>Present, widespread</t>
   </si>
   <si>
     <t>Taiwan</t>
   </si>
   <si>
     <t>TW</t>
   </si>
   <si>
     <t>Thailand</t>
   </si>
   <si>
     <t>TH</t>
   </si>
   <si>
     <t>Europe</t>
   </si>
   <si>
-    <t>Russian Federation (the)</t>
+    <t>Russian Federation</t>
   </si>
   <si>
     <t>RU</t>
   </si>
   <si>
     <t>Far East</t>
   </si>
   <si>
     <t>fe</t>
   </si>
   <si>
     <t>Northern Russia</t>
   </si>
   <si>
     <t>nr</t>
   </si>
   <si>
     <t>Oceania</t>
   </si>
   <si>
     <t>Australia</t>
   </si>
   <si>
     <t>AU</t>
   </si>