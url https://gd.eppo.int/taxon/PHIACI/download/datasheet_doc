--- v0 (2025-10-08)
+++ v1 (2025-11-20)
@@ -270,88 +270,88 @@
               <w:t xml:space="preserve"> Wollenweber</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> phialophora wilt of carnation, wilt of carnation</w:t>
             </w:r>
-            <w:hyperlink r:id="rId844568e625722acfb" w:history="1">
+            <w:hyperlink r:id="rId8069691d09257621d" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
-            <w:hyperlink r:id="rId308968e625722ad3e" w:history="1">
+            <w:hyperlink r:id="rId3812691d092576270" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -365,86 +365,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> PHIACI</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="69677586" name="name122068e625722b685" descr="1186.jpg"/>
+                  <wp:docPr id="9194619" name="name3107691d092576a2a" descr="1186.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="1186.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId615768e625722b683" cstate="print"/>
+                          <a:blip r:embed="rId6553691d092576a28" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId840168e625722b806" w:history="1">
+            <w:hyperlink r:id="rId6078691d092576b1e" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
@@ -1811,63 +1811,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">P. cinerescens</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> from South America are limited, but the fungus has been identified in some regions of Colombia, especially in tropical and subtropical areas where it may be found in soil and organic matter.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="31571432" name="name969668e625722ccee" descr="PHIACI_distribution_map.jpg"/>
+            <wp:docPr id="2685101" name="name1985691d092577fd6" descr="PHIACI_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="PHIACI_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId498068e625722cceb" cstate="print"/>
+                    <a:blip r:embed="rId4253691d092577fd4" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -4630,51 +4630,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">USDA (2010) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Post-entry Quarantine Manual</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. U.S. Department of Agriculture. Available online: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId324768e625722e119" w:history="1">
+      <w:hyperlink r:id="rId8483691d092579358" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.aphis.usda.gov/import_export/plants/manuals/domestic/downloads/postentry.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (last accessed July 22, 2023)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4747,51 +4747,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Wolcan SM, Malbrán I, Mourelos CA, Sisterna MN, González MDP, Alippi AM &amp; Lori GA (2016) Diseases of Carnation. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Handbook of Florist's Crops Diseases, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Centro de Investigaciones de Fitopatología, Comisión de Investigaciones Científicas. Buenos Aires, Argentina. online access </w:t>
       </w:r>
-      <w:hyperlink r:id="rId437368e625722e1db" w:history="1">
+      <w:hyperlink r:id="rId5177691d092579440" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://digital.cic.gba.gob.ar/handle/11746/8206</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (last accessed July 22, 2023)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4984,51 +4984,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Phialophora cinerescens</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId290568e625722e372" w:history="1">
+      <w:hyperlink r:id="rId8701691d0925795c4" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -5181,81 +5181,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO Bulletin </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">12</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 89-83. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId551568e625722e4b1" w:history="1">
+      <w:hyperlink r:id="rId5045691d0925796fe" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://onlinelibrary.wiley.com/doi/abs/10.1111/j.1365-2338.1982.tb01961.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="7218541" name="name346568e625722ee00" descr="eu_funding_250.png"/>
+            <wp:docPr id="70416161" name="name1019691d09257974e" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId382168e625722edff" cstate="print"/>
+                    <a:blip r:embed="rId4855691d09257974d" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -5353,137 +5353,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="32092131">
+  <w:abstractNum w:abstractNumId="90856950">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="31439750">
+    <w:lvl w:ilvl="0" w:tplc="35494016">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="31439750" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="35494016" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="31439750" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="35494016" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="31439750" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="35494016" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="31439750" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="35494016" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="31439750" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="35494016" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="31439750" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="35494016" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="31439750" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="35494016" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="31439750" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="35494016" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="32092130">
+  <w:abstractNum w:abstractNumId="90856949">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="92649085">
+    <w:lvl w:ilvl="0" w:tplc="81529313">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -6235,55 +6235,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="32092130">
-    <w:abstractNumId w:val="32092130"/>
+  <w:num w:numId="90856949">
+    <w:abstractNumId w:val="90856949"/>
   </w:num>
-  <w:num w:numId="32092131">
-    <w:abstractNumId w:val="32092131"/>
+  <w:num w:numId="90856950">
+    <w:abstractNumId w:val="90856950"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -17833,51 +17833,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId249028422" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId693476800" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId844568e625722acfb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHIACI/" TargetMode="External"/><Relationship Id="rId308968e625722ad3e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHIACI/categorization" TargetMode="External"/><Relationship Id="rId840168e625722b806" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHIACI/photos" TargetMode="External"/><Relationship Id="rId324768e625722e119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.aphis.usda.gov/import_export/plants/manuals/domestic/downloads/postentry.pdf" TargetMode="External"/><Relationship Id="rId437368e625722e1db" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://digital.cic.gba.gob.ar/handle/11746/8206" TargetMode="External"/><Relationship Id="rId290568e625722e372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId551568e625722e4b1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/doi/abs/10.1111/j.1365-2338.1982.tb01961.x" TargetMode="External"/><Relationship Id="rId615768e625722b683" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId615768e625722b683.jpg"/><Relationship Id="rId498068e625722cceb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId498068e625722cceb.jpg"/><Relationship Id="rId382168e625722edff" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId382168e625722edff.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId424680416" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId412060806" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId8069691d09257621d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHIACI/" TargetMode="External"/><Relationship Id="rId3812691d092576270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHIACI/categorization" TargetMode="External"/><Relationship Id="rId6078691d092576b1e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHIACI/photos" TargetMode="External"/><Relationship Id="rId8483691d092579358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.aphis.usda.gov/import_export/plants/manuals/domestic/downloads/postentry.pdf" TargetMode="External"/><Relationship Id="rId5177691d092579440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://digital.cic.gba.gob.ar/handle/11746/8206" TargetMode="External"/><Relationship Id="rId8701691d0925795c4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId5045691d0925796fe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/doi/abs/10.1111/j.1365-2338.1982.tb01961.x" TargetMode="External"/><Relationship Id="rId6553691d092576a28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId6553691d092576a28.jpg"/><Relationship Id="rId4253691d092577fd4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId4253691d092577fd4.jpg"/><Relationship Id="rId4855691d09257974d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId4855691d09257974d.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>