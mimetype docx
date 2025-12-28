--- v1 (2025-11-20)
+++ v2 (2025-12-28)
@@ -270,88 +270,88 @@
               <w:t xml:space="preserve"> Wollenweber</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> phialophora wilt of carnation, wilt of carnation</w:t>
             </w:r>
-            <w:hyperlink r:id="rId8069691d09257621d" w:history="1">
+            <w:hyperlink r:id="rId63616951a5fb7246d" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
-            <w:hyperlink r:id="rId3812691d092576270" w:history="1">
+            <w:hyperlink r:id="rId69976951a5fb724bd" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -365,86 +365,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> PHIACI</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="9194619" name="name3107691d092576a2a" descr="1186.jpg"/>
+                  <wp:docPr id="70891882" name="name17376951a5fb72bc6" descr="1186.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="1186.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId6553691d092576a28" cstate="print"/>
+                          <a:blip r:embed="rId52886951a5fb72bc4" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId6078691d092576b1e" w:history="1">
+            <w:hyperlink r:id="rId35796951a5fb72d19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
@@ -1811,63 +1811,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">P. cinerescens</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> from South America are limited, but the fungus has been identified in some regions of Colombia, especially in tropical and subtropical areas where it may be found in soil and organic matter.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="2685101" name="name1985691d092577fd6" descr="PHIACI_distribution_map.jpg"/>
+            <wp:docPr id="82640732" name="name36766951a5fb74264" descr="PHIACI_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="PHIACI_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId4253691d092577fd4" cstate="print"/>
+                    <a:blip r:embed="rId22516951a5fb7425f" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -4630,51 +4630,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">USDA (2010) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Post-entry Quarantine Manual</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. U.S. Department of Agriculture. Available online: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8483691d092579358" w:history="1">
+      <w:hyperlink r:id="rId20406951a5fb757ad" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.aphis.usda.gov/import_export/plants/manuals/domestic/downloads/postentry.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (last accessed July 22, 2023)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4747,51 +4747,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Wolcan SM, Malbrán I, Mourelos CA, Sisterna MN, González MDP, Alippi AM &amp; Lori GA (2016) Diseases of Carnation. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Handbook of Florist's Crops Diseases, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Centro de Investigaciones de Fitopatología, Comisión de Investigaciones Científicas. Buenos Aires, Argentina. online access </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5177691d092579440" w:history="1">
+      <w:hyperlink r:id="rId27166951a5fb75881" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://digital.cic.gba.gob.ar/handle/11746/8206</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (last accessed July 22, 2023)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4984,51 +4984,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Phialophora cinerescens</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8701691d0925795c4" w:history="1">
+      <w:hyperlink r:id="rId57696951a5fb75a01" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -5181,81 +5181,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO Bulletin </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">12</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 89-83. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5045691d0925796fe" w:history="1">
+      <w:hyperlink r:id="rId74396951a5fb75b40" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://onlinelibrary.wiley.com/doi/abs/10.1111/j.1365-2338.1982.tb01961.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="70416161" name="name1019691d09257974e" descr="eu_funding_250.png"/>
+            <wp:docPr id="63786442" name="name98136951a5fb75e68" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId4855691d09257974d" cstate="print"/>
+                    <a:blip r:embed="rId80376951a5fb75e66" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -5353,137 +5353,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="90856950">
+  <w:abstractNum w:abstractNumId="28680337">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="35494016">
+    <w:lvl w:ilvl="0" w:tplc="28415336">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="35494016" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="28415336" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="35494016" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="28415336" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="35494016" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="28415336" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="35494016" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="28415336" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="35494016" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="28415336" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="35494016" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="28415336" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="35494016" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="28415336" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="35494016" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="28415336" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="90856949">
+  <w:abstractNum w:abstractNumId="28680336">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="81529313">
+    <w:lvl w:ilvl="0" w:tplc="38103613">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -6235,55 +6235,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="90856949">
-    <w:abstractNumId w:val="90856949"/>
+  <w:num w:numId="28680336">
+    <w:abstractNumId w:val="28680336"/>
   </w:num>
-  <w:num w:numId="90856950">
-    <w:abstractNumId w:val="90856950"/>
+  <w:num w:numId="28680337">
+    <w:abstractNumId w:val="28680337"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -17833,51 +17833,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId424680416" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId412060806" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId8069691d09257621d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHIACI/" TargetMode="External"/><Relationship Id="rId3812691d092576270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHIACI/categorization" TargetMode="External"/><Relationship Id="rId6078691d092576b1e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHIACI/photos" TargetMode="External"/><Relationship Id="rId8483691d092579358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.aphis.usda.gov/import_export/plants/manuals/domestic/downloads/postentry.pdf" TargetMode="External"/><Relationship Id="rId5177691d092579440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://digital.cic.gba.gob.ar/handle/11746/8206" TargetMode="External"/><Relationship Id="rId8701691d0925795c4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId5045691d0925796fe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/doi/abs/10.1111/j.1365-2338.1982.tb01961.x" TargetMode="External"/><Relationship Id="rId6553691d092576a28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId6553691d092576a28.jpg"/><Relationship Id="rId4253691d092577fd4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId4253691d092577fd4.jpg"/><Relationship Id="rId4855691d09257974d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId4855691d09257974d.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId147596725" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId459987435" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId63616951a5fb7246d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHIACI/" TargetMode="External"/><Relationship Id="rId69976951a5fb724bd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHIACI/categorization" TargetMode="External"/><Relationship Id="rId35796951a5fb72d19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHIACI/photos" TargetMode="External"/><Relationship Id="rId20406951a5fb757ad" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.aphis.usda.gov/import_export/plants/manuals/domestic/downloads/postentry.pdf" TargetMode="External"/><Relationship Id="rId27166951a5fb75881" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://digital.cic.gba.gob.ar/handle/11746/8206" TargetMode="External"/><Relationship Id="rId57696951a5fb75a01" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId74396951a5fb75b40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/doi/abs/10.1111/j.1365-2338.1982.tb01961.x" TargetMode="External"/><Relationship Id="rId52886951a5fb72bc4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId52886951a5fb72bc4.jpg"/><Relationship Id="rId22516951a5fb7425f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId22516951a5fb7425f.jpg"/><Relationship Id="rId80376951a5fb75e66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId80376951a5fb75e66.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>