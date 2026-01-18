--- v2 (2025-12-28)
+++ v3 (2026-01-18)
@@ -270,88 +270,88 @@
               <w:t xml:space="preserve"> Wollenweber</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> phialophora wilt of carnation, wilt of carnation</w:t>
             </w:r>
-            <w:hyperlink r:id="rId63616951a5fb7246d" w:history="1">
+            <w:hyperlink r:id="rId4300696c2c5d75584" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
-            <w:hyperlink r:id="rId69976951a5fb724bd" w:history="1">
+            <w:hyperlink r:id="rId9574696c2c5d755c8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -365,86 +365,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> PHIACI</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="70891882" name="name17376951a5fb72bc6" descr="1186.jpg"/>
+                  <wp:docPr id="90651705" name="name1046696c2c5d75bae" descr="1186.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="1186.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId52886951a5fb72bc4" cstate="print"/>
+                          <a:blip r:embed="rId2434696c2c5d75bac" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId35796951a5fb72d19" w:history="1">
+            <w:hyperlink r:id="rId3663696c2c5d75caf" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
@@ -1811,63 +1811,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">P. cinerescens</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> from South America are limited, but the fungus has been identified in some regions of Colombia, especially in tropical and subtropical areas where it may be found in soil and organic matter.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="82640732" name="name36766951a5fb74264" descr="PHIACI_distribution_map.jpg"/>
+            <wp:docPr id="72789058" name="name3719696c2c5d771f7" descr="PHIACI_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="PHIACI_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId22516951a5fb7425f" cstate="print"/>
+                    <a:blip r:embed="rId4632696c2c5d771f4" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -4630,51 +4630,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">USDA (2010) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Post-entry Quarantine Manual</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. U.S. Department of Agriculture. Available online: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId20406951a5fb757ad" w:history="1">
+      <w:hyperlink r:id="rId7411696c2c5d78597" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.aphis.usda.gov/import_export/plants/manuals/domestic/downloads/postentry.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (last accessed July 22, 2023)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4747,51 +4747,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Wolcan SM, Malbrán I, Mourelos CA, Sisterna MN, González MDP, Alippi AM &amp; Lori GA (2016) Diseases of Carnation. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Handbook of Florist's Crops Diseases, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Centro de Investigaciones de Fitopatología, Comisión de Investigaciones Científicas. Buenos Aires, Argentina. online access </w:t>
       </w:r>
-      <w:hyperlink r:id="rId27166951a5fb75881" w:history="1">
+      <w:hyperlink r:id="rId3197696c2c5d78659" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://digital.cic.gba.gob.ar/handle/11746/8206</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (last accessed July 22, 2023)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4962,73 +4962,73 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">How to cite this datasheet?</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">EPPO (2025) </w:t>
+        <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Phialophora cinerescens</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId57696951a5fb75a01" w:history="1">
+      <w:hyperlink r:id="rId3303696c2c5d787d1" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -5181,81 +5181,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO Bulletin </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">12</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 89-83. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId74396951a5fb75b40" w:history="1">
+      <w:hyperlink r:id="rId7896696c2c5d7891e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://onlinelibrary.wiley.com/doi/abs/10.1111/j.1365-2338.1982.tb01961.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="63786442" name="name98136951a5fb75e68" descr="eu_funding_250.png"/>
+            <wp:docPr id="91700298" name="name7591696c2c5d78982" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId80376951a5fb75e66" cstate="print"/>
+                    <a:blip r:embed="rId2475696c2c5d78981" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -5353,137 +5353,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="28680337">
+  <w:abstractNum w:abstractNumId="93539253">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="28415336">
+    <w:lvl w:ilvl="0" w:tplc="29444291">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="28415336" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="29444291" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="28415336" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="29444291" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="28415336" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="29444291" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="28415336" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="29444291" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="28415336" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="29444291" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="28415336" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="29444291" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="28415336" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="29444291" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="28415336" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="29444291" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="28680336">
+  <w:abstractNum w:abstractNumId="93539252">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="38103613">
+    <w:lvl w:ilvl="0" w:tplc="45603108">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -6235,55 +6235,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="28680336">
-    <w:abstractNumId w:val="28680336"/>
+  <w:num w:numId="93539252">
+    <w:abstractNumId w:val="93539252"/>
   </w:num>
-  <w:num w:numId="28680337">
-    <w:abstractNumId w:val="28680337"/>
+  <w:num w:numId="93539253">
+    <w:abstractNumId w:val="93539253"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -17833,51 +17833,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId147596725" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId459987435" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId63616951a5fb7246d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHIACI/" TargetMode="External"/><Relationship Id="rId69976951a5fb724bd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHIACI/categorization" TargetMode="External"/><Relationship Id="rId35796951a5fb72d19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHIACI/photos" TargetMode="External"/><Relationship Id="rId20406951a5fb757ad" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.aphis.usda.gov/import_export/plants/manuals/domestic/downloads/postentry.pdf" TargetMode="External"/><Relationship Id="rId27166951a5fb75881" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://digital.cic.gba.gob.ar/handle/11746/8206" TargetMode="External"/><Relationship Id="rId57696951a5fb75a01" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId74396951a5fb75b40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/doi/abs/10.1111/j.1365-2338.1982.tb01961.x" TargetMode="External"/><Relationship Id="rId52886951a5fb72bc4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId52886951a5fb72bc4.jpg"/><Relationship Id="rId22516951a5fb7425f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId22516951a5fb7425f.jpg"/><Relationship Id="rId80376951a5fb75e66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId80376951a5fb75e66.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId163121907" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId711103810" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId4300696c2c5d75584" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHIACI/" TargetMode="External"/><Relationship Id="rId9574696c2c5d755c8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHIACI/categorization" TargetMode="External"/><Relationship Id="rId3663696c2c5d75caf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHIACI/photos" TargetMode="External"/><Relationship Id="rId7411696c2c5d78597" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.aphis.usda.gov/import_export/plants/manuals/domestic/downloads/postentry.pdf" TargetMode="External"/><Relationship Id="rId3197696c2c5d78659" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://digital.cic.gba.gob.ar/handle/11746/8206" TargetMode="External"/><Relationship Id="rId3303696c2c5d787d1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId7896696c2c5d7891e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/doi/abs/10.1111/j.1365-2338.1982.tb01961.x" TargetMode="External"/><Relationship Id="rId2434696c2c5d75bac" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId2434696c2c5d75bac.jpg"/><Relationship Id="rId4632696c2c5d771f4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId4632696c2c5d771f4.jpg"/><Relationship Id="rId2475696c2c5d78981" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId2475696c2c5d78981.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>