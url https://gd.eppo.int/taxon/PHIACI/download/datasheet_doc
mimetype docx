--- v3 (2026-01-18)
+++ v4 (2026-02-11)
@@ -270,88 +270,88 @@
               <w:t xml:space="preserve"> Wollenweber</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> phialophora wilt of carnation, wilt of carnation</w:t>
             </w:r>
-            <w:hyperlink r:id="rId4300696c2c5d75584" w:history="1">
+            <w:hyperlink r:id="rId4940698c66c1b274b" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9574696c2c5d755c8" w:history="1">
+            <w:hyperlink r:id="rId1639698c66c1b278f" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -365,86 +365,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> PHIACI</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="90651705" name="name1046696c2c5d75bae" descr="1186.jpg"/>
+                  <wp:docPr id="79714401" name="name9631698c66c1b2c9f" descr="1186.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="1186.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId2434696c2c5d75bac" cstate="print"/>
+                          <a:blip r:embed="rId4243698c66c1b2c9e" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId3663696c2c5d75caf" w:history="1">
+            <w:hyperlink r:id="rId4978698c66c1b2df1" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
@@ -1811,105 +1811,105 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">P. cinerescens</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> from South America are limited, but the fungus has been identified in some regions of Colombia, especially in tropical and subtropical areas where it may be found in soil and organic matter.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="72789058" name="name3719696c2c5d771f7" descr="PHIACI_distribution_map.jpg"/>
+            <wp:docPr id="359653" name="name4321698c66c1b43f3" descr="PHIACI_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="PHIACI_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId4632696c2c5d771f4" cstate="print"/>
+                    <a:blip r:embed="rId7930698c66c1b43ef" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">EPPO Region:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Belgium, Croatia, France (mainland), Germany, Greece (mainland), Hungary, Ireland, Italy (mainland), Montenegro, Poland, Russian Federation (the) (Southern Russia), Spain (mainland), Switzerland, United Kingdom (England, Northern Ireland, Scotland)</w:t>
+        <w:t xml:space="preserve"> Belgium, Croatia, France (mainland), Germany, Greece (mainland), Hungary, Ireland, Italy (mainland), Montenegro, Poland, Russian Federation (Southern Russia), Spain (mainland), Switzerland, United Kingdom (England, Northern Ireland, Scotland)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">Asia:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> China (Jilin, Xizhang)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -4630,51 +4630,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">USDA (2010) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Post-entry Quarantine Manual</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. U.S. Department of Agriculture. Available online: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7411696c2c5d78597" w:history="1">
+      <w:hyperlink r:id="rId2628698c66c1b589d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.aphis.usda.gov/import_export/plants/manuals/domestic/downloads/postentry.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (last accessed July 22, 2023)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4747,51 +4747,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Wolcan SM, Malbrán I, Mourelos CA, Sisterna MN, González MDP, Alippi AM &amp; Lori GA (2016) Diseases of Carnation. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Handbook of Florist's Crops Diseases, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Centro de Investigaciones de Fitopatología, Comisión de Investigaciones Científicas. Buenos Aires, Argentina. online access </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3197696c2c5d78659" w:history="1">
+      <w:hyperlink r:id="rId8626698c66c1b5968" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://digital.cic.gba.gob.ar/handle/11746/8206</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (last accessed July 22, 2023)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4984,51 +4984,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Phialophora cinerescens</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3303696c2c5d787d1" w:history="1">
+      <w:hyperlink r:id="rId5252698c66c1b5b10" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -5181,81 +5181,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO Bulletin </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">12</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 89-83. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7896696c2c5d7891e" w:history="1">
+      <w:hyperlink r:id="rId4066698c66c1b5c6e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://onlinelibrary.wiley.com/doi/abs/10.1111/j.1365-2338.1982.tb01961.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="91700298" name="name7591696c2c5d78982" descr="eu_funding_250.png"/>
+            <wp:docPr id="68053073" name="name4335698c66c1b5d06" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId2475696c2c5d78981" cstate="print"/>
+                    <a:blip r:embed="rId5020698c66c1b5d04" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -5353,137 +5353,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="93539253">
+  <w:abstractNum w:abstractNumId="97775201">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="29444291">
+    <w:lvl w:ilvl="0" w:tplc="48333800">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="29444291" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="48333800" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="29444291" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="48333800" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="29444291" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="48333800" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="29444291" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="48333800" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="29444291" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="48333800" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="29444291" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="48333800" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="29444291" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="48333800" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="29444291" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="48333800" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="93539252">
+  <w:abstractNum w:abstractNumId="97775200">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="45603108">
+    <w:lvl w:ilvl="0" w:tplc="45679606">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -6235,55 +6235,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="93539252">
-    <w:abstractNumId w:val="93539252"/>
+  <w:num w:numId="97775200">
+    <w:abstractNumId w:val="97775200"/>
   </w:num>
-  <w:num w:numId="93539253">
-    <w:abstractNumId w:val="93539253"/>
+  <w:num w:numId="97775201">
+    <w:abstractNumId w:val="97775201"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -17833,51 +17833,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId163121907" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId711103810" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId4300696c2c5d75584" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHIACI/" TargetMode="External"/><Relationship Id="rId9574696c2c5d755c8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHIACI/categorization" TargetMode="External"/><Relationship Id="rId3663696c2c5d75caf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHIACI/photos" TargetMode="External"/><Relationship Id="rId7411696c2c5d78597" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.aphis.usda.gov/import_export/plants/manuals/domestic/downloads/postentry.pdf" TargetMode="External"/><Relationship Id="rId3197696c2c5d78659" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://digital.cic.gba.gob.ar/handle/11746/8206" TargetMode="External"/><Relationship Id="rId3303696c2c5d787d1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId7896696c2c5d7891e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/doi/abs/10.1111/j.1365-2338.1982.tb01961.x" TargetMode="External"/><Relationship Id="rId2434696c2c5d75bac" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId2434696c2c5d75bac.jpg"/><Relationship Id="rId4632696c2c5d771f4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId4632696c2c5d771f4.jpg"/><Relationship Id="rId2475696c2c5d78981" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId2475696c2c5d78981.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId167300556" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId693641192" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId4940698c66c1b274b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHIACI/" TargetMode="External"/><Relationship Id="rId1639698c66c1b278f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHIACI/categorization" TargetMode="External"/><Relationship Id="rId4978698c66c1b2df1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHIACI/photos" TargetMode="External"/><Relationship Id="rId2628698c66c1b589d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.aphis.usda.gov/import_export/plants/manuals/domestic/downloads/postentry.pdf" TargetMode="External"/><Relationship Id="rId8626698c66c1b5968" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://digital.cic.gba.gob.ar/handle/11746/8206" TargetMode="External"/><Relationship Id="rId5252698c66c1b5b10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId4066698c66c1b5c6e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/doi/abs/10.1111/j.1365-2338.1982.tb01961.x" TargetMode="External"/><Relationship Id="rId4243698c66c1b2c9e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId4243698c66c1b2c9e.jpg"/><Relationship Id="rId7930698c66c1b43ef" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId7930698c66c1b43ef.jpg"/><Relationship Id="rId5020698c66c1b5d04" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId5020698c66c1b5d04.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>