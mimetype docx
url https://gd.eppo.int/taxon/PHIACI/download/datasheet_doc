--- v4 (2026-02-11)
+++ v5 (2026-03-23)
@@ -270,88 +270,88 @@
               <w:t xml:space="preserve"> Wollenweber</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> phialophora wilt of carnation, wilt of carnation</w:t>
             </w:r>
-            <w:hyperlink r:id="rId4940698c66c1b274b" w:history="1">
+            <w:hyperlink r:id="rId444169c148e7a92f0" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
-            <w:hyperlink r:id="rId1639698c66c1b278f" w:history="1">
+            <w:hyperlink r:id="rId407269c148e7a9338" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -365,86 +365,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> PHIACI</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="79714401" name="name9631698c66c1b2c9f" descr="1186.jpg"/>
+                  <wp:docPr id="16851131" name="name120969c148e7a9738" descr="1186.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="1186.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId4243698c66c1b2c9e" cstate="print"/>
+                          <a:blip r:embed="rId202869c148e7a9736" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId4978698c66c1b2df1" w:history="1">
+            <w:hyperlink r:id="rId715569c148e7a9830" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
@@ -1811,63 +1811,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">P. cinerescens</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> from South America are limited, but the fungus has been identified in some regions of Colombia, especially in tropical and subtropical areas where it may be found in soil and organic matter.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="359653" name="name4321698c66c1b43f3" descr="PHIACI_distribution_map.jpg"/>
+            <wp:docPr id="97627998" name="name762469c148e7ab0ab" descr="PHIACI_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="PHIACI_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId7930698c66c1b43ef" cstate="print"/>
+                    <a:blip r:embed="rId295169c148e7ab0a7" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -4630,51 +4630,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">USDA (2010) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Post-entry Quarantine Manual</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. U.S. Department of Agriculture. Available online: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2628698c66c1b589d" w:history="1">
+      <w:hyperlink r:id="rId831369c148e7ac515" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.aphis.usda.gov/import_export/plants/manuals/domestic/downloads/postentry.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (last accessed July 22, 2023)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4747,51 +4747,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Wolcan SM, Malbrán I, Mourelos CA, Sisterna MN, González MDP, Alippi AM &amp; Lori GA (2016) Diseases of Carnation. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Handbook of Florist's Crops Diseases, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Centro de Investigaciones de Fitopatología, Comisión de Investigaciones Científicas. Buenos Aires, Argentina. online access </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8626698c66c1b5968" w:history="1">
+      <w:hyperlink r:id="rId634169c148e7ac5d9" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://digital.cic.gba.gob.ar/handle/11746/8206</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (last accessed July 22, 2023)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4984,51 +4984,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Phialophora cinerescens</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5252698c66c1b5b10" w:history="1">
+      <w:hyperlink r:id="rId407269c148e7ac760" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -5181,81 +5181,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO Bulletin </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">12</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 89-83. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4066698c66c1b5c6e" w:history="1">
+      <w:hyperlink r:id="rId865569c148e7ac8a1" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://onlinelibrary.wiley.com/doi/abs/10.1111/j.1365-2338.1982.tb01961.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="68053073" name="name4335698c66c1b5d06" descr="eu_funding_250.png"/>
+            <wp:docPr id="7027417" name="name874169c148e7ac93a" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId5020698c66c1b5d04" cstate="print"/>
+                    <a:blip r:embed="rId742169c148e7ac939" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -5353,137 +5353,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="97775201">
+  <w:abstractNum w:abstractNumId="25366058">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="48333800">
+    <w:lvl w:ilvl="0" w:tplc="49685287">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="48333800" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="49685287" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="48333800" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="49685287" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="48333800" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="49685287" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="48333800" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="49685287" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="48333800" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="49685287" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="48333800" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="49685287" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="48333800" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="49685287" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="48333800" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="49685287" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="97775200">
+  <w:abstractNum w:abstractNumId="25366057">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="45679606">
+    <w:lvl w:ilvl="0" w:tplc="86525865">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -6235,55 +6235,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="97775200">
-    <w:abstractNumId w:val="97775200"/>
+  <w:num w:numId="25366057">
+    <w:abstractNumId w:val="25366057"/>
   </w:num>
-  <w:num w:numId="97775201">
-    <w:abstractNumId w:val="97775201"/>
+  <w:num w:numId="25366058">
+    <w:abstractNumId w:val="25366058"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -17833,51 +17833,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId167300556" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId693641192" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId4940698c66c1b274b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHIACI/" TargetMode="External"/><Relationship Id="rId1639698c66c1b278f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHIACI/categorization" TargetMode="External"/><Relationship Id="rId4978698c66c1b2df1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHIACI/photos" TargetMode="External"/><Relationship Id="rId2628698c66c1b589d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.aphis.usda.gov/import_export/plants/manuals/domestic/downloads/postentry.pdf" TargetMode="External"/><Relationship Id="rId8626698c66c1b5968" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://digital.cic.gba.gob.ar/handle/11746/8206" TargetMode="External"/><Relationship Id="rId5252698c66c1b5b10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId4066698c66c1b5c6e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/doi/abs/10.1111/j.1365-2338.1982.tb01961.x" TargetMode="External"/><Relationship Id="rId4243698c66c1b2c9e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId4243698c66c1b2c9e.jpg"/><Relationship Id="rId7930698c66c1b43ef" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId7930698c66c1b43ef.jpg"/><Relationship Id="rId5020698c66c1b5d04" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId5020698c66c1b5d04.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId337712495" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId168587086" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId444169c148e7a92f0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHIACI/" TargetMode="External"/><Relationship Id="rId407269c148e7a9338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHIACI/categorization" TargetMode="External"/><Relationship Id="rId715569c148e7a9830" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHIACI/photos" TargetMode="External"/><Relationship Id="rId831369c148e7ac515" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.aphis.usda.gov/import_export/plants/manuals/domestic/downloads/postentry.pdf" TargetMode="External"/><Relationship Id="rId634169c148e7ac5d9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://digital.cic.gba.gob.ar/handle/11746/8206" TargetMode="External"/><Relationship Id="rId407269c148e7ac760" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId865569c148e7ac8a1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/doi/abs/10.1111/j.1365-2338.1982.tb01961.x" TargetMode="External"/><Relationship Id="rId202869c148e7a9736" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId202869c148e7a9736.jpg"/><Relationship Id="rId295169c148e7ab0a7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId295169c148e7ab0a7.jpg"/><Relationship Id="rId742169c148e7ac939" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId742169c148e7ac939.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>