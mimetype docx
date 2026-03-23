--- v5 (2026-03-23)
+++ v6 (2026-03-23)
@@ -270,88 +270,88 @@
               <w:t xml:space="preserve"> Wollenweber</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> phialophora wilt of carnation, wilt of carnation</w:t>
             </w:r>
-            <w:hyperlink r:id="rId444169c148e7a92f0" w:history="1">
+            <w:hyperlink r:id="rId753469c16b7235d2d" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
-            <w:hyperlink r:id="rId407269c148e7a9338" w:history="1">
+            <w:hyperlink r:id="rId992769c16b7235d70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -365,86 +365,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> PHIACI</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="16851131" name="name120969c148e7a9738" descr="1186.jpg"/>
+                  <wp:docPr id="30240655" name="name639069c16b72363f9" descr="1186.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="1186.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId202869c148e7a9736" cstate="print"/>
+                          <a:blip r:embed="rId337969c16b72363f8" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId715569c148e7a9830" w:history="1">
+            <w:hyperlink r:id="rId461369c16b72364f5" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
@@ -1811,63 +1811,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">P. cinerescens</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> from South America are limited, but the fungus has been identified in some regions of Colombia, especially in tropical and subtropical areas where it may be found in soil and organic matter.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="97627998" name="name762469c148e7ab0ab" descr="PHIACI_distribution_map.jpg"/>
+            <wp:docPr id="41785292" name="name631269c16b7237b40" descr="PHIACI_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="PHIACI_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId295169c148e7ab0a7" cstate="print"/>
+                    <a:blip r:embed="rId742469c16b7237b3d" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -4630,51 +4630,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">USDA (2010) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Post-entry Quarantine Manual</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. U.S. Department of Agriculture. Available online: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId831369c148e7ac515" w:history="1">
+      <w:hyperlink r:id="rId337569c16b72391db" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.aphis.usda.gov/import_export/plants/manuals/domestic/downloads/postentry.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (last accessed July 22, 2023)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4747,51 +4747,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Wolcan SM, Malbrán I, Mourelos CA, Sisterna MN, González MDP, Alippi AM &amp; Lori GA (2016) Diseases of Carnation. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Handbook of Florist's Crops Diseases, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Centro de Investigaciones de Fitopatología, Comisión de Investigaciones Científicas. Buenos Aires, Argentina. online access </w:t>
       </w:r>
-      <w:hyperlink r:id="rId634169c148e7ac5d9" w:history="1">
+      <w:hyperlink r:id="rId139569c16b72392a1" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://digital.cic.gba.gob.ar/handle/11746/8206</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (last accessed July 22, 2023)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4984,51 +4984,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Phialophora cinerescens</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId407269c148e7ac760" w:history="1">
+      <w:hyperlink r:id="rId247869c16b723944f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -5181,81 +5181,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO Bulletin </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">12</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 89-83. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId865569c148e7ac8a1" w:history="1">
+      <w:hyperlink r:id="rId766469c16b72395bb" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://onlinelibrary.wiley.com/doi/abs/10.1111/j.1365-2338.1982.tb01961.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="7027417" name="name874169c148e7ac93a" descr="eu_funding_250.png"/>
+            <wp:docPr id="5001672" name="name975369c16b723963f" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId742169c148e7ac939" cstate="print"/>
+                    <a:blip r:embed="rId184069c16b723963e" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -5353,137 +5353,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="25366058">
+  <w:abstractNum w:abstractNumId="20484554">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="49685287">
+    <w:lvl w:ilvl="0" w:tplc="64469603">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="49685287" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="64469603" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="49685287" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="64469603" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="49685287" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="64469603" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="49685287" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="64469603" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="49685287" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="64469603" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="49685287" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="64469603" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="49685287" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="64469603" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="49685287" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="64469603" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="25366057">
+  <w:abstractNum w:abstractNumId="20484553">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="86525865">
+    <w:lvl w:ilvl="0" w:tplc="80309464">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -6235,55 +6235,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="25366057">
-    <w:abstractNumId w:val="25366057"/>
+  <w:num w:numId="20484553">
+    <w:abstractNumId w:val="20484553"/>
   </w:num>
-  <w:num w:numId="25366058">
-    <w:abstractNumId w:val="25366058"/>
+  <w:num w:numId="20484554">
+    <w:abstractNumId w:val="20484554"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -17833,51 +17833,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId337712495" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId168587086" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId444169c148e7a92f0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHIACI/" TargetMode="External"/><Relationship Id="rId407269c148e7a9338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHIACI/categorization" TargetMode="External"/><Relationship Id="rId715569c148e7a9830" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHIACI/photos" TargetMode="External"/><Relationship Id="rId831369c148e7ac515" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.aphis.usda.gov/import_export/plants/manuals/domestic/downloads/postentry.pdf" TargetMode="External"/><Relationship Id="rId634169c148e7ac5d9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://digital.cic.gba.gob.ar/handle/11746/8206" TargetMode="External"/><Relationship Id="rId407269c148e7ac760" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId865569c148e7ac8a1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/doi/abs/10.1111/j.1365-2338.1982.tb01961.x" TargetMode="External"/><Relationship Id="rId202869c148e7a9736" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId202869c148e7a9736.jpg"/><Relationship Id="rId295169c148e7ab0a7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId295169c148e7ab0a7.jpg"/><Relationship Id="rId742169c148e7ac939" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId742169c148e7ac939.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId656245617" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId427295978" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId753469c16b7235d2d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHIACI/" TargetMode="External"/><Relationship Id="rId992769c16b7235d70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHIACI/categorization" TargetMode="External"/><Relationship Id="rId461369c16b72364f5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHIACI/photos" TargetMode="External"/><Relationship Id="rId337569c16b72391db" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.aphis.usda.gov/import_export/plants/manuals/domestic/downloads/postentry.pdf" TargetMode="External"/><Relationship Id="rId139569c16b72392a1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://digital.cic.gba.gob.ar/handle/11746/8206" TargetMode="External"/><Relationship Id="rId247869c16b723944f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId766469c16b72395bb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/doi/abs/10.1111/j.1365-2338.1982.tb01961.x" TargetMode="External"/><Relationship Id="rId337969c16b72363f8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId337969c16b72363f8.jpg"/><Relationship Id="rId742469c16b7237b3d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId742469c16b7237b3d.jpg"/><Relationship Id="rId184069c16b723963e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId184069c16b723963e.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>