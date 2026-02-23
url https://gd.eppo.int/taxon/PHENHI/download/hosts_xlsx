--- v0 (2025-10-09)
+++ v1 (2026-02-23)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="PHENHI" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="302">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="309">
   <si>
     <t>type</t>
   </si>
   <si>
     <t>EPPOCode</t>
   </si>
   <si>
     <t>Pref_name</t>
   </si>
   <si>
     <t>References</t>
   </si>
   <si>
     <t>Host</t>
   </si>
   <si>
     <t>ABMES</t>
   </si>
   <si>
     <t>Abelmoschus esculentus</t>
   </si>
   <si>
     <t>* Martins dos S. D, Fornazier MJ, Peronti ALBG, Culik MP, Souza CAS, Taques RC, Zanuncio Jr JS, Queiroz RB (2019) Maconellicoccus hirsutus (Hemiptera: Pseudococcidae) in Brazil: recent spread, natural enemies, and new hosts. Florida Entomologist 102(2), 438-443.  https://doi.org/10.1653/024.102.0225
 ------- Confirmed host in Brazil.</t>
   </si>
@@ -566,50 +566,65 @@
   <si>
     <t>Jacaranda mimosifolia</t>
   </si>
   <si>
     <t>IATCU</t>
   </si>
   <si>
     <t>Jatropha curcas</t>
   </si>
   <si>
     <t>* Chong JH, Aristizábal LF, Arthurs SP (2015) Biology and management of Maconellicoccus hirsutus (Hemiptera: Pseudococcidae) on ornamental plants. Journal of Integrated Pest Management, 6(1), 1-14.</t>
   </si>
   <si>
     <t>LACSA</t>
   </si>
   <si>
     <t>Lactuca sativa</t>
   </si>
   <si>
     <t>LANCA</t>
   </si>
   <si>
     <t>Lantana camara</t>
   </si>
   <si>
+    <t>LIHCH</t>
+  </si>
+  <si>
+    <t>Litchi chinensis</t>
+  </si>
+  <si>
+    <t>* von Ellenrieder (2025) New records of scale insects (Hemiptera: Sternorrhyncha: Coccomorpha) from California with an updated checklist for the state. The Pan-Pacific Entomologist 101(1), 15-50.</t>
+  </si>
+  <si>
+    <t>MAGGR</t>
+  </si>
+  <si>
+    <t>Magnolia grandiflora</t>
+  </si>
+  <si>
     <t>MLPGL</t>
   </si>
   <si>
     <t>Malpighia glabra</t>
   </si>
   <si>
     <t>MABSD</t>
   </si>
   <si>
     <t>Malus domestica</t>
   </si>
   <si>
     <t>* Matile-Ferrero D (1984) Insects of Saudi Arabia Homoptera: Subordo Coccoidea. Fauna of Saudi Arabia 6, 219-228.</t>
   </si>
   <si>
     <t>MABSY</t>
   </si>
   <si>
     <t>Malus sylvestris</t>
   </si>
   <si>
     <t>MNGIN</t>
   </si>
   <si>
     <t>Mangifera indica</t>
@@ -678,50 +693,56 @@
     <t>MYVCO</t>
   </si>
   <si>
     <t>Myrtus communis</t>
   </si>
   <si>
     <t>NEELA</t>
   </si>
   <si>
     <t>Nephelium lappaceum</t>
   </si>
   <si>
     <t>* Germain J-F, Devarieux A, LaPlace D, Matile-Ferrero D (2016) An updated checklist of the scale insects from French Guiana (French overseas department in South America). EPPO Bulletin, 46(3), 588–593.</t>
   </si>
   <si>
     <t>NEROL</t>
   </si>
   <si>
     <t>Nerium oleander</t>
   </si>
   <si>
     <t>1OPUG</t>
   </si>
   <si>
     <t>Opuntia</t>
+  </si>
+  <si>
+    <t>PCJSS</t>
+  </si>
+  <si>
+    <t>Pachira sp.</t>
   </si>
   <si>
     <t>PAHLU</t>
   </si>
   <si>
     <t>Pachystachys lutea</t>
   </si>
   <si>
     <t>PAQED</t>
   </si>
   <si>
     <t>Passiflora edulis</t>
   </si>
   <si>
     <t>* Sirisena UG, Watson GW, Hemachandra KS, Wijayagunasekara HN (2013) Mealybugs (Hemiptera: Pseudococcidae) species on economically important fruit crops in Sri Lanka. Tropical Agricultural Research 25(1), 69-82.</t>
   </si>
   <si>
     <t>PEBAM</t>
   </si>
   <si>
     <t>Persea americana</t>
   </si>
   <si>
     <t>PHSVX</t>
   </si>
@@ -1289,51 +1310,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:D136"/>
+  <dimension ref="A1:D139"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="10.569" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="38.848" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="402.188" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
@@ -2420,834 +2441,876 @@
     <row r="79" spans="1:4">
       <c r="A79" t="s">
         <v>4</v>
       </c>
       <c r="B79" t="s">
         <v>177</v>
       </c>
       <c r="C79" t="s">
         <v>178</v>
       </c>
       <c r="D79" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="80" spans="1:4">
       <c r="A80" t="s">
         <v>4</v>
       </c>
       <c r="B80" t="s">
         <v>179</v>
       </c>
       <c r="C80" t="s">
         <v>180</v>
       </c>
       <c r="D80" t="s">
-        <v>7</v>
+        <v>181</v>
       </c>
     </row>
     <row r="81" spans="1:4">
       <c r="A81" t="s">
         <v>4</v>
       </c>
       <c r="B81" t="s">
+        <v>182</v>
+      </c>
+      <c r="C81" t="s">
+        <v>183</v>
+      </c>
+      <c r="D81" t="s">
         <v>181</v>
-      </c>
-[...4 lines deleted...]
-        <v>183</v>
       </c>
     </row>
     <row r="82" spans="1:4">
       <c r="A82" t="s">
         <v>4</v>
       </c>
       <c r="B82" t="s">
         <v>184</v>
       </c>
       <c r="C82" t="s">
         <v>185</v>
       </c>
       <c r="D82" t="s">
-        <v>174</v>
+        <v>7</v>
       </c>
     </row>
     <row r="83" spans="1:4">
       <c r="A83" t="s">
         <v>4</v>
       </c>
       <c r="B83" t="s">
         <v>186</v>
       </c>
       <c r="C83" t="s">
         <v>187</v>
       </c>
       <c r="D83" t="s">
-        <v>7</v>
+        <v>188</v>
       </c>
     </row>
     <row r="84" spans="1:4">
       <c r="A84" t="s">
         <v>4</v>
       </c>
       <c r="B84" t="s">
-        <v>188</v>
+        <v>189</v>
       </c>
       <c r="C84" t="s">
-        <v>189</v>
+        <v>190</v>
       </c>
       <c r="D84" t="s">
-        <v>24</v>
+        <v>174</v>
       </c>
     </row>
     <row r="85" spans="1:4">
       <c r="A85" t="s">
         <v>4</v>
       </c>
       <c r="B85" t="s">
-        <v>190</v>
+        <v>191</v>
       </c>
       <c r="C85" t="s">
-        <v>191</v>
+        <v>192</v>
       </c>
       <c r="D85" t="s">
-        <v>24</v>
+        <v>7</v>
       </c>
     </row>
     <row r="86" spans="1:4">
       <c r="A86" t="s">
         <v>4</v>
       </c>
       <c r="B86" t="s">
-        <v>192</v>
+        <v>193</v>
       </c>
       <c r="C86" t="s">
-        <v>193</v>
+        <v>194</v>
       </c>
       <c r="D86" t="s">
-        <v>13</v>
+        <v>24</v>
       </c>
     </row>
     <row r="87" spans="1:4">
       <c r="A87" t="s">
         <v>4</v>
       </c>
       <c r="B87" t="s">
-        <v>194</v>
+        <v>195</v>
       </c>
       <c r="C87" t="s">
-        <v>195</v>
+        <v>196</v>
       </c>
       <c r="D87" t="s">
-        <v>7</v>
+        <v>24</v>
       </c>
     </row>
     <row r="88" spans="1:4">
       <c r="A88" t="s">
         <v>4</v>
       </c>
       <c r="B88" t="s">
-        <v>196</v>
+        <v>197</v>
       </c>
       <c r="C88" t="s">
-        <v>197</v>
+        <v>198</v>
       </c>
       <c r="D88" t="s">
-        <v>7</v>
+        <v>13</v>
       </c>
     </row>
     <row r="89" spans="1:4">
       <c r="A89" t="s">
         <v>4</v>
       </c>
       <c r="B89" t="s">
-        <v>198</v>
+        <v>199</v>
       </c>
       <c r="C89" t="s">
-        <v>199</v>
+        <v>200</v>
       </c>
       <c r="D89" t="s">
-        <v>200</v>
+        <v>7</v>
       </c>
     </row>
     <row r="90" spans="1:4">
       <c r="A90" t="s">
         <v>4</v>
       </c>
       <c r="B90" t="s">
         <v>201</v>
       </c>
       <c r="C90" t="s">
         <v>202</v>
       </c>
       <c r="D90" t="s">
-        <v>24</v>
+        <v>7</v>
       </c>
     </row>
     <row r="91" spans="1:4">
       <c r="A91" t="s">
         <v>4</v>
       </c>
       <c r="B91" t="s">
         <v>203</v>
       </c>
       <c r="C91" t="s">
         <v>204</v>
       </c>
       <c r="D91" t="s">
-        <v>13</v>
+        <v>205</v>
       </c>
     </row>
     <row r="92" spans="1:4">
       <c r="A92" t="s">
         <v>4</v>
       </c>
       <c r="B92" t="s">
-        <v>205</v>
+        <v>206</v>
       </c>
       <c r="C92" t="s">
-        <v>206</v>
+        <v>207</v>
       </c>
       <c r="D92" t="s">
-        <v>7</v>
+        <v>24</v>
       </c>
     </row>
     <row r="93" spans="1:4">
       <c r="A93" t="s">
         <v>4</v>
       </c>
       <c r="B93" t="s">
-        <v>207</v>
+        <v>208</v>
       </c>
       <c r="C93" t="s">
-        <v>208</v>
+        <v>209</v>
       </c>
       <c r="D93" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="94" spans="1:4">
       <c r="A94" t="s">
         <v>4</v>
       </c>
       <c r="B94" t="s">
-        <v>209</v>
+        <v>210</v>
       </c>
       <c r="C94" t="s">
-        <v>210</v>
+        <v>211</v>
       </c>
       <c r="D94" t="s">
-        <v>211</v>
+        <v>7</v>
       </c>
     </row>
     <row r="95" spans="1:4">
       <c r="A95" t="s">
         <v>4</v>
       </c>
       <c r="B95" t="s">
         <v>212</v>
       </c>
       <c r="C95" t="s">
         <v>213</v>
       </c>
       <c r="D95" t="s">
-        <v>24</v>
+        <v>13</v>
       </c>
     </row>
     <row r="96" spans="1:4">
       <c r="A96" t="s">
         <v>4</v>
       </c>
       <c r="B96" t="s">
         <v>214</v>
       </c>
       <c r="C96" t="s">
         <v>215</v>
       </c>
       <c r="D96" t="s">
-        <v>24</v>
+        <v>216</v>
       </c>
     </row>
     <row r="97" spans="1:4">
       <c r="A97" t="s">
         <v>4</v>
       </c>
       <c r="B97" t="s">
-        <v>216</v>
+        <v>217</v>
       </c>
       <c r="C97" t="s">
-        <v>217</v>
+        <v>218</v>
       </c>
       <c r="D97" t="s">
-        <v>13</v>
+        <v>24</v>
       </c>
     </row>
     <row r="98" spans="1:4">
       <c r="A98" t="s">
         <v>4</v>
       </c>
       <c r="B98" t="s">
-        <v>218</v>
+        <v>219</v>
       </c>
       <c r="C98" t="s">
-        <v>219</v>
+        <v>220</v>
       </c>
       <c r="D98" t="s">
-        <v>220</v>
+        <v>24</v>
       </c>
     </row>
     <row r="99" spans="1:4">
       <c r="A99" t="s">
         <v>4</v>
       </c>
       <c r="B99" t="s">
         <v>221</v>
       </c>
       <c r="C99" t="s">
         <v>222</v>
       </c>
       <c r="D99" t="s">
-        <v>24</v>
+        <v>181</v>
       </c>
     </row>
     <row r="100" spans="1:4">
       <c r="A100" t="s">
         <v>4</v>
       </c>
       <c r="B100" t="s">
         <v>223</v>
       </c>
       <c r="C100" t="s">
         <v>224</v>
       </c>
       <c r="D100" t="s">
-        <v>24</v>
+        <v>13</v>
       </c>
     </row>
     <row r="101" spans="1:4">
       <c r="A101" t="s">
         <v>4</v>
       </c>
       <c r="B101" t="s">
         <v>225</v>
       </c>
       <c r="C101" t="s">
         <v>226</v>
       </c>
       <c r="D101" t="s">
-        <v>13</v>
+        <v>227</v>
       </c>
     </row>
     <row r="102" spans="1:4">
       <c r="A102" t="s">
         <v>4</v>
       </c>
       <c r="B102" t="s">
-        <v>227</v>
+        <v>228</v>
       </c>
       <c r="C102" t="s">
-        <v>228</v>
+        <v>229</v>
       </c>
       <c r="D102" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="103" spans="1:4">
       <c r="A103" t="s">
         <v>4</v>
       </c>
       <c r="B103" t="s">
-        <v>229</v>
+        <v>230</v>
       </c>
       <c r="C103" t="s">
-        <v>230</v>
+        <v>231</v>
       </c>
       <c r="D103" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="104" spans="1:4">
       <c r="A104" t="s">
         <v>4</v>
       </c>
       <c r="B104" t="s">
-        <v>231</v>
+        <v>232</v>
       </c>
       <c r="C104" t="s">
-        <v>232</v>
+        <v>233</v>
       </c>
       <c r="D104" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="105" spans="1:4">
       <c r="A105" t="s">
         <v>4</v>
       </c>
       <c r="B105" t="s">
-        <v>233</v>
+        <v>234</v>
       </c>
       <c r="C105" t="s">
-        <v>234</v>
+        <v>235</v>
       </c>
       <c r="D105" t="s">
-        <v>13</v>
+        <v>24</v>
       </c>
     </row>
     <row r="106" spans="1:4">
       <c r="A106" t="s">
         <v>4</v>
       </c>
       <c r="B106" t="s">
-        <v>235</v>
+        <v>236</v>
       </c>
       <c r="C106" t="s">
-        <v>236</v>
+        <v>237</v>
       </c>
       <c r="D106" t="s">
-        <v>10</v>
+        <v>24</v>
       </c>
     </row>
     <row r="107" spans="1:4">
       <c r="A107" t="s">
         <v>4</v>
       </c>
       <c r="B107" t="s">
-        <v>237</v>
+        <v>238</v>
       </c>
       <c r="C107" t="s">
-        <v>238</v>
+        <v>239</v>
       </c>
       <c r="D107" t="s">
-        <v>24</v>
+        <v>13</v>
       </c>
     </row>
     <row r="108" spans="1:4">
       <c r="A108" t="s">
         <v>4</v>
       </c>
       <c r="B108" t="s">
-        <v>239</v>
+        <v>240</v>
       </c>
       <c r="C108" t="s">
-        <v>240</v>
+        <v>241</v>
       </c>
       <c r="D108" t="s">
-        <v>24</v>
+        <v>13</v>
       </c>
     </row>
     <row r="109" spans="1:4">
       <c r="A109" t="s">
         <v>4</v>
       </c>
       <c r="B109" t="s">
-        <v>241</v>
+        <v>242</v>
       </c>
       <c r="C109" t="s">
-        <v>242</v>
+        <v>243</v>
       </c>
       <c r="D109" t="s">
-        <v>24</v>
+        <v>10</v>
       </c>
     </row>
     <row r="110" spans="1:4">
       <c r="A110" t="s">
         <v>4</v>
       </c>
       <c r="B110" t="s">
-        <v>243</v>
+        <v>244</v>
       </c>
       <c r="C110" t="s">
-        <v>244</v>
+        <v>245</v>
       </c>
       <c r="D110" t="s">
-        <v>245</v>
+        <v>24</v>
       </c>
     </row>
     <row r="111" spans="1:4">
       <c r="A111" t="s">
         <v>4</v>
       </c>
       <c r="B111" t="s">
         <v>246</v>
       </c>
       <c r="C111" t="s">
         <v>247</v>
       </c>
       <c r="D111" t="s">
-        <v>13</v>
+        <v>24</v>
       </c>
     </row>
     <row r="112" spans="1:4">
       <c r="A112" t="s">
         <v>4</v>
       </c>
       <c r="B112" t="s">
         <v>248</v>
       </c>
       <c r="C112" t="s">
         <v>249</v>
       </c>
       <c r="D112" t="s">
-        <v>7</v>
+        <v>24</v>
       </c>
     </row>
     <row r="113" spans="1:4">
       <c r="A113" t="s">
         <v>4</v>
       </c>
       <c r="B113" t="s">
         <v>250</v>
       </c>
       <c r="C113" t="s">
         <v>251</v>
       </c>
       <c r="D113" t="s">
-        <v>24</v>
+        <v>252</v>
       </c>
     </row>
     <row r="114" spans="1:4">
       <c r="A114" t="s">
         <v>4</v>
       </c>
       <c r="B114" t="s">
-        <v>252</v>
+        <v>253</v>
       </c>
       <c r="C114" t="s">
-        <v>253</v>
+        <v>254</v>
       </c>
       <c r="D114" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="115" spans="1:4">
       <c r="A115" t="s">
         <v>4</v>
       </c>
       <c r="B115" t="s">
-        <v>254</v>
+        <v>255</v>
       </c>
       <c r="C115" t="s">
-        <v>255</v>
+        <v>256</v>
       </c>
       <c r="D115" t="s">
-        <v>256</v>
+        <v>7</v>
       </c>
     </row>
     <row r="116" spans="1:4">
       <c r="A116" t="s">
         <v>4</v>
       </c>
       <c r="B116" t="s">
         <v>257</v>
       </c>
       <c r="C116" t="s">
         <v>258</v>
       </c>
       <c r="D116" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="117" spans="1:4">
       <c r="A117" t="s">
         <v>4</v>
       </c>
       <c r="B117" t="s">
         <v>259</v>
       </c>
       <c r="C117" t="s">
         <v>260</v>
       </c>
       <c r="D117" t="s">
-        <v>261</v>
+        <v>13</v>
       </c>
     </row>
     <row r="118" spans="1:4">
       <c r="A118" t="s">
         <v>4</v>
       </c>
       <c r="B118" t="s">
+        <v>261</v>
+      </c>
+      <c r="C118" t="s">
         <v>262</v>
       </c>
-      <c r="C118" t="s">
+      <c r="D118" t="s">
         <v>263</v>
-      </c>
-[...1 lines deleted...]
-        <v>264</v>
       </c>
     </row>
     <row r="119" spans="1:4">
       <c r="A119" t="s">
         <v>4</v>
       </c>
       <c r="B119" t="s">
+        <v>264</v>
+      </c>
+      <c r="C119" t="s">
         <v>265</v>
       </c>
-      <c r="C119" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D119" t="s">
-        <v>7</v>
+        <v>24</v>
       </c>
     </row>
     <row r="120" spans="1:4">
       <c r="A120" t="s">
         <v>4</v>
       </c>
       <c r="B120" t="s">
+        <v>266</v>
+      </c>
+      <c r="C120" t="s">
         <v>267</v>
       </c>
-      <c r="C120" t="s">
+      <c r="D120" t="s">
         <v>268</v>
-      </c>
-[...1 lines deleted...]
-        <v>7</v>
       </c>
     </row>
     <row r="121" spans="1:4">
       <c r="A121" t="s">
         <v>4</v>
       </c>
       <c r="B121" t="s">
         <v>269</v>
       </c>
       <c r="C121" t="s">
         <v>270</v>
       </c>
       <c r="D121" t="s">
-        <v>24</v>
+        <v>271</v>
       </c>
     </row>
     <row r="122" spans="1:4">
       <c r="A122" t="s">
         <v>4</v>
       </c>
       <c r="B122" t="s">
-        <v>271</v>
+        <v>272</v>
       </c>
       <c r="C122" t="s">
-        <v>272</v>
+        <v>273</v>
       </c>
       <c r="D122" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="123" spans="1:4">
       <c r="A123" t="s">
         <v>4</v>
       </c>
       <c r="B123" t="s">
-        <v>273</v>
+        <v>274</v>
       </c>
       <c r="C123" t="s">
-        <v>274</v>
+        <v>275</v>
       </c>
       <c r="D123" t="s">
-        <v>13</v>
+        <v>7</v>
       </c>
     </row>
     <row r="124" spans="1:4">
       <c r="A124" t="s">
         <v>4</v>
       </c>
       <c r="B124" t="s">
-        <v>275</v>
+        <v>276</v>
       </c>
       <c r="C124" t="s">
-        <v>276</v>
+        <v>277</v>
       </c>
       <c r="D124" t="s">
-        <v>7</v>
+        <v>24</v>
       </c>
     </row>
     <row r="125" spans="1:4">
       <c r="A125" t="s">
         <v>4</v>
       </c>
       <c r="B125" t="s">
-        <v>277</v>
+        <v>278</v>
       </c>
       <c r="C125" t="s">
-        <v>278</v>
+        <v>279</v>
       </c>
       <c r="D125" t="s">
-        <v>13</v>
+        <v>7</v>
       </c>
     </row>
     <row r="126" spans="1:4">
       <c r="A126" t="s">
         <v>4</v>
       </c>
       <c r="B126" t="s">
-        <v>279</v>
+        <v>280</v>
       </c>
       <c r="C126" t="s">
-        <v>280</v>
+        <v>281</v>
       </c>
       <c r="D126" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="127" spans="1:4">
       <c r="A127" t="s">
         <v>4</v>
       </c>
       <c r="B127" t="s">
-        <v>281</v>
+        <v>282</v>
       </c>
       <c r="C127" t="s">
-        <v>282</v>
+        <v>283</v>
       </c>
       <c r="D127" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="128" spans="1:4">
       <c r="A128" t="s">
         <v>4</v>
       </c>
       <c r="B128" t="s">
-        <v>283</v>
+        <v>284</v>
       </c>
       <c r="C128" t="s">
-        <v>284</v>
+        <v>285</v>
       </c>
       <c r="D128" t="s">
-        <v>7</v>
+        <v>13</v>
       </c>
     </row>
     <row r="129" spans="1:4">
       <c r="A129" t="s">
         <v>4</v>
       </c>
       <c r="B129" t="s">
-        <v>285</v>
+        <v>286</v>
       </c>
       <c r="C129" t="s">
-        <v>286</v>
+        <v>287</v>
       </c>
       <c r="D129" t="s">
-        <v>7</v>
+        <v>13</v>
       </c>
     </row>
     <row r="130" spans="1:4">
       <c r="A130" t="s">
         <v>4</v>
       </c>
       <c r="B130" t="s">
-        <v>287</v>
+        <v>288</v>
       </c>
       <c r="C130" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
       <c r="D130" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="131" spans="1:4">
       <c r="A131" t="s">
         <v>4</v>
       </c>
       <c r="B131" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="C131" t="s">
-        <v>290</v>
+        <v>291</v>
       </c>
       <c r="D131" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="132" spans="1:4">
       <c r="A132" t="s">
         <v>4</v>
       </c>
       <c r="B132" t="s">
-        <v>291</v>
+        <v>292</v>
       </c>
       <c r="C132" t="s">
-        <v>292</v>
+        <v>293</v>
       </c>
       <c r="D132" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="133" spans="1:4">
       <c r="A133" t="s">
         <v>4</v>
       </c>
       <c r="B133" t="s">
-        <v>293</v>
+        <v>294</v>
       </c>
       <c r="C133" t="s">
-        <v>294</v>
+        <v>295</v>
       </c>
       <c r="D133" t="s">
-        <v>13</v>
+        <v>7</v>
       </c>
     </row>
     <row r="134" spans="1:4">
       <c r="A134" t="s">
         <v>4</v>
       </c>
       <c r="B134" t="s">
-        <v>295</v>
+        <v>296</v>
       </c>
       <c r="C134" t="s">
-        <v>296</v>
+        <v>297</v>
       </c>
       <c r="D134" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="135" spans="1:4">
       <c r="A135" t="s">
         <v>4</v>
       </c>
       <c r="B135" t="s">
-        <v>297</v>
+        <v>298</v>
       </c>
       <c r="C135" t="s">
-        <v>298</v>
+        <v>299</v>
       </c>
       <c r="D135" t="s">
-        <v>299</v>
+        <v>7</v>
       </c>
     </row>
     <row r="136" spans="1:4">
       <c r="A136" t="s">
         <v>4</v>
       </c>
       <c r="B136" t="s">
         <v>300</v>
       </c>
       <c r="C136" t="s">
         <v>301</v>
       </c>
       <c r="D136" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="137" spans="1:4">
+      <c r="A137" t="s">
+        <v>4</v>
+      </c>
+      <c r="B137" t="s">
+        <v>302</v>
+      </c>
+      <c r="C137" t="s">
+        <v>303</v>
+      </c>
+      <c r="D137" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="138" spans="1:4">
+      <c r="A138" t="s">
+        <v>4</v>
+      </c>
+      <c r="B138" t="s">
+        <v>304</v>
+      </c>
+      <c r="C138" t="s">
+        <v>305</v>
+      </c>
+      <c r="D138" t="s">
+        <v>306</v>
+      </c>
+    </row>
+    <row r="139" spans="1:4">
+      <c r="A139" t="s">
+        <v>4</v>
+      </c>
+      <c r="B139" t="s">
+        <v>307</v>
+      </c>
+      <c r="C139" t="s">
+        <v>308</v>
+      </c>
+      <c r="D139" t="s">
         <v>13</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>