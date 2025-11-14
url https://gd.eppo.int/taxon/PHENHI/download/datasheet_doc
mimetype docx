--- v0 (2025-10-04)
+++ v1 (2025-11-14)
@@ -270,88 +270,88 @@
               <w:t xml:space="preserve"> Green</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> hibiscus mealybug, pink hibiscus mealybug, pink mealybug</w:t>
             </w:r>
-            <w:hyperlink r:id="rId846668e095a2426c5" w:history="1">
+            <w:hyperlink r:id="rId67076916d80520f3e" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
-            <w:hyperlink r:id="rId916868e095a24270c" w:history="1">
+            <w:hyperlink r:id="rId81086916d80520f84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -365,86 +365,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> PHENHI</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="49513683" name="name886568e095a2428e0" descr="2130.jpg"/>
+                  <wp:docPr id="69874686" name="name33396916d80521338" descr="2130.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="2130.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId563668e095a2428de" cstate="print"/>
+                          <a:blip r:embed="rId45236916d80521336" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId846168e095a242a74" w:history="1">
+            <w:hyperlink r:id="rId25006916d8052146e" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -3465,63 +3465,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">., 2019).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="11514706" name="name475368e095a244c70" descr="PHENHI_distribution_map.jpg"/>
+            <wp:docPr id="39450140" name="name11656916d80527104" descr="PHENHI_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="PHENHI_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId910468e095a244c6c" cstate="print"/>
+                    <a:blip r:embed="rId63696916d805270ff" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -5783,72 +5783,72 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 24–27 June 1996, Grenada.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">García Morales M, Denno BD, Miller DR, Miller GL, Ben-Dov Y, Hardy NB (2016) ScaleNet: a literature-based model of scale insect biology and systematics. Database. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId591068e095a24606f" w:history="1">
+      <w:hyperlink r:id="rId56546916d8052a248" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1093/database/bav118</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> - </w:t>
       </w:r>
-      <w:hyperlink r:id="rId811468e095a246095" w:history="1">
+      <w:hyperlink r:id="rId35246916d8052a270" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://scalenet.info</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (accessed 25 July 2021).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -7520,51 +7520,51 @@
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI Datasheet on </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Maconellicoccus hirsutus. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId925068e095a246cc8" w:history="1">
+      <w:hyperlink r:id="rId88596916d8052ad96" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.cabi.org/isc/datasheet/40171</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -7630,51 +7630,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Maconellicoccus hirsutus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId469868e095a246d86" w:history="1">
+      <w:hyperlink r:id="rId70566916d8052ae67" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -7759,90 +7759,90 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">35</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 413-415. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId255768e095a246e5d" w:history="1">
+      <w:hyperlink r:id="rId35286916d8052af5c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.2005.00903.x</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="29868983" name="name517168e095a246ee7" descr="eu_funding_250.png"/>
+            <wp:docPr id="6634738" name="name57586916d8052bf19" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId986668e095a246ee5" cstate="print"/>
+                    <a:blip r:embed="rId19796916d8052bf18" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -7940,137 +7940,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="18768175">
+  <w:abstractNum w:abstractNumId="78193304">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="19214892">
+    <w:lvl w:ilvl="0" w:tplc="13909368">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="19214892" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="13909368" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="19214892" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="13909368" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="19214892" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="13909368" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="19214892" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="13909368" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="19214892" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="13909368" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="19214892" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="13909368" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="19214892" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="13909368" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="19214892" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="13909368" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="18768174">
+  <w:abstractNum w:abstractNumId="78193303">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="92258291">
+    <w:lvl w:ilvl="0" w:tplc="20349349">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -8822,55 +8822,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="18768174">
-    <w:abstractNumId w:val="18768174"/>
+  <w:num w:numId="78193303">
+    <w:abstractNumId w:val="78193303"/>
   </w:num>
-  <w:num w:numId="18768175">
-    <w:abstractNumId w:val="18768175"/>
+  <w:num w:numId="78193304">
+    <w:abstractNumId w:val="78193304"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -20420,51 +20420,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId337092963" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId142049818" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId846668e095a2426c5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHENHI/" TargetMode="External"/><Relationship Id="rId916868e095a24270c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHENHI/categorization" TargetMode="External"/><Relationship Id="rId846168e095a242a74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHENHI/photos" TargetMode="External"/><Relationship Id="rId591068e095a24606f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1093/database/bav118" TargetMode="External"/><Relationship Id="rId811468e095a246095" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://scalenet.info/" TargetMode="External"/><Relationship Id="rId925068e095a246cc8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/40171" TargetMode="External"/><Relationship Id="rId469868e095a246d86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId255768e095a246e5d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.2005.00903.x" TargetMode="External"/><Relationship Id="rId563668e095a2428de" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId563668e095a2428de.jpg"/><Relationship Id="rId910468e095a244c6c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId910468e095a244c6c.jpg"/><Relationship Id="rId986668e095a246ee5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId986668e095a246ee5.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId586921515" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId951829887" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId67076916d80520f3e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHENHI/" TargetMode="External"/><Relationship Id="rId81086916d80520f84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHENHI/categorization" TargetMode="External"/><Relationship Id="rId25006916d8052146e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHENHI/photos" TargetMode="External"/><Relationship Id="rId56546916d8052a248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1093/database/bav118" TargetMode="External"/><Relationship Id="rId35246916d8052a270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://scalenet.info/" TargetMode="External"/><Relationship Id="rId88596916d8052ad96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/40171" TargetMode="External"/><Relationship Id="rId70566916d8052ae67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId35286916d8052af5c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.2005.00903.x" TargetMode="External"/><Relationship Id="rId45236916d80521336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId45236916d80521336.jpg"/><Relationship Id="rId63696916d805270ff" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId63696916d805270ff.jpg"/><Relationship Id="rId19796916d8052bf18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId19796916d8052bf18.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>