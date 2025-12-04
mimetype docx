--- v1 (2025-11-14)
+++ v2 (2025-12-04)
@@ -270,88 +270,88 @@
               <w:t xml:space="preserve"> Green</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> hibiscus mealybug, pink hibiscus mealybug, pink mealybug</w:t>
             </w:r>
-            <w:hyperlink r:id="rId67076916d80520f3e" w:history="1">
+            <w:hyperlink r:id="rId2803693144e0e4182" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
-            <w:hyperlink r:id="rId81086916d80520f84" w:history="1">
+            <w:hyperlink r:id="rId5226693144e0e41c7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -365,86 +365,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> PHENHI</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="69874686" name="name33396916d80521338" descr="2130.jpg"/>
+                  <wp:docPr id="9581926" name="name1076693144e0e4308" descr="2130.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="2130.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId45236916d80521336" cstate="print"/>
+                          <a:blip r:embed="rId1164693144e0e4307" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId25006916d8052146e" w:history="1">
+            <w:hyperlink r:id="rId4720693144e0e440b" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -3465,63 +3465,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">., 2019).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="39450140" name="name11656916d80527104" descr="PHENHI_distribution_map.jpg"/>
+            <wp:docPr id="54968979" name="name6757693144e0e65c5" descr="PHENHI_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="PHENHI_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId63696916d805270ff" cstate="print"/>
+                    <a:blip r:embed="rId3582693144e0e65c2" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -5783,72 +5783,72 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 24–27 June 1996, Grenada.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">García Morales M, Denno BD, Miller DR, Miller GL, Ben-Dov Y, Hardy NB (2016) ScaleNet: a literature-based model of scale insect biology and systematics. Database. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId56546916d8052a248" w:history="1">
+      <w:hyperlink r:id="rId2508693144e0e7716" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1093/database/bav118</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> - </w:t>
       </w:r>
-      <w:hyperlink r:id="rId35246916d8052a270" w:history="1">
+      <w:hyperlink r:id="rId9588693144e0e773b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://scalenet.info</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (accessed 25 July 2021).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -7520,51 +7520,51 @@
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI Datasheet on </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Maconellicoccus hirsutus. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId88596916d8052ad96" w:history="1">
+      <w:hyperlink r:id="rId6505693144e0e8314" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.cabi.org/isc/datasheet/40171</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -7630,51 +7630,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Maconellicoccus hirsutus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId70566916d8052ae67" w:history="1">
+      <w:hyperlink r:id="rId5212693144e0e83d2" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -7759,90 +7759,90 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">35</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 413-415. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId35286916d8052af5c" w:history="1">
+      <w:hyperlink r:id="rId3046693144e0e84d4" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.2005.00903.x</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="6634738" name="name57586916d8052bf19" descr="eu_funding_250.png"/>
+            <wp:docPr id="78229050" name="name2712693144e0e8557" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId19796916d8052bf18" cstate="print"/>
+                    <a:blip r:embed="rId5471693144e0e8556" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -7940,137 +7940,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="78193304">
+  <w:abstractNum w:abstractNumId="23134978">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="13909368">
+    <w:lvl w:ilvl="0" w:tplc="89987278">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="13909368" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="89987278" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="13909368" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="89987278" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="13909368" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="89987278" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="13909368" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="89987278" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="13909368" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="89987278" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="13909368" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="89987278" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="13909368" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="89987278" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="13909368" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="89987278" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="78193303">
+  <w:abstractNum w:abstractNumId="23134977">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="20349349">
+    <w:lvl w:ilvl="0" w:tplc="27044386">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -8822,55 +8822,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="78193303">
-    <w:abstractNumId w:val="78193303"/>
+  <w:num w:numId="23134977">
+    <w:abstractNumId w:val="23134977"/>
   </w:num>
-  <w:num w:numId="78193304">
-    <w:abstractNumId w:val="78193304"/>
+  <w:num w:numId="23134978">
+    <w:abstractNumId w:val="23134978"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -20420,51 +20420,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId586921515" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId951829887" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId67076916d80520f3e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHENHI/" TargetMode="External"/><Relationship Id="rId81086916d80520f84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHENHI/categorization" TargetMode="External"/><Relationship Id="rId25006916d8052146e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHENHI/photos" TargetMode="External"/><Relationship Id="rId56546916d8052a248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1093/database/bav118" TargetMode="External"/><Relationship Id="rId35246916d8052a270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://scalenet.info/" TargetMode="External"/><Relationship Id="rId88596916d8052ad96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/40171" TargetMode="External"/><Relationship Id="rId70566916d8052ae67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId35286916d8052af5c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.2005.00903.x" TargetMode="External"/><Relationship Id="rId45236916d80521336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId45236916d80521336.jpg"/><Relationship Id="rId63696916d805270ff" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId63696916d805270ff.jpg"/><Relationship Id="rId19796916d8052bf18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId19796916d8052bf18.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId606819610" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId443661504" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId2803693144e0e4182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHENHI/" TargetMode="External"/><Relationship Id="rId5226693144e0e41c7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHENHI/categorization" TargetMode="External"/><Relationship Id="rId4720693144e0e440b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHENHI/photos" TargetMode="External"/><Relationship Id="rId2508693144e0e7716" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1093/database/bav118" TargetMode="External"/><Relationship Id="rId9588693144e0e773b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://scalenet.info/" TargetMode="External"/><Relationship Id="rId6505693144e0e8314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/40171" TargetMode="External"/><Relationship Id="rId5212693144e0e83d2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId3046693144e0e84d4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.2005.00903.x" TargetMode="External"/><Relationship Id="rId1164693144e0e4307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId1164693144e0e4307.jpg"/><Relationship Id="rId3582693144e0e65c2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId3582693144e0e65c2.jpg"/><Relationship Id="rId5471693144e0e8556" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId5471693144e0e8556.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>