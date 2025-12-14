--- v2 (2025-12-04)
+++ v3 (2025-12-14)
@@ -270,88 +270,88 @@
               <w:t xml:space="preserve"> Green</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> hibiscus mealybug, pink hibiscus mealybug, pink mealybug</w:t>
             </w:r>
-            <w:hyperlink r:id="rId2803693144e0e4182" w:history="1">
+            <w:hyperlink r:id="rId6841693ed6e101f38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
-            <w:hyperlink r:id="rId5226693144e0e41c7" w:history="1">
+            <w:hyperlink r:id="rId3380693ed6e101f81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -365,86 +365,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> PHENHI</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="9581926" name="name1076693144e0e4308" descr="2130.jpg"/>
+                  <wp:docPr id="1683947" name="name4956693ed6e102805" descr="2130.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="2130.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId1164693144e0e4307" cstate="print"/>
+                          <a:blip r:embed="rId2638693ed6e102803" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId4720693144e0e440b" w:history="1">
+            <w:hyperlink r:id="rId5130693ed6e102924" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -3465,63 +3465,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">., 2019).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="54968979" name="name6757693144e0e65c5" descr="PHENHI_distribution_map.jpg"/>
+            <wp:docPr id="68442659" name="name6279693ed6e10489f" descr="PHENHI_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="PHENHI_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId3582693144e0e65c2" cstate="print"/>
+                    <a:blip r:embed="rId2354693ed6e10489c" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -5783,72 +5783,72 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 24–27 June 1996, Grenada.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">García Morales M, Denno BD, Miller DR, Miller GL, Ben-Dov Y, Hardy NB (2016) ScaleNet: a literature-based model of scale insect biology and systematics. Database. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2508693144e0e7716" w:history="1">
+      <w:hyperlink r:id="rId5481693ed6e105957" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1093/database/bav118</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> - </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9588693144e0e773b" w:history="1">
+      <w:hyperlink r:id="rId6563693ed6e10597c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://scalenet.info</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (accessed 25 July 2021).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -7520,51 +7520,51 @@
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI Datasheet on </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Maconellicoccus hirsutus. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6505693144e0e8314" w:history="1">
+      <w:hyperlink r:id="rId5012693ed6e106509" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.cabi.org/isc/datasheet/40171</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -7630,51 +7630,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Maconellicoccus hirsutus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5212693144e0e83d2" w:history="1">
+      <w:hyperlink r:id="rId2751693ed6e1065c6" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -7759,90 +7759,90 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">35</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 413-415. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3046693144e0e84d4" w:history="1">
+      <w:hyperlink r:id="rId4295693ed6e1068f5" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.2005.00903.x</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="78229050" name="name2712693144e0e8557" descr="eu_funding_250.png"/>
+            <wp:docPr id="96513271" name="name4136693ed6e106996" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId5471693144e0e8556" cstate="print"/>
+                    <a:blip r:embed="rId5140693ed6e106995" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -7940,137 +7940,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="23134978">
+  <w:abstractNum w:abstractNumId="38937556">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="89987278">
+    <w:lvl w:ilvl="0" w:tplc="23605780">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="89987278" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="23605780" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="89987278" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="23605780" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="89987278" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="23605780" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="89987278" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="23605780" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="89987278" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="23605780" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="89987278" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="23605780" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="89987278" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="23605780" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="89987278" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="23605780" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="23134977">
+  <w:abstractNum w:abstractNumId="38937555">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="27044386">
+    <w:lvl w:ilvl="0" w:tplc="19923688">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -8822,55 +8822,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="23134977">
-    <w:abstractNumId w:val="23134977"/>
+  <w:num w:numId="38937555">
+    <w:abstractNumId w:val="38937555"/>
   </w:num>
-  <w:num w:numId="23134978">
-    <w:abstractNumId w:val="23134978"/>
+  <w:num w:numId="38937556">
+    <w:abstractNumId w:val="38937556"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -20420,51 +20420,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId606819610" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId443661504" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId2803693144e0e4182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHENHI/" TargetMode="External"/><Relationship Id="rId5226693144e0e41c7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHENHI/categorization" TargetMode="External"/><Relationship Id="rId4720693144e0e440b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHENHI/photos" TargetMode="External"/><Relationship Id="rId2508693144e0e7716" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1093/database/bav118" TargetMode="External"/><Relationship Id="rId9588693144e0e773b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://scalenet.info/" TargetMode="External"/><Relationship Id="rId6505693144e0e8314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/40171" TargetMode="External"/><Relationship Id="rId5212693144e0e83d2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId3046693144e0e84d4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.2005.00903.x" TargetMode="External"/><Relationship Id="rId1164693144e0e4307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId1164693144e0e4307.jpg"/><Relationship Id="rId3582693144e0e65c2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId3582693144e0e65c2.jpg"/><Relationship Id="rId5471693144e0e8556" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId5471693144e0e8556.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId641346394" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId407797916" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId6841693ed6e101f38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHENHI/" TargetMode="External"/><Relationship Id="rId3380693ed6e101f81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHENHI/categorization" TargetMode="External"/><Relationship Id="rId5130693ed6e102924" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHENHI/photos" TargetMode="External"/><Relationship Id="rId5481693ed6e105957" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1093/database/bav118" TargetMode="External"/><Relationship Id="rId6563693ed6e10597c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://scalenet.info/" TargetMode="External"/><Relationship Id="rId5012693ed6e106509" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/40171" TargetMode="External"/><Relationship Id="rId2751693ed6e1065c6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId4295693ed6e1068f5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.2005.00903.x" TargetMode="External"/><Relationship Id="rId2638693ed6e102803" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId2638693ed6e102803.jpg"/><Relationship Id="rId2354693ed6e10489c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId2354693ed6e10489c.jpg"/><Relationship Id="rId5140693ed6e106995" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId5140693ed6e106995.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>