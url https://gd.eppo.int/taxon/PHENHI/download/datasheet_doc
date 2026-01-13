--- v3 (2025-12-14)
+++ v4 (2026-01-13)
@@ -270,88 +270,88 @@
               <w:t xml:space="preserve"> Green</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> hibiscus mealybug, pink hibiscus mealybug, pink mealybug</w:t>
             </w:r>
-            <w:hyperlink r:id="rId6841693ed6e101f38" w:history="1">
+            <w:hyperlink r:id="rId7234696693f61d5a0" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
-            <w:hyperlink r:id="rId3380693ed6e101f81" w:history="1">
+            <w:hyperlink r:id="rId2769696693f61d5e4" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -365,86 +365,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> PHENHI</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="1683947" name="name4956693ed6e102805" descr="2130.jpg"/>
+                  <wp:docPr id="17964615" name="name8562696693f61d9e1" descr="2130.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="2130.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId2638693ed6e102803" cstate="print"/>
+                          <a:blip r:embed="rId6866696693f61d9df" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId5130693ed6e102924" w:history="1">
+            <w:hyperlink r:id="rId5370696693f61db12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -3465,63 +3465,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">., 2019).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="68442659" name="name6279693ed6e10489f" descr="PHENHI_distribution_map.jpg"/>
+            <wp:docPr id="92876646" name="name7879696693f6201e3" descr="PHENHI_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="PHENHI_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId2354693ed6e10489c" cstate="print"/>
+                    <a:blip r:embed="rId6083696693f6201df" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -5783,72 +5783,72 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 24–27 June 1996, Grenada.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">García Morales M, Denno BD, Miller DR, Miller GL, Ben-Dov Y, Hardy NB (2016) ScaleNet: a literature-based model of scale insect biology and systematics. Database. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5481693ed6e105957" w:history="1">
+      <w:hyperlink r:id="rId3193696693f6213a4" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1093/database/bav118</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> - </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6563693ed6e10597c" w:history="1">
+      <w:hyperlink r:id="rId9059696693f6213ca" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://scalenet.info</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (accessed 25 July 2021).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -7520,51 +7520,51 @@
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI Datasheet on </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Maconellicoccus hirsutus. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5012693ed6e106509" w:history="1">
+      <w:hyperlink r:id="rId9241696693f621e92" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.cabi.org/isc/datasheet/40171</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -7608,73 +7608,73 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">How to cite this datasheet?</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">EPPO (2025) </w:t>
+        <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Maconellicoccus hirsutus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2751693ed6e1065c6" w:history="1">
+      <w:hyperlink r:id="rId8144696693f621f49" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -7759,90 +7759,90 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">35</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 413-415. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4295693ed6e1068f5" w:history="1">
+      <w:hyperlink r:id="rId9095696693f622018" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.2005.00903.x</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="96513271" name="name4136693ed6e106996" descr="eu_funding_250.png"/>
+            <wp:docPr id="44716048" name="name2033696693f622082" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId5140693ed6e106995" cstate="print"/>
+                    <a:blip r:embed="rId3004696693f622081" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -7940,137 +7940,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="38937556">
+  <w:abstractNum w:abstractNumId="76623237">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="23605780">
+    <w:lvl w:ilvl="0" w:tplc="61183599">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="23605780" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="61183599" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="23605780" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="61183599" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="23605780" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="61183599" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="23605780" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="61183599" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="23605780" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="61183599" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="23605780" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="61183599" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="23605780" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="61183599" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="23605780" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="61183599" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="38937555">
+  <w:abstractNum w:abstractNumId="76623236">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="19923688">
+    <w:lvl w:ilvl="0" w:tplc="72248635">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -8822,55 +8822,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="38937555">
-    <w:abstractNumId w:val="38937555"/>
+  <w:num w:numId="76623236">
+    <w:abstractNumId w:val="76623236"/>
   </w:num>
-  <w:num w:numId="38937556">
-    <w:abstractNumId w:val="38937556"/>
+  <w:num w:numId="76623237">
+    <w:abstractNumId w:val="76623237"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -20420,51 +20420,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId641346394" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId407797916" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId6841693ed6e101f38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHENHI/" TargetMode="External"/><Relationship Id="rId3380693ed6e101f81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHENHI/categorization" TargetMode="External"/><Relationship Id="rId5130693ed6e102924" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHENHI/photos" TargetMode="External"/><Relationship Id="rId5481693ed6e105957" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1093/database/bav118" TargetMode="External"/><Relationship Id="rId6563693ed6e10597c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://scalenet.info/" TargetMode="External"/><Relationship Id="rId5012693ed6e106509" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/40171" TargetMode="External"/><Relationship Id="rId2751693ed6e1065c6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId4295693ed6e1068f5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.2005.00903.x" TargetMode="External"/><Relationship Id="rId2638693ed6e102803" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId2638693ed6e102803.jpg"/><Relationship Id="rId2354693ed6e10489c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId2354693ed6e10489c.jpg"/><Relationship Id="rId5140693ed6e106995" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId5140693ed6e106995.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId622464116" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId879891972" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId7234696693f61d5a0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHENHI/" TargetMode="External"/><Relationship Id="rId2769696693f61d5e4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHENHI/categorization" TargetMode="External"/><Relationship Id="rId5370696693f61db12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHENHI/photos" TargetMode="External"/><Relationship Id="rId3193696693f6213a4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1093/database/bav118" TargetMode="External"/><Relationship Id="rId9059696693f6213ca" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://scalenet.info/" TargetMode="External"/><Relationship Id="rId9241696693f621e92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/40171" TargetMode="External"/><Relationship Id="rId8144696693f621f49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId9095696693f622018" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.2005.00903.x" TargetMode="External"/><Relationship Id="rId6866696693f61d9df" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId6866696693f61d9df.jpg"/><Relationship Id="rId6083696693f6201df" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId6083696693f6201df.jpg"/><Relationship Id="rId3004696693f622081" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId3004696693f622081.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>