--- v4 (2026-01-13)
+++ v5 (2026-02-02)
@@ -270,88 +270,88 @@
               <w:t xml:space="preserve"> Green</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> hibiscus mealybug, pink hibiscus mealybug, pink mealybug</w:t>
             </w:r>
-            <w:hyperlink r:id="rId7234696693f61d5a0" w:history="1">
+            <w:hyperlink r:id="rId7096698121de3706e" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
-            <w:hyperlink r:id="rId2769696693f61d5e4" w:history="1">
+            <w:hyperlink r:id="rId1652698121de370b7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -365,86 +365,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> PHENHI</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="17964615" name="name8562696693f61d9e1" descr="2130.jpg"/>
+                  <wp:docPr id="18105579" name="name8072698121de37a19" descr="2130.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="2130.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId6866696693f61d9df" cstate="print"/>
+                          <a:blip r:embed="rId1803698121de37a17" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId5370696693f61db12" w:history="1">
+            <w:hyperlink r:id="rId8410698121de37b72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -3465,63 +3465,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">., 2019).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="92876646" name="name7879696693f6201e3" descr="PHENHI_distribution_map.jpg"/>
+            <wp:docPr id="34222423" name="name8670698121de3b3fb" descr="PHENHI_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="PHENHI_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId6083696693f6201df" cstate="print"/>
+                    <a:blip r:embed="rId5914698121de3b3f6" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -5783,72 +5783,72 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 24–27 June 1996, Grenada.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">García Morales M, Denno BD, Miller DR, Miller GL, Ben-Dov Y, Hardy NB (2016) ScaleNet: a literature-based model of scale insect biology and systematics. Database. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3193696693f6213a4" w:history="1">
+      <w:hyperlink r:id="rId6473698121de3c4fd" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1093/database/bav118</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> - </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9059696693f6213ca" w:history="1">
+      <w:hyperlink r:id="rId9755698121de3c521" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://scalenet.info</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (accessed 25 July 2021).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -7520,51 +7520,51 @@
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI Datasheet on </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Maconellicoccus hirsutus. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9241696693f621e92" w:history="1">
+      <w:hyperlink r:id="rId9498698121de3cff8" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.cabi.org/isc/datasheet/40171</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -7630,51 +7630,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Maconellicoccus hirsutus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8144696693f621f49" w:history="1">
+      <w:hyperlink r:id="rId4384698121de3d0b1" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -7759,90 +7759,90 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">35</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 413-415. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9095696693f622018" w:history="1">
+      <w:hyperlink r:id="rId6870698121de3d180" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.2005.00903.x</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="44716048" name="name2033696693f622082" descr="eu_funding_250.png"/>
+            <wp:docPr id="36289143" name="name9258698121de3e69e" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId3004696693f622081" cstate="print"/>
+                    <a:blip r:embed="rId7750698121de3e69d" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -7940,137 +7940,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="76623237">
+  <w:abstractNum w:abstractNumId="34316728">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="61183599">
+    <w:lvl w:ilvl="0" w:tplc="50249981">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="61183599" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="50249981" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="61183599" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="50249981" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="61183599" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="50249981" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="61183599" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="50249981" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="61183599" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="50249981" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="61183599" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="50249981" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="61183599" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="50249981" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="61183599" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="50249981" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="76623236">
+  <w:abstractNum w:abstractNumId="34316727">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="72248635">
+    <w:lvl w:ilvl="0" w:tplc="45628165">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -8822,55 +8822,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="76623236">
-    <w:abstractNumId w:val="76623236"/>
+  <w:num w:numId="34316727">
+    <w:abstractNumId w:val="34316727"/>
   </w:num>
-  <w:num w:numId="76623237">
-    <w:abstractNumId w:val="76623237"/>
+  <w:num w:numId="34316728">
+    <w:abstractNumId w:val="34316728"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -20420,51 +20420,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId622464116" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId879891972" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId7234696693f61d5a0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHENHI/" TargetMode="External"/><Relationship Id="rId2769696693f61d5e4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHENHI/categorization" TargetMode="External"/><Relationship Id="rId5370696693f61db12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHENHI/photos" TargetMode="External"/><Relationship Id="rId3193696693f6213a4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1093/database/bav118" TargetMode="External"/><Relationship Id="rId9059696693f6213ca" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://scalenet.info/" TargetMode="External"/><Relationship Id="rId9241696693f621e92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/40171" TargetMode="External"/><Relationship Id="rId8144696693f621f49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId9095696693f622018" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.2005.00903.x" TargetMode="External"/><Relationship Id="rId6866696693f61d9df" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId6866696693f61d9df.jpg"/><Relationship Id="rId6083696693f6201df" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId6083696693f6201df.jpg"/><Relationship Id="rId3004696693f622081" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId3004696693f622081.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId727764349" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId594072788" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId7096698121de3706e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHENHI/" TargetMode="External"/><Relationship Id="rId1652698121de370b7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHENHI/categorization" TargetMode="External"/><Relationship Id="rId8410698121de37b72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHENHI/photos" TargetMode="External"/><Relationship Id="rId6473698121de3c4fd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1093/database/bav118" TargetMode="External"/><Relationship Id="rId9755698121de3c521" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://scalenet.info/" TargetMode="External"/><Relationship Id="rId9498698121de3cff8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/40171" TargetMode="External"/><Relationship Id="rId4384698121de3d0b1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId6870698121de3d180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.2005.00903.x" TargetMode="External"/><Relationship Id="rId1803698121de37a17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId1803698121de37a17.jpg"/><Relationship Id="rId5914698121de3b3f6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId5914698121de3b3f6.jpg"/><Relationship Id="rId7750698121de3e69d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId7750698121de3e69d.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>