--- v5 (2026-02-02)
+++ v6 (2026-02-23)
@@ -270,88 +270,88 @@
               <w:t xml:space="preserve"> Green</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> hibiscus mealybug, pink hibiscus mealybug, pink mealybug</w:t>
             </w:r>
-            <w:hyperlink r:id="rId7096698121de3706e" w:history="1">
+            <w:hyperlink r:id="rId1514699bc52551184" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
-            <w:hyperlink r:id="rId1652698121de370b7" w:history="1">
+            <w:hyperlink r:id="rId3207699bc525513bb" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -365,86 +365,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> PHENHI</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="18105579" name="name8072698121de37a19" descr="2130.jpg"/>
+                  <wp:docPr id="29365202" name="name7444699bc525519b3" descr="2130.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="2130.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId1803698121de37a17" cstate="print"/>
+                          <a:blip r:embed="rId5572699bc525519b0" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId8410698121de37b72" w:history="1">
+            <w:hyperlink r:id="rId5817699bc52551ae3" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -2267,50 +2267,90 @@
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Lantana camara</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
+        <w:t xml:space="preserve">Litchi chinensis</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Magnolia grandiflora</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:t xml:space="preserve">Malpighia glabra</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Malus domestica</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -2588,50 +2628,70 @@
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Nerium oleander</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Opuntia</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Pachira sp.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Pachystachys lutea</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
@@ -3465,63 +3525,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">., 2019).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="34222423" name="name8670698121de3b3fb" descr="PHENHI_distribution_map.jpg"/>
+            <wp:docPr id="38966553" name="name4788699bc52554958" descr="PHENHI_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="PHENHI_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId5914698121de3b3f6" cstate="print"/>
+                    <a:blip r:embed="rId1576699bc52554955" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -5783,72 +5843,72 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 24–27 June 1996, Grenada.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">García Morales M, Denno BD, Miller DR, Miller GL, Ben-Dov Y, Hardy NB (2016) ScaleNet: a literature-based model of scale insect biology and systematics. Database. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6473698121de3c4fd" w:history="1">
+      <w:hyperlink r:id="rId4420699bc52556301" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1093/database/bav118</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> - </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9755698121de3c521" w:history="1">
+      <w:hyperlink r:id="rId3570699bc52556328" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://scalenet.info</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (accessed 25 July 2021).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -7520,51 +7580,51 @@
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI Datasheet on </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Maconellicoccus hirsutus. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9498698121de3cff8" w:history="1">
+      <w:hyperlink r:id="rId9639699bc52556f3c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.cabi.org/isc/datasheet/40171</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -7630,51 +7690,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Maconellicoccus hirsutus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4384698121de3d0b1" w:history="1">
+      <w:hyperlink r:id="rId5247699bc52556ffb" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -7759,90 +7819,90 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">35</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 413-415. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6870698121de3d180" w:history="1">
+      <w:hyperlink r:id="rId5206699bc525570cf" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.2005.00903.x</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="36289143" name="name9258698121de3e69e" descr="eu_funding_250.png"/>
+            <wp:docPr id="71628865" name="name3418699bc52557273" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId7750698121de3e69d" cstate="print"/>
+                    <a:blip r:embed="rId5432699bc52557272" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -7940,137 +8000,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="34316728">
+  <w:abstractNum w:abstractNumId="83358977">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="50249981">
+    <w:lvl w:ilvl="0" w:tplc="60090425">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="50249981" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="60090425" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="50249981" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="60090425" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="50249981" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="60090425" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="50249981" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="60090425" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="50249981" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="60090425" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="50249981" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="60090425" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="50249981" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="60090425" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="50249981" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="60090425" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="34316727">
+  <w:abstractNum w:abstractNumId="83358976">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="45628165">
+    <w:lvl w:ilvl="0" w:tplc="18048666">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -8822,55 +8882,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="34316727">
-    <w:abstractNumId w:val="34316727"/>
+  <w:num w:numId="83358976">
+    <w:abstractNumId w:val="83358976"/>
   </w:num>
-  <w:num w:numId="34316728">
-    <w:abstractNumId w:val="34316728"/>
+  <w:num w:numId="83358977">
+    <w:abstractNumId w:val="83358977"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -20420,51 +20480,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId727764349" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId594072788" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId7096698121de3706e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHENHI/" TargetMode="External"/><Relationship Id="rId1652698121de370b7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHENHI/categorization" TargetMode="External"/><Relationship Id="rId8410698121de37b72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHENHI/photos" TargetMode="External"/><Relationship Id="rId6473698121de3c4fd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1093/database/bav118" TargetMode="External"/><Relationship Id="rId9755698121de3c521" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://scalenet.info/" TargetMode="External"/><Relationship Id="rId9498698121de3cff8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/40171" TargetMode="External"/><Relationship Id="rId4384698121de3d0b1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId6870698121de3d180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.2005.00903.x" TargetMode="External"/><Relationship Id="rId1803698121de37a17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId1803698121de37a17.jpg"/><Relationship Id="rId5914698121de3b3f6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId5914698121de3b3f6.jpg"/><Relationship Id="rId7750698121de3e69d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId7750698121de3e69d.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId438280772" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId796050514" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId1514699bc52551184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHENHI/" TargetMode="External"/><Relationship Id="rId3207699bc525513bb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHENHI/categorization" TargetMode="External"/><Relationship Id="rId5817699bc52551ae3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHENHI/photos" TargetMode="External"/><Relationship Id="rId4420699bc52556301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1093/database/bav118" TargetMode="External"/><Relationship Id="rId3570699bc52556328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://scalenet.info/" TargetMode="External"/><Relationship Id="rId9639699bc52556f3c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/40171" TargetMode="External"/><Relationship Id="rId5247699bc52556ffb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId5206699bc525570cf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.2005.00903.x" TargetMode="External"/><Relationship Id="rId5572699bc525519b0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId5572699bc525519b0.jpg"/><Relationship Id="rId1576699bc52554955" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId1576699bc52554955.jpg"/><Relationship Id="rId5432699bc52557272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId5432699bc52557272.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>