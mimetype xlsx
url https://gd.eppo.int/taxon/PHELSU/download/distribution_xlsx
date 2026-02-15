--- v0 (2025-10-09)
+++ v1 (2026-02-15)
@@ -143,51 +143,51 @@
   <si>
     <t>Japan</t>
   </si>
   <si>
     <t>JP</t>
   </si>
   <si>
     <t>Hokkaido</t>
   </si>
   <si>
     <t>hk</t>
   </si>
   <si>
     <t>Europe</t>
   </si>
   <si>
     <t>Netherlands</t>
   </si>
   <si>
     <t>NL</t>
   </si>
   <si>
     <t>Absent, no pest record</t>
   </si>
   <si>
-    <t>Russian Federation (the)</t>
+    <t>Russian Federation</t>
   </si>
   <si>
     <t>RU</t>
   </si>
   <si>
     <t>Central Russia</t>
   </si>
   <si>
     <t>cr</t>
   </si>
   <si>
     <t>Eastern Siberia</t>
   </si>
   <si>
     <t>es</t>
   </si>
   <si>
     <t>Far East</t>
   </si>
   <si>
     <t>fe</t>
   </si>
 </sst>
 </file>
 