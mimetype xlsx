--- v0 (2025-10-16)
+++ v1 (2026-01-25)
@@ -12,75 +12,84 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="PHBPU" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="64">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="67">
   <si>
     <t>type</t>
   </si>
   <si>
     <t>EPPOCode</t>
   </si>
   <si>
     <t>Pref_name</t>
   </si>
   <si>
     <t>References</t>
   </si>
   <si>
     <t>Experimental</t>
   </si>
   <si>
     <t>TOBRFV</t>
   </si>
   <si>
     <t>Tobamovirus fructirugosum</t>
   </si>
   <si>
     <t xml:space="preserve">* Vasquez Gutierrez U, López López H, Frías Treviño GA, Delgado Ortiz JC, Flores Olivas A, Aguirre Uribe LA, Hernández Juarez A (2024) Biological exploration and physicochemical characteristics of Tomato Brown Rugose Fruit Virus in several host crops. Agronomy 14(2), 388. https://doi.org/10.3390/agronomy14020388
 ------- symptomatic in incoulation trials in field conditions. </t>
+  </si>
+  <si>
+    <t>GNORAB</t>
+  </si>
+  <si>
+    <t>Tuta absoluta</t>
+  </si>
+  <si>
+    <t>* Dalbianco AB, Santos DM, de Lima Alvarez D, da Silva NN, Daniel DF, Benvenga SR, Pratissoli D, Júnior SS, de Oliveira RC (2025) Development of Tuta absoluta (Meyrick, 1917)(Lepidoptera: Gelechiidae) on spontaneous plant species. Scientia Plena 21(10), https://doi.org/10.14808/sci.plena.2025.100201</t>
   </si>
   <si>
     <t>Host</t>
   </si>
   <si>
     <t>ALTRTR</t>
   </si>
   <si>
     <t>Aleurothrixus trachoides</t>
   </si>
   <si>
     <t>* Sundararaj R, Krishnan S, Sumalatha BV (2021) Invasion and expansion of exotic whiteflies (Hemiptera: Aleyrodidae) in India and their economic importance. Phytoparasitica 49(5), 851-863.</t>
   </si>
   <si>
     <t>BEMITA</t>
   </si>
   <si>
     <t>Bemisia tabaci (as Convolvulaceae)</t>
   </si>
   <si>
     <t>HELIVI</t>
   </si>
   <si>
     <t>Chloridea virescens</t>
   </si>
@@ -564,350 +573,364 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:D21"/>
+  <dimension ref="A1:D22"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="15.282" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="10.569" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="43.561" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="404.473" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" t="s">
         <v>4</v>
       </c>
       <c r="B2" t="s">
         <v>5</v>
       </c>
       <c r="C2" t="s">
         <v>6</v>
       </c>
       <c r="D2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="3" spans="1:4">
       <c r="A3" t="s">
+        <v>4</v>
+      </c>
+      <c r="B3" t="s">
         <v>8</v>
       </c>
-      <c r="B3" t="s">
+      <c r="C3" t="s">
         <v>9</v>
       </c>
-      <c r="C3" t="s">
+      <c r="D3" t="s">
         <v>10</v>
-      </c>
-[...1 lines deleted...]
-        <v>11</v>
       </c>
     </row>
     <row r="4" spans="1:4">
       <c r="A4" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="B4" t="s">
         <v>12</v>
       </c>
       <c r="C4" t="s">
         <v>13</v>
       </c>
-      <c r="D4"/>
+      <c r="D4" t="s">
+        <v>14</v>
+      </c>
     </row>
     <row r="5" spans="1:4">
       <c r="A5" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="B5" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="C5" t="s">
-        <v>15</v>
-[...1 lines deleted...]
-      <c r="D5" t="s">
         <v>16</v>
       </c>
+      <c r="D5"/>
     </row>
     <row r="6" spans="1:4">
       <c r="A6" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="B6" t="s">
         <v>17</v>
       </c>
       <c r="C6" t="s">
         <v>18</v>
       </c>
       <c r="D6" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="7" spans="1:4">
       <c r="A7" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="B7" t="s">
         <v>20</v>
       </c>
       <c r="C7" t="s">
         <v>21</v>
       </c>
       <c r="D7" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="8" spans="1:4">
       <c r="A8" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="B8" t="s">
         <v>23</v>
       </c>
       <c r="C8" t="s">
         <v>24</v>
       </c>
       <c r="D8" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="9" spans="1:4">
       <c r="A9" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="B9" t="s">
         <v>26</v>
       </c>
       <c r="C9" t="s">
         <v>27</v>
       </c>
       <c r="D9" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="10" spans="1:4">
       <c r="A10" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="B10" t="s">
         <v>29</v>
       </c>
       <c r="C10" t="s">
         <v>30</v>
       </c>
       <c r="D10" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="11" spans="1:4">
       <c r="A11" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="B11" t="s">
         <v>32</v>
       </c>
       <c r="C11" t="s">
         <v>33</v>
       </c>
       <c r="D11" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="12" spans="1:4">
       <c r="A12" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="B12" t="s">
         <v>35</v>
       </c>
       <c r="C12" t="s">
         <v>36</v>
       </c>
       <c r="D12" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="13" spans="1:4">
       <c r="A13" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="B13" t="s">
         <v>38</v>
       </c>
       <c r="C13" t="s">
         <v>39</v>
       </c>
       <c r="D13" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="14" spans="1:4">
       <c r="A14" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="B14" t="s">
         <v>41</v>
       </c>
       <c r="C14" t="s">
         <v>42</v>
       </c>
       <c r="D14" t="s">
         <v>43</v>
       </c>
     </row>
     <row r="15" spans="1:4">
       <c r="A15" t="s">
+        <v>11</v>
+      </c>
+      <c r="B15" t="s">
         <v>44</v>
       </c>
-      <c r="B15" t="s">
+      <c r="C15" t="s">
         <v>45</v>
       </c>
-      <c r="C15" t="s">
+      <c r="D15" t="s">
         <v>46</v>
-      </c>
-[...1 lines deleted...]
-        <v>47</v>
       </c>
     </row>
     <row r="16" spans="1:4">
       <c r="A16" t="s">
-        <v>44</v>
+        <v>47</v>
       </c>
       <c r="B16" t="s">
         <v>48</v>
       </c>
       <c r="C16" t="s">
         <v>49</v>
       </c>
-      <c r="D16"/>
+      <c r="D16" t="s">
+        <v>50</v>
+      </c>
     </row>
     <row r="17" spans="1:4">
       <c r="A17" t="s">
-        <v>44</v>
+        <v>47</v>
       </c>
       <c r="B17" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="C17" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="D17"/>
     </row>
     <row r="18" spans="1:4">
       <c r="A18" t="s">
-        <v>44</v>
+        <v>47</v>
       </c>
       <c r="B18" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="C18" t="s">
-        <v>53</v>
-[...1 lines deleted...]
-      <c r="D18" t="s">
         <v>54</v>
       </c>
+      <c r="D18"/>
     </row>
     <row r="19" spans="1:4">
       <c r="A19" t="s">
-        <v>44</v>
+        <v>47</v>
       </c>
       <c r="B19" t="s">
         <v>55</v>
       </c>
       <c r="C19" t="s">
         <v>56</v>
       </c>
       <c r="D19" t="s">
         <v>57</v>
       </c>
     </row>
     <row r="20" spans="1:4">
       <c r="A20" t="s">
-        <v>44</v>
+        <v>47</v>
       </c>
       <c r="B20" t="s">
         <v>58</v>
       </c>
       <c r="C20" t="s">
         <v>59</v>
       </c>
       <c r="D20" t="s">
         <v>60</v>
       </c>
     </row>
     <row r="21" spans="1:4">
       <c r="A21" t="s">
-        <v>44</v>
+        <v>47</v>
       </c>
       <c r="B21" t="s">
         <v>61</v>
       </c>
       <c r="C21" t="s">
         <v>62</v>
       </c>
       <c r="D21" t="s">
         <v>63</v>
+      </c>
+    </row>
+    <row r="22" spans="1:4">
+      <c r="A22" t="s">
+        <v>47</v>
+      </c>
+      <c r="B22" t="s">
+        <v>64</v>
+      </c>
+      <c r="C22" t="s">
+        <v>65</v>
+      </c>
+      <c r="D22" t="s">
+        <v>66</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">