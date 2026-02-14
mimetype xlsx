--- v1 (2026-01-25)
+++ v2 (2026-02-14)
@@ -29,67 +29,67 @@
     <sheet name="PHBPU" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="67">
   <si>
     <t>type</t>
   </si>
   <si>
     <t>EPPOCode</t>
   </si>
   <si>
     <t>Pref_name</t>
   </si>
   <si>
     <t>References</t>
   </si>
   <si>
     <t>Experimental</t>
   </si>
   <si>
+    <t>GNORAB</t>
+  </si>
+  <si>
+    <t>Phthorimaea absoluta</t>
+  </si>
+  <si>
+    <t>* Dalbianco AB, Santos DM, de Lima Alvarez D, da Silva NN, Daniel DF, Benvenga SR, Pratissoli D, Júnior SS, de Oliveira RC (2025) Development of Tuta absoluta (Meyrick, 1917)(Lepidoptera: Gelechiidae) on spontaneous plant species. Scientia Plena 21(10), https://doi.org/10.14808/sci.plena.2025.100201</t>
+  </si>
+  <si>
     <t>TOBRFV</t>
   </si>
   <si>
     <t>Tobamovirus fructirugosum</t>
   </si>
   <si>
     <t xml:space="preserve">* Vasquez Gutierrez U, López López H, Frías Treviño GA, Delgado Ortiz JC, Flores Olivas A, Aguirre Uribe LA, Hernández Juarez A (2024) Biological exploration and physicochemical characteristics of Tomato Brown Rugose Fruit Virus in several host crops. Agronomy 14(2), 388. https://doi.org/10.3390/agronomy14020388
 ------- symptomatic in incoulation trials in field conditions. </t>
-  </si>
-[...7 lines deleted...]
-    <t>* Dalbianco AB, Santos DM, de Lima Alvarez D, da Silva NN, Daniel DF, Benvenga SR, Pratissoli D, Júnior SS, de Oliveira RC (2025) Development of Tuta absoluta (Meyrick, 1917)(Lepidoptera: Gelechiidae) on spontaneous plant species. Scientia Plena 21(10), https://doi.org/10.14808/sci.plena.2025.100201</t>
   </si>
   <si>
     <t>Host</t>
   </si>
   <si>
     <t>ALTRTR</t>
   </si>
   <si>
     <t>Aleurothrixus trachoides</t>
   </si>
   <si>
     <t>* Sundararaj R, Krishnan S, Sumalatha BV (2021) Invasion and expansion of exotic whiteflies (Hemiptera: Aleyrodidae) in India and their economic importance. Phytoparasitica 49(5), 851-863.</t>
   </si>
   <si>
     <t>BEMITA</t>
   </si>
   <si>
     <t>Bemisia tabaci (as Convolvulaceae)</t>
   </si>
   <si>
     <t>HELIVI</t>
   </si>
   <si>
     <t>Chloridea virescens</t>
   </si>