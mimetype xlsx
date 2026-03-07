--- v2 (2026-02-14)
+++ v3 (2026-03-07)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="PHBPU" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="67">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="70">
   <si>
     <t>type</t>
   </si>
   <si>
     <t>EPPOCode</t>
   </si>
   <si>
     <t>Pref_name</t>
   </si>
   <si>
     <t>References</t>
   </si>
   <si>
     <t>Experimental</t>
   </si>
   <si>
     <t>GNORAB</t>
   </si>
   <si>
     <t>Phthorimaea absoluta</t>
   </si>
   <si>
     <t>* Dalbianco AB, Santos DM, de Lima Alvarez D, da Silva NN, Daniel DF, Benvenga SR, Pratissoli D, Júnior SS, de Oliveira RC (2025) Development of Tuta absoluta (Meyrick, 1917)(Lepidoptera: Gelechiidae) on spontaneous plant species. Scientia Plena 21(10), https://doi.org/10.14808/sci.plena.2025.100201</t>
   </si>
   <si>
@@ -122,50 +122,60 @@
   <si>
     <t>Orgyia leucostigma</t>
   </si>
   <si>
     <t>* Heppner JB (2003) Lepidoptera of Florida. Part 1. Introduction and catalog. Volume 17 of Arthropods of Florida and neighboring land areas. Division of Plant Industry. Florida Department of Agriculture and Consumer Services. Gainesville, Florida. 670 pp
 * Robinson GS, Ackery PR, Kitching IJ, Beccaloni GW &amp; Hernández LM (2010) HOST - A database of the world's Lepidopteran hostplants. Natural History Museum, London. https://www.nhm.ac.uk (Accessed on 7 December 2020 and 21 March 2021)</t>
   </si>
   <si>
     <t>TSWV00</t>
   </si>
   <si>
     <t>Orthotospovirus tomatomaculae</t>
   </si>
   <si>
     <t>* Parrella G, Gognalons P, Gebre-Selassie K, Vovlas C, Marchoux G (2003) An update of the host range of tomato spotted wilt virus. Journal of Plant Pathology 85(4), 227-264.
 ------- Confirmed host.</t>
   </si>
   <si>
     <t>PHMPOM</t>
   </si>
   <si>
     <t>Phymatotrichopsis omnivora</t>
   </si>
   <si>
     <t>* Anonymous (1960) Index of Plant Diseases in the United States. Agriculture Handbook no 165, USDA-ARS (US) 531 pp.</t>
+  </si>
+  <si>
+    <t>PSEAPE</t>
+  </si>
+  <si>
+    <t>Pseudaulacaspis pentagona (as Ipomoea)</t>
+  </si>
+  <si>
+    <t>* García Morales M, Denno BD, Miller DR, Miller GL, Ben-Dov Y, Hardy NB (2016) ScaleNet: A literature-based model of scale insect biology and systematics. Database. doi: 10.1093/database/bav118. http://scalenet.info [accessed 2026-02].
+* Miller DR &amp; Davidson JA (2005) Armored Scale Insect Pests of Trees and Shrubs. Cornell Univ. Press Ithaca, NY 442 pp.</t>
   </si>
   <si>
     <t>PRODER</t>
   </si>
   <si>
     <t>Spodoptera eridania</t>
   </si>
   <si>
     <t>* Montezano DG, Specht A, Sosa-Gomez DR, Roque-Specht VF &amp; de Barros NM (2014) Immature stages of Spodoptera eridania (Lepidoptera: Noctuidae): developmental parameters and host plants. Journal of Insect Science 14, 238. https://doi.org/10.1093/jisesa/ieu189</t>
   </si>
   <si>
     <t>LAPHFR</t>
   </si>
   <si>
     <t>Spodoptera frugiperda</t>
   </si>
   <si>
     <t>* Montezano DG, Specht A, Sosa-Gómez DR, Roque-Specht VF, Sousa-Silva JC, Paula-Moraes SV, Peterson JA, Hunt T (2018) Host plants of Spodoptera frugiperda (Lepidoptera: Noctuidae) in the Americas. African Entomology 26, 286-300.</t>
   </si>
   <si>
     <t>PRODOR</t>
   </si>
   <si>
     <t>Spodoptera ornithogalli</t>
   </si>
@@ -573,61 +583,61 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:D22"/>
+  <dimension ref="A1:D23"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="15.282" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="10.569" bestFit="true" customWidth="true" style="0"/>
-    <col min="3" max="3" width="43.561" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="45.846" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="404.473" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" t="s">
         <v>4</v>
       </c>
       <c r="B2" t="s">
         <v>5</v>
       </c>
       <c r="C2" t="s">
@@ -797,140 +807,154 @@
         <v>41</v>
       </c>
       <c r="C14" t="s">
         <v>42</v>
       </c>
       <c r="D14" t="s">
         <v>43</v>
       </c>
     </row>
     <row r="15" spans="1:4">
       <c r="A15" t="s">
         <v>11</v>
       </c>
       <c r="B15" t="s">
         <v>44</v>
       </c>
       <c r="C15" t="s">
         <v>45</v>
       </c>
       <c r="D15" t="s">
         <v>46</v>
       </c>
     </row>
     <row r="16" spans="1:4">
       <c r="A16" t="s">
+        <v>11</v>
+      </c>
+      <c r="B16" t="s">
         <v>47</v>
       </c>
-      <c r="B16" t="s">
+      <c r="C16" t="s">
         <v>48</v>
       </c>
-      <c r="C16" t="s">
+      <c r="D16" t="s">
         <v>49</v>
-      </c>
-[...1 lines deleted...]
-        <v>50</v>
       </c>
     </row>
     <row r="17" spans="1:4">
       <c r="A17" t="s">
-        <v>47</v>
+        <v>50</v>
       </c>
       <c r="B17" t="s">
         <v>51</v>
       </c>
       <c r="C17" t="s">
         <v>52</v>
       </c>
-      <c r="D17"/>
+      <c r="D17" t="s">
+        <v>53</v>
+      </c>
     </row>
     <row r="18" spans="1:4">
       <c r="A18" t="s">
-        <v>47</v>
+        <v>50</v>
       </c>
       <c r="B18" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="C18" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="D18"/>
     </row>
     <row r="19" spans="1:4">
       <c r="A19" t="s">
-        <v>47</v>
+        <v>50</v>
       </c>
       <c r="B19" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="C19" t="s">
-        <v>56</v>
-[...1 lines deleted...]
-      <c r="D19" t="s">
         <v>57</v>
       </c>
+      <c r="D19"/>
     </row>
     <row r="20" spans="1:4">
       <c r="A20" t="s">
-        <v>47</v>
+        <v>50</v>
       </c>
       <c r="B20" t="s">
         <v>58</v>
       </c>
       <c r="C20" t="s">
         <v>59</v>
       </c>
       <c r="D20" t="s">
         <v>60</v>
       </c>
     </row>
     <row r="21" spans="1:4">
       <c r="A21" t="s">
-        <v>47</v>
+        <v>50</v>
       </c>
       <c r="B21" t="s">
         <v>61</v>
       </c>
       <c r="C21" t="s">
         <v>62</v>
       </c>
       <c r="D21" t="s">
         <v>63</v>
       </c>
     </row>
     <row r="22" spans="1:4">
       <c r="A22" t="s">
-        <v>47</v>
+        <v>50</v>
       </c>
       <c r="B22" t="s">
         <v>64</v>
       </c>
       <c r="C22" t="s">
         <v>65</v>
       </c>
       <c r="D22" t="s">
         <v>66</v>
+      </c>
+    </row>
+    <row r="23" spans="1:4">
+      <c r="A23" t="s">
+        <v>50</v>
+      </c>
+      <c r="B23" t="s">
+        <v>67</v>
+      </c>
+      <c r="C23" t="s">
+        <v>68</v>
+      </c>
+      <c r="D23" t="s">
+        <v>69</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">