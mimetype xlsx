--- v0 (2025-10-08)
+++ v1 (2026-03-20)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="PEUHY" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="100">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="102">
   <si>
     <t>type</t>
   </si>
   <si>
     <t>EPPOCode</t>
   </si>
   <si>
     <t>Pref_name</t>
   </si>
   <si>
     <t>References</t>
   </si>
   <si>
     <t>Doubtful host</t>
   </si>
   <si>
     <t>PHYPSO</t>
   </si>
   <si>
     <t>'Candidatus Phytoplasma solani'</t>
   </si>
   <si>
     <t>* Chung BN, Jeong MI, Choi SK, Joa JH, Choi KS, Choi IM (2013) Occurrence of stolbur phytoplasma disease in spreading type Petunia hybrida cultivars in Korea. Plant Pathology Journal 29(4), 465-470. 
 ------- Isolates found on Petunia x hybrida are not confirmed to belong 'Ca. Phytoplasma solani' (only partial 16Sr RNA nucleotide sequences available).</t>
   </si>
@@ -207,50 +207,56 @@
     <t>EPIXCU</t>
   </si>
   <si>
     <t>Epitrix cucumeris</t>
   </si>
   <si>
     <t>* Clark SM, LeDoux DG, Seeno TN, Riley EG, Gilbert AJ, Sullivan JM (2004) Host plants of leaf beetle species occurring in the United States and Canada (Coleoptera: Megalopodidae, Orsodacnidae and Chrysomelidae, excluding Bruchinae). The Coleopterists Society, Special Publication 2, 1-476.</t>
   </si>
   <si>
     <t>Epitrix cucumeris (as Petunia)</t>
   </si>
   <si>
     <t>* Loyola (1949) Biological observations and control of potato flea beetle, Epitrix
 cucumeris Harris. Masters Theses 1911. University of Massachusetts Amherst, 113 pp. 
 ------- Ornamental Petunia were attacked  following destruction of infested Solanum nigrum in the same flower bed.</t>
   </si>
   <si>
     <t>EPIXTU</t>
   </si>
   <si>
     <t>Epitrix tuberis (as Petunia)</t>
   </si>
   <si>
     <t>* Clark SM,  LeDoux DG, Seeno TN,  Riley EG,  Gilbert AJ, Sullivan JM (2004) Host plants of leaf beetle species occurring in the United States and Canada.  Special Publications of the Coleopterists Society, 2, 476 pp.
 ------- feeding of adults</t>
+  </si>
+  <si>
+    <t>FRANCS</t>
+  </si>
+  <si>
+    <t>Frankliniella australis (as Solanaceae)</t>
   </si>
   <si>
     <t>HETRAR</t>
   </si>
   <si>
     <t>Heteronychus arator (as Petunia)</t>
   </si>
   <si>
     <t>LIRIHU</t>
   </si>
   <si>
     <t>Liriomyza huidobrensis</t>
   </si>
   <si>
     <t>* He CX, Wu WW, Wang SF, Wang LZ (2001) Host plants and feeding preferences of Liriomyza huidobrensis. Acta Entomologica Sinica 44, 384-388.</t>
   </si>
   <si>
     <t>GRSV00</t>
   </si>
   <si>
     <t>Orthotospovirus arachianuli</t>
   </si>
   <si>
     <t>* Esquivel AF, Camelo-García VM, Rezende JAM, Kitajima EW, González LR, Sarubbi H (2019) First report of Groundnut ringspot tospovirus in Paraguay. Australasian Plant Disease Notes 14(5). https://doi.org/10.1007/s13314-019-0336-7</t>
   </si>
@@ -672,51 +678,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:D35"/>
+  <dimension ref="A1:D36"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="16.425" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="10.569" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="57.7" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="409.186" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
@@ -1002,205 +1008,217 @@
         <v>61</v>
       </c>
     </row>
     <row r="23" spans="1:4">
       <c r="A23" t="s">
         <v>41</v>
       </c>
       <c r="B23" t="s">
         <v>62</v>
       </c>
       <c r="C23" t="s">
         <v>63</v>
       </c>
       <c r="D23"/>
     </row>
     <row r="24" spans="1:4">
       <c r="A24" t="s">
         <v>41</v>
       </c>
       <c r="B24" t="s">
         <v>64</v>
       </c>
       <c r="C24" t="s">
         <v>65</v>
       </c>
-      <c r="D24" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D24"/>
     </row>
     <row r="25" spans="1:4">
       <c r="A25" t="s">
         <v>41</v>
       </c>
       <c r="B25" t="s">
+        <v>66</v>
+      </c>
+      <c r="C25" t="s">
         <v>67</v>
       </c>
-      <c r="C25" t="s">
+      <c r="D25" t="s">
         <v>68</v>
-      </c>
-[...1 lines deleted...]
-        <v>69</v>
       </c>
     </row>
     <row r="26" spans="1:4">
       <c r="A26" t="s">
         <v>41</v>
       </c>
       <c r="B26" t="s">
+        <v>69</v>
+      </c>
+      <c r="C26" t="s">
         <v>70</v>
       </c>
-      <c r="C26" t="s">
+      <c r="D26" t="s">
         <v>71</v>
-      </c>
-[...1 lines deleted...]
-        <v>72</v>
       </c>
     </row>
     <row r="27" spans="1:4">
       <c r="A27" t="s">
         <v>41</v>
       </c>
       <c r="B27" t="s">
+        <v>72</v>
+      </c>
+      <c r="C27" t="s">
         <v>73</v>
       </c>
-      <c r="C27" t="s">
+      <c r="D27" t="s">
         <v>74</v>
-      </c>
-[...1 lines deleted...]
-        <v>75</v>
       </c>
     </row>
     <row r="28" spans="1:4">
       <c r="A28" t="s">
         <v>41</v>
       </c>
       <c r="B28" t="s">
+        <v>75</v>
+      </c>
+      <c r="C28" t="s">
         <v>76</v>
       </c>
-      <c r="C28" t="s">
+      <c r="D28" t="s">
         <v>77</v>
-      </c>
-[...1 lines deleted...]
-        <v>78</v>
       </c>
     </row>
     <row r="29" spans="1:4">
       <c r="A29" t="s">
         <v>41</v>
       </c>
       <c r="B29" t="s">
-        <v>76</v>
+        <v>78</v>
       </c>
       <c r="C29" t="s">
         <v>79</v>
       </c>
       <c r="D29" t="s">
         <v>80</v>
       </c>
     </row>
     <row r="30" spans="1:4">
       <c r="A30" t="s">
         <v>41</v>
       </c>
       <c r="B30" t="s">
+        <v>78</v>
+      </c>
+      <c r="C30" t="s">
         <v>81</v>
       </c>
-      <c r="C30" t="s">
+      <c r="D30" t="s">
         <v>82</v>
-      </c>
-[...1 lines deleted...]
-        <v>83</v>
       </c>
     </row>
     <row r="31" spans="1:4">
       <c r="A31" t="s">
         <v>41</v>
       </c>
       <c r="B31" t="s">
+        <v>83</v>
+      </c>
+      <c r="C31" t="s">
         <v>84</v>
       </c>
-      <c r="C31" t="s">
+      <c r="D31" t="s">
         <v>85</v>
-      </c>
-[...1 lines deleted...]
-        <v>86</v>
       </c>
     </row>
     <row r="32" spans="1:4">
       <c r="A32" t="s">
         <v>41</v>
       </c>
       <c r="B32" t="s">
+        <v>86</v>
+      </c>
+      <c r="C32" t="s">
         <v>87</v>
       </c>
-      <c r="C32" t="s">
+      <c r="D32" t="s">
         <v>88</v>
-      </c>
-[...1 lines deleted...]
-        <v>89</v>
       </c>
     </row>
     <row r="33" spans="1:4">
       <c r="A33" t="s">
         <v>41</v>
       </c>
       <c r="B33" t="s">
+        <v>89</v>
+      </c>
+      <c r="C33" t="s">
         <v>90</v>
       </c>
-      <c r="C33" t="s">
+      <c r="D33" t="s">
         <v>91</v>
-      </c>
-[...1 lines deleted...]
-        <v>92</v>
       </c>
     </row>
     <row r="34" spans="1:4">
       <c r="A34" t="s">
+        <v>41</v>
+      </c>
+      <c r="B34" t="s">
+        <v>92</v>
+      </c>
+      <c r="C34" t="s">
         <v>93</v>
       </c>
-      <c r="B34" t="s">
+      <c r="D34" t="s">
         <v>94</v>
-      </c>
-[...4 lines deleted...]
-        <v>96</v>
       </c>
     </row>
     <row r="35" spans="1:4">
       <c r="A35" t="s">
+        <v>95</v>
+      </c>
+      <c r="B35" t="s">
+        <v>96</v>
+      </c>
+      <c r="C35" t="s">
         <v>97</v>
       </c>
-      <c r="B35" t="s">
+      <c r="D35" t="s">
         <v>98</v>
       </c>
-      <c r="C35" t="s">
+    </row>
+    <row r="36" spans="1:4">
+      <c r="A36" t="s">
         <v>99</v>
       </c>
-      <c r="D35"/>
+      <c r="B36" t="s">
+        <v>100</v>
+      </c>
+      <c r="C36" t="s">
+        <v>101</v>
+      </c>
+      <c r="D36"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>