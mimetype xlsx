--- v0 (2025-10-09)
+++ v1 (2026-03-20)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="PEUHG" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="33">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="35">
   <si>
     <t>type</t>
   </si>
   <si>
     <t>EPPOCode</t>
   </si>
   <si>
     <t>Pref_name</t>
   </si>
   <si>
     <t>References</t>
   </si>
   <si>
     <t>Experimental</t>
   </si>
   <si>
     <t>AVBO00</t>
   </si>
   <si>
     <t>Cheravirus arracaciae oca strain (as Solanaceae)</t>
   </si>
   <si>
     <t>RPRSV0</t>
   </si>
   <si>
@@ -81,50 +81,56 @@
     <t>EPILVI</t>
   </si>
   <si>
     <t>Epilachna vigintioctomaculata (as Solanaceae)</t>
   </si>
   <si>
     <t>EPIXCU</t>
   </si>
   <si>
     <t>Epitrix cucumeris (as Petunia)</t>
   </si>
   <si>
     <t>* Loyola (1949) Biological observations and control of potato flea beetle, Epitrix
 cucumeris Harris. Masters Theses 1911. University of Massachusetts Amherst, 113 pp. 
 ------- Ornamental Petunia were attacked  following destruction of infested Solanum nigrum in the same flower bed.</t>
   </si>
   <si>
     <t>EPIXTU</t>
   </si>
   <si>
     <t>Epitrix tuberis (as Petunia)</t>
   </si>
   <si>
     <t>* Clark SM,  LeDoux DG, Seeno TN,  Riley EG,  Gilbert AJ, Sullivan JM (2004) Host plants of leaf beetle species occurring in the United States and Canada.  Special Publications of the Coleopterists Society, 2, 476 pp.
 ------- feeding of adults</t>
+  </si>
+  <si>
+    <t>FRANCS</t>
+  </si>
+  <si>
+    <t>Frankliniella australis (as Solanaceae)</t>
   </si>
   <si>
     <t>HETRAR</t>
   </si>
   <si>
     <t>Heteronychus arator (as Petunia)</t>
   </si>
   <si>
     <t>TRSV00</t>
   </si>
   <si>
     <t>Nepovirus nicotianae</t>
   </si>
   <si>
     <t>* Ghotbi T, Shahraeen N (2009) Natural incidence and infectivity level of three nepoviruses in ornamental crops in Iran. Journal of Plant Breeding and Crop Science 1, 39-44.</t>
   </si>
   <si>
     <t>TCDVD0</t>
   </si>
   <si>
     <t>Pospiviroid chloronani (as Petunia)</t>
   </si>
   <si>
     <t>* Shiraishi T, Maejima K, Komatsu K et al. (2013) First report of tomato chlorotic dwarf viroid isolated from symptomless petunia plants (Petunia spp.) in Japan. Journal of General Plant Pathology 79, 214–216. https://doi.org/10.1007/s10327-013-0444-8
 ------- confirmed host (asymptomatic)
@@ -463,51 +469,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:D12"/>
+  <dimension ref="A1:D13"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="15.282" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="10.569" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="57.7" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="297.213" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
@@ -601,79 +607,91 @@
         <v>21</v>
       </c>
     </row>
     <row r="9" spans="1:4">
       <c r="A9" t="s">
         <v>9</v>
       </c>
       <c r="B9" t="s">
         <v>22</v>
       </c>
       <c r="C9" t="s">
         <v>23</v>
       </c>
       <c r="D9"/>
     </row>
     <row r="10" spans="1:4">
       <c r="A10" t="s">
         <v>9</v>
       </c>
       <c r="B10" t="s">
         <v>24</v>
       </c>
       <c r="C10" t="s">
         <v>25</v>
       </c>
-      <c r="D10" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D10"/>
     </row>
     <row r="11" spans="1:4">
       <c r="A11" t="s">
         <v>9</v>
       </c>
       <c r="B11" t="s">
+        <v>26</v>
+      </c>
+      <c r="C11" t="s">
         <v>27</v>
       </c>
-      <c r="C11" t="s">
+      <c r="D11" t="s">
         <v>28</v>
-      </c>
-[...1 lines deleted...]
-        <v>29</v>
       </c>
     </row>
     <row r="12" spans="1:4">
       <c r="A12" t="s">
+        <v>9</v>
+      </c>
+      <c r="B12" t="s">
+        <v>29</v>
+      </c>
+      <c r="C12" t="s">
         <v>30</v>
       </c>
-      <c r="B12" t="s">
+      <c r="D12" t="s">
         <v>31</v>
       </c>
-      <c r="C12" t="s">
+    </row>
+    <row r="13" spans="1:4">
+      <c r="A13" t="s">
         <v>32</v>
       </c>
-      <c r="D12"/>
+      <c r="B13" t="s">
+        <v>33</v>
+      </c>
+      <c r="C13" t="s">
+        <v>34</v>
+      </c>
+      <c r="D13"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>