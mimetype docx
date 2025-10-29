--- v0 (2025-10-08)
+++ v1 (2025-10-29)
@@ -258,51 +258,51 @@
               </w:rPr>
               <w:t xml:space="preserve">Pepino mosaic potexvirus</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Pepino mosaic virus</w:t>
             </w:r>
-            <w:hyperlink r:id="rId543168e691916943e" w:history="1">
+            <w:hyperlink r:id="rId23206901672562180" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -318,51 +318,51 @@
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Emergency measures (formerly), RNQP (Annex IV)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId255468e69191694a8" w:history="1">
+            <w:hyperlink r:id="rId280569016725621eb" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -376,86 +376,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> PEPMV0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="9701218" name="name625768e6919169b74" descr="18209.jpg"/>
+                  <wp:docPr id="30268564" name="name525569016725622bb" descr="18209.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="18209.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId378768e6919169b72" cstate="print"/>
+                          <a:blip r:embed="rId196369016725622ba" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId900868e6919169cbb" w:history="1">
+            <w:hyperlink r:id="rId213269016725623e2" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
@@ -1958,63 +1958,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">., 2000). Since then, PepMV has spread rapidly and can now be regarded to be spread worldwide in commercial tomato crops both protected and outdoors. However there have been limited reports from Africa and Asia and it has not been reported so far from Oceania.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="2637490" name="name399868e691916b385" descr="PEPMV0_distribution_map.jpg"/>
+            <wp:docPr id="35892039" name="name30846901672563fbd" descr="PEPMV0_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="PEPMV0_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId145768e691916b382" cstate="print"/>
+                    <a:blip r:embed="rId50166901672563fba" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -2240,151 +2240,151 @@
         <w:t xml:space="preserve"> sp. There is considerable biological variation between isolates and severity of symptoms is not related to the virus strain: in most strains, both mild and severe isolates have been described.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Based on biological data (i.e. symptoms on host and indicator plants), serological relationships and multiple nucleotide sequence alignments, at least five clusters of PepMV isolates are now considered as separate genotypes or strains:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="385353651"/>
+          <w:numId w:val="803734528"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">The Peruvian pepino strain (LP)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="385353651"/>
+          <w:numId w:val="803734528"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">The European tomato strain (EU)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="385353651"/>
+          <w:numId w:val="803734528"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">The Chile-2 strain (CH2)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="385353651"/>
+          <w:numId w:val="803734528"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">The US1 strain (US1)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="385353651"/>
+          <w:numId w:val="803734528"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">The PES strain, identified from wild </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
@@ -3755,51 +3755,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Clark S &amp; Crook K (2012) ‘Import risk analysis: tomato and capsicum seed for sowing from all countries’, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Ministry of Agriculture and Forestry</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, Wellington (NZ) </w:t>
       </w:r>
-      <w:hyperlink r:id="rId145268e691916c39b" w:history="1">
+      <w:hyperlink r:id="rId23126901672565133" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.mpi.govt.nz/dmsdocument/2887</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 16 March 2021].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3885,90 +3885,90 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">38</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">31-52. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId383268e691916c4c4" w:history="1">
+      <w:hyperlink r:id="rId6890690167256523a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/taxon/PEPMV0/documents</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 16 March 2021].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2012) Report of a Pest Risk Management for Pepino mosaic virus. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId665068e691916c50a" w:history="1">
+      <w:hyperlink r:id="rId5650690167256527f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://pra.eppo.int/getfile/53afe954-9f70-4cf2-9249-12140d8f10dd</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 16 March 2021].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4003,51 +4003,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">43</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 94–104. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId721168e691916c589" w:history="1">
+      <w:hyperlink r:id="rId94776901672565300" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/taxon/PEPMV0/documents</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 16 March 2021].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4082,51 +4082,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">46</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 40-48. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId511668e691916c664" w:history="1">
+      <w:hyperlink r:id="rId4669690167256537f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/taxon/PEPMV0/documents</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 16 March 2021].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4181,51 +4181,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">46</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 68-72. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId828468e691916c70c" w:history="1">
+      <w:hyperlink r:id="rId54116901672565463" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/taxon/PEPMV0/documents</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 16 March 2021].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4260,51 +4260,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">47</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 487-503. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId861768e691916c78f" w:history="1">
+      <w:hyperlink r:id="rId96426901672565526" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/taxon/ PEPMV0/documents</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 16 March 2021].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4330,90 +4330,90 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Bulletin</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">49</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 480–481. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId925968e691916c8f8" w:history="1">
+      <w:hyperlink r:id="rId7791690167256559e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.12617</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">  [accessed on 16 March 2021].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2020) Pest risk analysis for tomato brown rugose fruit virus. EPPO, Paris. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId695468e691916c93f" w:history="1">
+      <w:hyperlink r:id="rId625669016725655de" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/taxon/TOBRFV/documents</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 16 March 2021].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4448,51 +4448,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">319</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 02019R2072. Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId391768e691916c9cc" w:history="1">
+      <w:hyperlink r:id="rId8662690167256566a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://eur-lex.europa.eu/eli/reg_impl/2019/2072/oj</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 16 March 2021].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5096,51 +5096,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Van der Vlugt RAA &amp; Stijger CCMM (2008) Pepino Mosaic Virus. Encyclopedia of Virology, 5 vols. (B.W.J. Mahy and M.H.V. Van Regenmortel, Editors), pp. 108 Oxford: Elsevier.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Werkman AW &amp; Sansford CE (2010) Pest Risk Analysis for Pepino mosaic virus for the EU. Deliverable Report 4.3. EU Sixth Framework Project PEPEIRA Available from </w:t>
       </w:r>
-      <w:hyperlink r:id="rId980068e691916cebd" w:history="1">
+      <w:hyperlink r:id="rId60436901672565ae6" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://pra.eppo.int/getfile/d07d4218-01f0-48fa-ad32-d251c8d21e99</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">  [accessed on 16 March 2021].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5215,51 +5215,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Potexvirus pepini</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId508668e691916cfe0" w:history="1">
+      <w:hyperlink r:id="rId57386901672565bb3" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -5272,63 +5272,63 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">This datasheet was first published online in 2021. It is maintained in an electronic format in the EPPO Global Database. The sections on 'Identity', ‘Hosts’, and 'Geographical distribution' are automatically updated from the database. For other sections, the date of last revision is indicated on the right.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="91885523" name="name222368e691916d08d" descr="eu_funding_250.png"/>
+            <wp:docPr id="95342352" name="name30016901672565ca5" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId707268e691916d08c" cstate="print"/>
+                    <a:blip r:embed="rId30286901672565ca3" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -5426,221 +5426,221 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="385353651">
+  <w:abstractNum w:abstractNumId="803734528">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="92692649">
+    <w:lvl w:ilvl="0" w:tplc="14330279">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="92692649" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="14330279" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="92692649" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="14330279" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="92692649" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="14330279" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="92692649" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="14330279" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="92692649" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="14330279" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="92692649" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="14330279" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="92692649" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="14330279" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="92692649" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="14330279" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="27850872">
+  <w:abstractNum w:abstractNumId="55256300">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="65664993">
+    <w:lvl w:ilvl="0" w:tplc="90554337">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="65664993" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="90554337" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="65664993" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="90554337" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="65664993" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="90554337" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="65664993" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="90554337" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="65664993" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="90554337" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="65664993" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="90554337" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="65664993" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="90554337" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="65664993" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="90554337" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="27850871">
+  <w:abstractNum w:abstractNumId="55256299">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="24497256">
+    <w:lvl w:ilvl="0" w:tplc="59710416">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -6392,58 +6392,58 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="27850871">
-    <w:abstractNumId w:val="27850871"/>
+  <w:num w:numId="55256299">
+    <w:abstractNumId w:val="55256299"/>
   </w:num>
-  <w:num w:numId="27850872">
-    <w:abstractNumId w:val="27850872"/>
+  <w:num w:numId="55256300">
+    <w:abstractNumId w:val="55256300"/>
   </w:num>
-  <w:num w:numId="385353651">
-    <w:abstractNumId w:val="385353651"/>
+  <w:num w:numId="803734528">
+    <w:abstractNumId w:val="803734528"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -17993,51 +17993,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId206313679" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId836940564" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId543168e691916943e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PEPMV0/" TargetMode="External"/><Relationship Id="rId255468e69191694a8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PEPMV0/categorization" TargetMode="External"/><Relationship Id="rId900868e6919169cbb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PEPMV0/photos" TargetMode="External"/><Relationship Id="rId145268e691916c39b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mpi.govt.nz/dmsdocument/2887" TargetMode="External"/><Relationship Id="rId383268e691916c4c4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PEPMV0/documents" TargetMode="External"/><Relationship Id="rId665068e691916c50a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pra.eppo.int/getfile/53afe954-9f70-4cf2-9249-12140d8f10dd" TargetMode="External"/><Relationship Id="rId721168e691916c589" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PEPMV0/documents" TargetMode="External"/><Relationship Id="rId511668e691916c664" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PEPMV0/documents" TargetMode="External"/><Relationship Id="rId828468e691916c70c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PEPMV0/documents" TargetMode="External"/><Relationship Id="rId861768e691916c78f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PSTVD0/documents" TargetMode="External"/><Relationship Id="rId925968e691916c8f8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12617" TargetMode="External"/><Relationship Id="rId695468e691916c93f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/TOBRFV/documents" TargetMode="External"/><Relationship Id="rId391768e691916c9cc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/eli/reg_impl/2019/2072/oj" TargetMode="External"/><Relationship Id="rId980068e691916cebd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pra.eppo.int/getfile/d07d4218-01f0-48fa-ad32-d251c8d21e99" TargetMode="External"/><Relationship Id="rId508668e691916cfe0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId378768e6919169b72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId378768e6919169b72.jpg"/><Relationship Id="rId145768e691916b382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId145768e691916b382.jpg"/><Relationship Id="rId707268e691916d08c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId707268e691916d08c.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId972961283" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId282154159" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId23206901672562180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PEPMV0/" TargetMode="External"/><Relationship Id="rId280569016725621eb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PEPMV0/categorization" TargetMode="External"/><Relationship Id="rId213269016725623e2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PEPMV0/photos" TargetMode="External"/><Relationship Id="rId23126901672565133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mpi.govt.nz/dmsdocument/2887" TargetMode="External"/><Relationship Id="rId6890690167256523a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PEPMV0/documents" TargetMode="External"/><Relationship Id="rId5650690167256527f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pra.eppo.int/getfile/53afe954-9f70-4cf2-9249-12140d8f10dd" TargetMode="External"/><Relationship Id="rId94776901672565300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PEPMV0/documents" TargetMode="External"/><Relationship Id="rId4669690167256537f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PEPMV0/documents" TargetMode="External"/><Relationship Id="rId54116901672565463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PEPMV0/documents" TargetMode="External"/><Relationship Id="rId96426901672565526" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PSTVD0/documents" TargetMode="External"/><Relationship Id="rId7791690167256559e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12617" TargetMode="External"/><Relationship Id="rId625669016725655de" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/TOBRFV/documents" TargetMode="External"/><Relationship Id="rId8662690167256566a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/eli/reg_impl/2019/2072/oj" TargetMode="External"/><Relationship Id="rId60436901672565ae6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pra.eppo.int/getfile/d07d4218-01f0-48fa-ad32-d251c8d21e99" TargetMode="External"/><Relationship Id="rId57386901672565bb3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId196369016725622ba" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId196369016725622ba.jpg"/><Relationship Id="rId50166901672563fba" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId50166901672563fba.jpg"/><Relationship Id="rId30286901672565ca3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId30286901672565ca3.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>