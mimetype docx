--- v1 (2025-10-29)
+++ v2 (2025-11-24)
@@ -258,51 +258,51 @@
               </w:rPr>
               <w:t xml:space="preserve">Pepino mosaic potexvirus</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Pepino mosaic virus</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23206901672562180" w:history="1">
+            <w:hyperlink r:id="rId2596692419638b627" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -318,51 +318,51 @@
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Emergency measures (formerly), RNQP (Annex IV)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId280569016725621eb" w:history="1">
+            <w:hyperlink r:id="rId4515692419638b691" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -376,86 +376,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> PEPMV0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="30268564" name="name525569016725622bb" descr="18209.jpg"/>
+                  <wp:docPr id="46182822" name="name2054692419638bf4c" descr="18209.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="18209.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId196369016725622ba" cstate="print"/>
+                          <a:blip r:embed="rId5176692419638bf4a" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId213269016725623e2" w:history="1">
+            <w:hyperlink r:id="rId7329692419638c05e" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
@@ -1958,105 +1958,105 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">., 2000). Since then, PepMV has spread rapidly and can now be regarded to be spread worldwide in commercial tomato crops both protected and outdoors. However there have been limited reports from Africa and Asia and it has not been reported so far from Oceania.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="35892039" name="name30846901672563fbd" descr="PEPMV0_distribution_map.jpg"/>
+            <wp:docPr id="24564327" name="name9594692419638d828" descr="PEPMV0_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="PEPMV0_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId50166901672563fba" cstate="print"/>
+                    <a:blip r:embed="rId4739692419638d825" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">EPPO Region:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Austria, Belgium, Bulgaria, Cyprus, Denmark, France (mainland), Germany, Greece (mainland), Hungary, Ireland, Israel, Italy (mainland, Sardegna, Sicilia), Lithuania, Morocco, Netherlands, Poland, Spain (mainland, Islas Canárias), Switzerland, Türkiye, Ukraine, United Kingdom (England)</w:t>
+        <w:t xml:space="preserve"> Austria, Belgium, Bulgaria, Cyprus, Denmark, France (mainland), Germany, Greece (mainland), Hungary, Ireland, Israel, Italy (mainland, Sardegna, Sicilia), Lithuania, Morocco, Netherlands, Poland, Russian Federation (the), Spain (mainland, Islas Canárias), Switzerland, Türkiye, Ukraine, United Kingdom (England)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">Africa:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Egypt, Morocco, South Africa</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -2240,151 +2240,151 @@
         <w:t xml:space="preserve"> sp. There is considerable biological variation between isolates and severity of symptoms is not related to the virus strain: in most strains, both mild and severe isolates have been described.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Based on biological data (i.e. symptoms on host and indicator plants), serological relationships and multiple nucleotide sequence alignments, at least five clusters of PepMV isolates are now considered as separate genotypes or strains:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="803734528"/>
+          <w:numId w:val="447824826"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">The Peruvian pepino strain (LP)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="803734528"/>
+          <w:numId w:val="447824826"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">The European tomato strain (EU)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="803734528"/>
+          <w:numId w:val="447824826"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">The Chile-2 strain (CH2)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="803734528"/>
+          <w:numId w:val="447824826"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">The US1 strain (US1)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="803734528"/>
+          <w:numId w:val="447824826"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">The PES strain, identified from wild </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
@@ -3755,51 +3755,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Clark S &amp; Crook K (2012) ‘Import risk analysis: tomato and capsicum seed for sowing from all countries’, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Ministry of Agriculture and Forestry</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, Wellington (NZ) </w:t>
       </w:r>
-      <w:hyperlink r:id="rId23126901672565133" w:history="1">
+      <w:hyperlink r:id="rId1395692419638e5ad" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.mpi.govt.nz/dmsdocument/2887</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 16 March 2021].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3885,90 +3885,90 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">38</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">31-52. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6890690167256523a" w:history="1">
+      <w:hyperlink r:id="rId5520692419638e683" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/taxon/PEPMV0/documents</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 16 March 2021].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2012) Report of a Pest Risk Management for Pepino mosaic virus. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5650690167256527f" w:history="1">
+      <w:hyperlink r:id="rId9937692419638e6c2" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://pra.eppo.int/getfile/53afe954-9f70-4cf2-9249-12140d8f10dd</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 16 March 2021].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4003,51 +4003,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">43</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 94–104. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId94776901672565300" w:history="1">
+      <w:hyperlink r:id="rId7772692419638e73d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/taxon/PEPMV0/documents</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 16 March 2021].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4082,51 +4082,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">46</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 40-48. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4669690167256537f" w:history="1">
+      <w:hyperlink r:id="rId8549692419638e7b9" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/taxon/PEPMV0/documents</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 16 March 2021].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4181,51 +4181,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">46</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 68-72. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId54116901672565463" w:history="1">
+      <w:hyperlink r:id="rId4405692419638e853" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/taxon/PEPMV0/documents</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 16 March 2021].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4260,51 +4260,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">47</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 487-503. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId96426901672565526" w:history="1">
+      <w:hyperlink r:id="rId2006692419638e8cd" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/taxon/ PEPMV0/documents</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 16 March 2021].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4330,90 +4330,90 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Bulletin</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">49</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 480–481. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7791690167256559e" w:history="1">
+      <w:hyperlink r:id="rId7142692419638e94b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.12617</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">  [accessed on 16 March 2021].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2020) Pest risk analysis for tomato brown rugose fruit virus. EPPO, Paris. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId625669016725655de" w:history="1">
+      <w:hyperlink r:id="rId8935692419638e98b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/taxon/TOBRFV/documents</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 16 March 2021].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4448,51 +4448,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">319</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 02019R2072. Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8662690167256566a" w:history="1">
+      <w:hyperlink r:id="rId3262692419638ea0c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://eur-lex.europa.eu/eli/reg_impl/2019/2072/oj</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 16 March 2021].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5096,51 +5096,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Van der Vlugt RAA &amp; Stijger CCMM (2008) Pepino Mosaic Virus. Encyclopedia of Virology, 5 vols. (B.W.J. Mahy and M.H.V. Van Regenmortel, Editors), pp. 108 Oxford: Elsevier.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Werkman AW &amp; Sansford CE (2010) Pest Risk Analysis for Pepino mosaic virus for the EU. Deliverable Report 4.3. EU Sixth Framework Project PEPEIRA Available from </w:t>
       </w:r>
-      <w:hyperlink r:id="rId60436901672565ae6" w:history="1">
+      <w:hyperlink r:id="rId8504692419638ee3f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://pra.eppo.int/getfile/d07d4218-01f0-48fa-ad32-d251c8d21e99</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">  [accessed on 16 March 2021].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5215,51 +5215,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Potexvirus pepini</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId57386901672565bb3" w:history="1">
+      <w:hyperlink r:id="rId2507692419638ef06" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -5272,63 +5272,63 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">This datasheet was first published online in 2021. It is maintained in an electronic format in the EPPO Global Database. The sections on 'Identity', ‘Hosts’, and 'Geographical distribution' are automatically updated from the database. For other sections, the date of last revision is indicated on the right.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="95342352" name="name30016901672565ca5" descr="eu_funding_250.png"/>
+            <wp:docPr id="79082053" name="name5341692419638f364" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId30286901672565ca3" cstate="print"/>
+                    <a:blip r:embed="rId3751692419638f363" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -5426,221 +5426,221 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="803734528">
+  <w:abstractNum w:abstractNumId="447824826">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="14330279">
+    <w:lvl w:ilvl="0" w:tplc="88404353">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="14330279" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="88404353" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="14330279" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="88404353" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="14330279" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="88404353" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="14330279" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="88404353" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="14330279" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="88404353" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="14330279" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="88404353" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="14330279" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="88404353" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="14330279" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="88404353" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="55256300">
+  <w:abstractNum w:abstractNumId="37952816">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="90554337">
+    <w:lvl w:ilvl="0" w:tplc="15374882">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="90554337" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="15374882" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="90554337" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="15374882" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="90554337" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="15374882" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="90554337" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="15374882" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="90554337" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="15374882" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="90554337" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="15374882" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="90554337" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="15374882" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="90554337" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="15374882" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="55256299">
+  <w:abstractNum w:abstractNumId="37952815">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="59710416">
+    <w:lvl w:ilvl="0" w:tplc="77968089">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -6392,58 +6392,58 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="55256299">
-    <w:abstractNumId w:val="55256299"/>
+  <w:num w:numId="37952815">
+    <w:abstractNumId w:val="37952815"/>
   </w:num>
-  <w:num w:numId="55256300">
-    <w:abstractNumId w:val="55256300"/>
+  <w:num w:numId="37952816">
+    <w:abstractNumId w:val="37952816"/>
   </w:num>
-  <w:num w:numId="803734528">
-    <w:abstractNumId w:val="803734528"/>
+  <w:num w:numId="447824826">
+    <w:abstractNumId w:val="447824826"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -17993,51 +17993,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId972961283" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId282154159" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId23206901672562180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PEPMV0/" TargetMode="External"/><Relationship Id="rId280569016725621eb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PEPMV0/categorization" TargetMode="External"/><Relationship Id="rId213269016725623e2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PEPMV0/photos" TargetMode="External"/><Relationship Id="rId23126901672565133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mpi.govt.nz/dmsdocument/2887" TargetMode="External"/><Relationship Id="rId6890690167256523a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PEPMV0/documents" TargetMode="External"/><Relationship Id="rId5650690167256527f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pra.eppo.int/getfile/53afe954-9f70-4cf2-9249-12140d8f10dd" TargetMode="External"/><Relationship Id="rId94776901672565300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PEPMV0/documents" TargetMode="External"/><Relationship Id="rId4669690167256537f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PEPMV0/documents" TargetMode="External"/><Relationship Id="rId54116901672565463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PEPMV0/documents" TargetMode="External"/><Relationship Id="rId96426901672565526" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PSTVD0/documents" TargetMode="External"/><Relationship Id="rId7791690167256559e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12617" TargetMode="External"/><Relationship Id="rId625669016725655de" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/TOBRFV/documents" TargetMode="External"/><Relationship Id="rId8662690167256566a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/eli/reg_impl/2019/2072/oj" TargetMode="External"/><Relationship Id="rId60436901672565ae6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pra.eppo.int/getfile/d07d4218-01f0-48fa-ad32-d251c8d21e99" TargetMode="External"/><Relationship Id="rId57386901672565bb3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId196369016725622ba" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId196369016725622ba.jpg"/><Relationship Id="rId50166901672563fba" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId50166901672563fba.jpg"/><Relationship Id="rId30286901672565ca3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId30286901672565ca3.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId750663742" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId761624508" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId2596692419638b627" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PEPMV0/" TargetMode="External"/><Relationship Id="rId4515692419638b691" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PEPMV0/categorization" TargetMode="External"/><Relationship Id="rId7329692419638c05e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PEPMV0/photos" TargetMode="External"/><Relationship Id="rId1395692419638e5ad" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mpi.govt.nz/dmsdocument/2887" TargetMode="External"/><Relationship Id="rId5520692419638e683" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PEPMV0/documents" TargetMode="External"/><Relationship Id="rId9937692419638e6c2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pra.eppo.int/getfile/53afe954-9f70-4cf2-9249-12140d8f10dd" TargetMode="External"/><Relationship Id="rId7772692419638e73d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PEPMV0/documents" TargetMode="External"/><Relationship Id="rId8549692419638e7b9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PEPMV0/documents" TargetMode="External"/><Relationship Id="rId4405692419638e853" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PEPMV0/documents" TargetMode="External"/><Relationship Id="rId2006692419638e8cd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PSTVD0/documents" TargetMode="External"/><Relationship Id="rId7142692419638e94b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12617" TargetMode="External"/><Relationship Id="rId8935692419638e98b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/TOBRFV/documents" TargetMode="External"/><Relationship Id="rId3262692419638ea0c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/eli/reg_impl/2019/2072/oj" TargetMode="External"/><Relationship Id="rId8504692419638ee3f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pra.eppo.int/getfile/d07d4218-01f0-48fa-ad32-d251c8d21e99" TargetMode="External"/><Relationship Id="rId2507692419638ef06" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId5176692419638bf4a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId5176692419638bf4a.jpg"/><Relationship Id="rId4739692419638d825" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId4739692419638d825.jpg"/><Relationship Id="rId3751692419638f363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId3751692419638f363.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>