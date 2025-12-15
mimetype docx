--- v2 (2025-11-24)
+++ v3 (2025-12-15)
@@ -258,51 +258,51 @@
               </w:rPr>
               <w:t xml:space="preserve">Pepino mosaic potexvirus</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Pepino mosaic virus</w:t>
             </w:r>
-            <w:hyperlink r:id="rId2596692419638b627" w:history="1">
+            <w:hyperlink r:id="rId841169409581d1113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -318,51 +318,51 @@
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Emergency measures (formerly), RNQP (Annex IV)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId4515692419638b691" w:history="1">
+            <w:hyperlink r:id="rId102569409581d117d" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -376,86 +376,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> PEPMV0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="46182822" name="name2054692419638bf4c" descr="18209.jpg"/>
+                  <wp:docPr id="17435970" name="name229469409581d1248" descr="18209.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="18209.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId5176692419638bf4a" cstate="print"/>
+                          <a:blip r:embed="rId318769409581d1247" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId7329692419638c05e" w:history="1">
+            <w:hyperlink r:id="rId693269409581d138e" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
@@ -1958,63 +1958,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">., 2000). Since then, PepMV has spread rapidly and can now be regarded to be spread worldwide in commercial tomato crops both protected and outdoors. However there have been limited reports from Africa and Asia and it has not been reported so far from Oceania.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="24564327" name="name9594692419638d828" descr="PEPMV0_distribution_map.jpg"/>
+            <wp:docPr id="15603073" name="name214469409581d2e79" descr="PEPMV0_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="PEPMV0_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId4739692419638d825" cstate="print"/>
+                    <a:blip r:embed="rId117569409581d2e76" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -2240,151 +2240,151 @@
         <w:t xml:space="preserve"> sp. There is considerable biological variation between isolates and severity of symptoms is not related to the virus strain: in most strains, both mild and severe isolates have been described.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Based on biological data (i.e. symptoms on host and indicator plants), serological relationships and multiple nucleotide sequence alignments, at least five clusters of PepMV isolates are now considered as separate genotypes or strains:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="447824826"/>
+          <w:numId w:val="261401553"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">The Peruvian pepino strain (LP)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="447824826"/>
+          <w:numId w:val="261401553"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">The European tomato strain (EU)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="447824826"/>
+          <w:numId w:val="261401553"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">The Chile-2 strain (CH2)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="447824826"/>
+          <w:numId w:val="261401553"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">The US1 strain (US1)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="447824826"/>
+          <w:numId w:val="261401553"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">The PES strain, identified from wild </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
@@ -3755,51 +3755,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Clark S &amp; Crook K (2012) ‘Import risk analysis: tomato and capsicum seed for sowing from all countries’, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Ministry of Agriculture and Forestry</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, Wellington (NZ) </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1395692419638e5ad" w:history="1">
+      <w:hyperlink r:id="rId731969409581d3dbb" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.mpi.govt.nz/dmsdocument/2887</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 16 March 2021].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3885,90 +3885,90 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">38</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">31-52. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5520692419638e683" w:history="1">
+      <w:hyperlink r:id="rId495669409581d3ebc" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/taxon/PEPMV0/documents</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 16 March 2021].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2012) Report of a Pest Risk Management for Pepino mosaic virus. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9937692419638e6c2" w:history="1">
+      <w:hyperlink r:id="rId674869409581d3f00" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://pra.eppo.int/getfile/53afe954-9f70-4cf2-9249-12140d8f10dd</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 16 March 2021].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4003,51 +4003,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">43</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 94–104. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7772692419638e73d" w:history="1">
+      <w:hyperlink r:id="rId233469409581d3f80" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/taxon/PEPMV0/documents</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 16 March 2021].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4082,51 +4082,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">46</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 40-48. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8549692419638e7b9" w:history="1">
+      <w:hyperlink r:id="rId864069409581d4008" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/taxon/PEPMV0/documents</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 16 March 2021].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4181,51 +4181,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">46</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 68-72. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4405692419638e853" w:history="1">
+      <w:hyperlink r:id="rId704369409581d40a7" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/taxon/PEPMV0/documents</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 16 March 2021].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4260,51 +4260,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">47</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 487-503. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2006692419638e8cd" w:history="1">
+      <w:hyperlink r:id="rId344169409581d4125" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/taxon/ PEPMV0/documents</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 16 March 2021].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4330,90 +4330,90 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Bulletin</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">49</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 480–481. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7142692419638e94b" w:history="1">
+      <w:hyperlink r:id="rId925469409581d4197" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.12617</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">  [accessed on 16 March 2021].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2020) Pest risk analysis for tomato brown rugose fruit virus. EPPO, Paris. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8935692419638e98b" w:history="1">
+      <w:hyperlink r:id="rId984969409581d41e3" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/taxon/TOBRFV/documents</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 16 March 2021].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4448,51 +4448,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">319</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 02019R2072. Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3262692419638ea0c" w:history="1">
+      <w:hyperlink r:id="rId379869409581d4266" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://eur-lex.europa.eu/eli/reg_impl/2019/2072/oj</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 16 March 2021].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5096,51 +5096,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Van der Vlugt RAA &amp; Stijger CCMM (2008) Pepino Mosaic Virus. Encyclopedia of Virology, 5 vols. (B.W.J. Mahy and M.H.V. Van Regenmortel, Editors), pp. 108 Oxford: Elsevier.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Werkman AW &amp; Sansford CE (2010) Pest Risk Analysis for Pepino mosaic virus for the EU. Deliverable Report 4.3. EU Sixth Framework Project PEPEIRA Available from </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8504692419638ee3f" w:history="1">
+      <w:hyperlink r:id="rId615569409581d47d2" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://pra.eppo.int/getfile/d07d4218-01f0-48fa-ad32-d251c8d21e99</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">  [accessed on 16 March 2021].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5215,51 +5215,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Potexvirus pepini</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2507692419638ef06" w:history="1">
+      <w:hyperlink r:id="rId198569409581d48a0" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -5272,63 +5272,63 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">This datasheet was first published online in 2021. It is maintained in an electronic format in the EPPO Global Database. The sections on 'Identity', ‘Hosts’, and 'Geographical distribution' are automatically updated from the database. For other sections, the date of last revision is indicated on the right.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="79082053" name="name5341692419638f364" descr="eu_funding_250.png"/>
+            <wp:docPr id="58992069" name="name779369409581d494d" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId3751692419638f363" cstate="print"/>
+                    <a:blip r:embed="rId527269409581d494c" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -5426,221 +5426,221 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="447824826">
+  <w:abstractNum w:abstractNumId="261401553">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="88404353">
+    <w:lvl w:ilvl="0" w:tplc="88573550">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="88404353" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="88573550" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="88404353" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="88573550" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="88404353" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="88573550" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="88404353" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="88573550" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="88404353" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="88573550" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="88404353" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="88573550" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="88404353" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="88573550" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="88404353" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="88573550" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="37952816">
+  <w:abstractNum w:abstractNumId="77793378">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="15374882">
+    <w:lvl w:ilvl="0" w:tplc="80459367">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="15374882" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="80459367" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="15374882" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="80459367" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="15374882" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="80459367" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="15374882" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="80459367" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="15374882" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="80459367" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="15374882" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="80459367" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="15374882" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="80459367" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="15374882" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="80459367" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="37952815">
+  <w:abstractNum w:abstractNumId="77793377">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="77968089">
+    <w:lvl w:ilvl="0" w:tplc="87930361">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -6392,58 +6392,58 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="37952815">
-    <w:abstractNumId w:val="37952815"/>
+  <w:num w:numId="77793377">
+    <w:abstractNumId w:val="77793377"/>
   </w:num>
-  <w:num w:numId="37952816">
-    <w:abstractNumId w:val="37952816"/>
+  <w:num w:numId="77793378">
+    <w:abstractNumId w:val="77793378"/>
   </w:num>
-  <w:num w:numId="447824826">
-    <w:abstractNumId w:val="447824826"/>
+  <w:num w:numId="261401553">
+    <w:abstractNumId w:val="261401553"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -17993,51 +17993,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId750663742" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId761624508" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId2596692419638b627" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PEPMV0/" TargetMode="External"/><Relationship Id="rId4515692419638b691" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PEPMV0/categorization" TargetMode="External"/><Relationship Id="rId7329692419638c05e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PEPMV0/photos" TargetMode="External"/><Relationship Id="rId1395692419638e5ad" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mpi.govt.nz/dmsdocument/2887" TargetMode="External"/><Relationship Id="rId5520692419638e683" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PEPMV0/documents" TargetMode="External"/><Relationship Id="rId9937692419638e6c2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pra.eppo.int/getfile/53afe954-9f70-4cf2-9249-12140d8f10dd" TargetMode="External"/><Relationship Id="rId7772692419638e73d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PEPMV0/documents" TargetMode="External"/><Relationship Id="rId8549692419638e7b9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PEPMV0/documents" TargetMode="External"/><Relationship Id="rId4405692419638e853" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PEPMV0/documents" TargetMode="External"/><Relationship Id="rId2006692419638e8cd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PSTVD0/documents" TargetMode="External"/><Relationship Id="rId7142692419638e94b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12617" TargetMode="External"/><Relationship Id="rId8935692419638e98b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/TOBRFV/documents" TargetMode="External"/><Relationship Id="rId3262692419638ea0c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/eli/reg_impl/2019/2072/oj" TargetMode="External"/><Relationship Id="rId8504692419638ee3f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pra.eppo.int/getfile/d07d4218-01f0-48fa-ad32-d251c8d21e99" TargetMode="External"/><Relationship Id="rId2507692419638ef06" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId5176692419638bf4a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId5176692419638bf4a.jpg"/><Relationship Id="rId4739692419638d825" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId4739692419638d825.jpg"/><Relationship Id="rId3751692419638f363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId3751692419638f363.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId279218691" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId629620082" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId841169409581d1113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PEPMV0/" TargetMode="External"/><Relationship Id="rId102569409581d117d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PEPMV0/categorization" TargetMode="External"/><Relationship Id="rId693269409581d138e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PEPMV0/photos" TargetMode="External"/><Relationship Id="rId731969409581d3dbb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mpi.govt.nz/dmsdocument/2887" TargetMode="External"/><Relationship Id="rId495669409581d3ebc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PEPMV0/documents" TargetMode="External"/><Relationship Id="rId674869409581d3f00" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pra.eppo.int/getfile/53afe954-9f70-4cf2-9249-12140d8f10dd" TargetMode="External"/><Relationship Id="rId233469409581d3f80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PEPMV0/documents" TargetMode="External"/><Relationship Id="rId864069409581d4008" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PEPMV0/documents" TargetMode="External"/><Relationship Id="rId704369409581d40a7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PEPMV0/documents" TargetMode="External"/><Relationship Id="rId344169409581d4125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PSTVD0/documents" TargetMode="External"/><Relationship Id="rId925469409581d4197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12617" TargetMode="External"/><Relationship Id="rId984969409581d41e3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/TOBRFV/documents" TargetMode="External"/><Relationship Id="rId379869409581d4266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/eli/reg_impl/2019/2072/oj" TargetMode="External"/><Relationship Id="rId615569409581d47d2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pra.eppo.int/getfile/d07d4218-01f0-48fa-ad32-d251c8d21e99" TargetMode="External"/><Relationship Id="rId198569409581d48a0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId318769409581d1247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId318769409581d1247.jpg"/><Relationship Id="rId117569409581d2e76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId117569409581d2e76.jpg"/><Relationship Id="rId527269409581d494c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId527269409581d494c.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>