--- v3 (2025-12-15)
+++ v4 (2026-01-18)
@@ -258,51 +258,51 @@
               </w:rPr>
               <w:t xml:space="preserve">Pepino mosaic potexvirus</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Pepino mosaic virus</w:t>
             </w:r>
-            <w:hyperlink r:id="rId841169409581d1113" w:history="1">
+            <w:hyperlink r:id="rId8203696c63629e544" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -318,51 +318,51 @@
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Emergency measures (formerly), RNQP (Annex IV)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId102569409581d117d" w:history="1">
+            <w:hyperlink r:id="rId6549696c63629e5ad" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -376,86 +376,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> PEPMV0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="17435970" name="name229469409581d1248" descr="18209.jpg"/>
+                  <wp:docPr id="15108259" name="name7308696c63629ebc7" descr="18209.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="18209.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId318769409581d1247" cstate="print"/>
+                          <a:blip r:embed="rId8633696c63629ebc5" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId693269409581d138e" w:history="1">
+            <w:hyperlink r:id="rId5288696c63629ecf9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
@@ -1958,63 +1958,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">., 2000). Since then, PepMV has spread rapidly and can now be regarded to be spread worldwide in commercial tomato crops both protected and outdoors. However there have been limited reports from Africa and Asia and it has not been reported so far from Oceania.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="15603073" name="name214469409581d2e79" descr="PEPMV0_distribution_map.jpg"/>
+            <wp:docPr id="18450819" name="name9623696c6362a04cf" descr="PEPMV0_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="PEPMV0_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId117569409581d2e76" cstate="print"/>
+                    <a:blip r:embed="rId2567696c6362a04cc" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -2240,151 +2240,151 @@
         <w:t xml:space="preserve"> sp. There is considerable biological variation between isolates and severity of symptoms is not related to the virus strain: in most strains, both mild and severe isolates have been described.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Based on biological data (i.e. symptoms on host and indicator plants), serological relationships and multiple nucleotide sequence alignments, at least five clusters of PepMV isolates are now considered as separate genotypes or strains:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="261401553"/>
+          <w:numId w:val="625839090"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">The Peruvian pepino strain (LP)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="261401553"/>
+          <w:numId w:val="625839090"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">The European tomato strain (EU)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="261401553"/>
+          <w:numId w:val="625839090"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">The Chile-2 strain (CH2)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="261401553"/>
+          <w:numId w:val="625839090"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">The US1 strain (US1)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="261401553"/>
+          <w:numId w:val="625839090"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">The PES strain, identified from wild </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
@@ -3755,51 +3755,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Clark S &amp; Crook K (2012) ‘Import risk analysis: tomato and capsicum seed for sowing from all countries’, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Ministry of Agriculture and Forestry</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, Wellington (NZ) </w:t>
       </w:r>
-      <w:hyperlink r:id="rId731969409581d3dbb" w:history="1">
+      <w:hyperlink r:id="rId4262696c6362a1293" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.mpi.govt.nz/dmsdocument/2887</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 16 March 2021].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3885,90 +3885,90 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">38</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">31-52. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId495669409581d3ebc" w:history="1">
+      <w:hyperlink r:id="rId4378696c6362a1370" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/taxon/PEPMV0/documents</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 16 March 2021].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2012) Report of a Pest Risk Management for Pepino mosaic virus. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId674869409581d3f00" w:history="1">
+      <w:hyperlink r:id="rId7197696c6362a13af" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://pra.eppo.int/getfile/53afe954-9f70-4cf2-9249-12140d8f10dd</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 16 March 2021].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4003,51 +4003,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">43</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 94–104. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId233469409581d3f80" w:history="1">
+      <w:hyperlink r:id="rId8671696c6362a142d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/taxon/PEPMV0/documents</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 16 March 2021].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4082,51 +4082,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">46</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 40-48. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId864069409581d4008" w:history="1">
+      <w:hyperlink r:id="rId9559696c6362a14a9" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/taxon/PEPMV0/documents</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 16 March 2021].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4181,51 +4181,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">46</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 68-72. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId704369409581d40a7" w:history="1">
+      <w:hyperlink r:id="rId5696696c6362a1543" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/taxon/PEPMV0/documents</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 16 March 2021].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4260,51 +4260,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">47</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 487-503. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId344169409581d4125" w:history="1">
+      <w:hyperlink r:id="rId5270696c6362a15be" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/taxon/ PEPMV0/documents</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 16 March 2021].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4330,90 +4330,90 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Bulletin</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">49</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 480–481. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId925469409581d4197" w:history="1">
+      <w:hyperlink r:id="rId6169696c6362a162e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.12617</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">  [accessed on 16 March 2021].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2020) Pest risk analysis for tomato brown rugose fruit virus. EPPO, Paris. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId984969409581d41e3" w:history="1">
+      <w:hyperlink r:id="rId9775696c6362a166c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/taxon/TOBRFV/documents</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 16 March 2021].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4448,51 +4448,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">319</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 02019R2072. Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId379869409581d4266" w:history="1">
+      <w:hyperlink r:id="rId5464696c6362a16eb" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://eur-lex.europa.eu/eli/reg_impl/2019/2072/oj</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 16 March 2021].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5096,51 +5096,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Van der Vlugt RAA &amp; Stijger CCMM (2008) Pepino Mosaic Virus. Encyclopedia of Virology, 5 vols. (B.W.J. Mahy and M.H.V. Van Regenmortel, Editors), pp. 108 Oxford: Elsevier.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Werkman AW &amp; Sansford CE (2010) Pest Risk Analysis for Pepino mosaic virus for the EU. Deliverable Report 4.3. EU Sixth Framework Project PEPEIRA Available from </w:t>
       </w:r>
-      <w:hyperlink r:id="rId615569409581d47d2" w:history="1">
+      <w:hyperlink r:id="rId3889696c6362a1b02" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://pra.eppo.int/getfile/d07d4218-01f0-48fa-ad32-d251c8d21e99</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">  [accessed on 16 March 2021].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5193,73 +5193,73 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">How to cite this datasheet?</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">EPPO (2025) </w:t>
+        <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Potexvirus pepini</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId198569409581d48a0" w:history="1">
+      <w:hyperlink r:id="rId5771696c6362a1bc1" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -5272,63 +5272,63 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">This datasheet was first published online in 2021. It is maintained in an electronic format in the EPPO Global Database. The sections on 'Identity', ‘Hosts’, and 'Geographical distribution' are automatically updated from the database. For other sections, the date of last revision is indicated on the right.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="58992069" name="name779369409581d494d" descr="eu_funding_250.png"/>
+            <wp:docPr id="34525778" name="name7567696c6362a1fcd" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId527269409581d494c" cstate="print"/>
+                    <a:blip r:embed="rId8128696c6362a1fcc" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -5426,221 +5426,221 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="261401553">
+  <w:abstractNum w:abstractNumId="625839090">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="88573550">
+    <w:lvl w:ilvl="0" w:tplc="54518965">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="88573550" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="54518965" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="88573550" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="54518965" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="88573550" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="54518965" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="88573550" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="54518965" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="88573550" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="54518965" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="88573550" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="54518965" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="88573550" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="54518965" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="88573550" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="54518965" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="77793378">
+  <w:abstractNum w:abstractNumId="68251615">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="80459367">
+    <w:lvl w:ilvl="0" w:tplc="58438406">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="80459367" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="58438406" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="80459367" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="58438406" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="80459367" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="58438406" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="80459367" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="58438406" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="80459367" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="58438406" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="80459367" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="58438406" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="80459367" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="58438406" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="80459367" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="58438406" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="77793377">
+  <w:abstractNum w:abstractNumId="68251614">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="87930361">
+    <w:lvl w:ilvl="0" w:tplc="42687282">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -6392,58 +6392,58 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="77793377">
-    <w:abstractNumId w:val="77793377"/>
+  <w:num w:numId="68251614">
+    <w:abstractNumId w:val="68251614"/>
   </w:num>
-  <w:num w:numId="77793378">
-    <w:abstractNumId w:val="77793378"/>
+  <w:num w:numId="68251615">
+    <w:abstractNumId w:val="68251615"/>
   </w:num>
-  <w:num w:numId="261401553">
-    <w:abstractNumId w:val="261401553"/>
+  <w:num w:numId="625839090">
+    <w:abstractNumId w:val="625839090"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -17993,51 +17993,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId279218691" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId629620082" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId841169409581d1113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PEPMV0/" TargetMode="External"/><Relationship Id="rId102569409581d117d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PEPMV0/categorization" TargetMode="External"/><Relationship Id="rId693269409581d138e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PEPMV0/photos" TargetMode="External"/><Relationship Id="rId731969409581d3dbb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mpi.govt.nz/dmsdocument/2887" TargetMode="External"/><Relationship Id="rId495669409581d3ebc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PEPMV0/documents" TargetMode="External"/><Relationship Id="rId674869409581d3f00" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pra.eppo.int/getfile/53afe954-9f70-4cf2-9249-12140d8f10dd" TargetMode="External"/><Relationship Id="rId233469409581d3f80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PEPMV0/documents" TargetMode="External"/><Relationship Id="rId864069409581d4008" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PEPMV0/documents" TargetMode="External"/><Relationship Id="rId704369409581d40a7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PEPMV0/documents" TargetMode="External"/><Relationship Id="rId344169409581d4125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PSTVD0/documents" TargetMode="External"/><Relationship Id="rId925469409581d4197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12617" TargetMode="External"/><Relationship Id="rId984969409581d41e3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/TOBRFV/documents" TargetMode="External"/><Relationship Id="rId379869409581d4266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/eli/reg_impl/2019/2072/oj" TargetMode="External"/><Relationship Id="rId615569409581d47d2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pra.eppo.int/getfile/d07d4218-01f0-48fa-ad32-d251c8d21e99" TargetMode="External"/><Relationship Id="rId198569409581d48a0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId318769409581d1247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId318769409581d1247.jpg"/><Relationship Id="rId117569409581d2e76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId117569409581d2e76.jpg"/><Relationship Id="rId527269409581d494c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId527269409581d494c.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId630288117" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId296388437" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId8203696c63629e544" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PEPMV0/" TargetMode="External"/><Relationship Id="rId6549696c63629e5ad" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PEPMV0/categorization" TargetMode="External"/><Relationship Id="rId5288696c63629ecf9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PEPMV0/photos" TargetMode="External"/><Relationship Id="rId4262696c6362a1293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mpi.govt.nz/dmsdocument/2887" TargetMode="External"/><Relationship Id="rId4378696c6362a1370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PEPMV0/documents" TargetMode="External"/><Relationship Id="rId7197696c6362a13af" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pra.eppo.int/getfile/53afe954-9f70-4cf2-9249-12140d8f10dd" TargetMode="External"/><Relationship Id="rId8671696c6362a142d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PEPMV0/documents" TargetMode="External"/><Relationship Id="rId9559696c6362a14a9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PEPMV0/documents" TargetMode="External"/><Relationship Id="rId5696696c6362a1543" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PEPMV0/documents" TargetMode="External"/><Relationship Id="rId5270696c6362a15be" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PSTVD0/documents" TargetMode="External"/><Relationship Id="rId6169696c6362a162e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12617" TargetMode="External"/><Relationship Id="rId9775696c6362a166c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/TOBRFV/documents" TargetMode="External"/><Relationship Id="rId5464696c6362a16eb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/eli/reg_impl/2019/2072/oj" TargetMode="External"/><Relationship Id="rId3889696c6362a1b02" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pra.eppo.int/getfile/d07d4218-01f0-48fa-ad32-d251c8d21e99" TargetMode="External"/><Relationship Id="rId5771696c6362a1bc1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId8633696c63629ebc5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId8633696c63629ebc5.jpg"/><Relationship Id="rId2567696c6362a04cc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId2567696c6362a04cc.jpg"/><Relationship Id="rId8128696c6362a1fcc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId8128696c6362a1fcc.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>