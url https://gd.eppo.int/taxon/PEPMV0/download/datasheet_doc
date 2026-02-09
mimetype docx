--- v4 (2026-01-18)
+++ v5 (2026-02-09)
@@ -258,51 +258,51 @@
               </w:rPr>
               <w:t xml:space="preserve">Pepino mosaic potexvirus</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Pepino mosaic virus</w:t>
             </w:r>
-            <w:hyperlink r:id="rId8203696c63629e544" w:history="1">
+            <w:hyperlink r:id="rId44966989d94183a36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -316,53 +316,53 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve"> Emergency measures (formerly), RNQP (Annex IV)</w:t>
+              <w:t xml:space="preserve"> Emergency measures (formerly), RNQP ((EU) 2019/2072 Annex IV)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId6549696c63629e5ad" w:history="1">
+            <w:hyperlink r:id="rId71236989d94183a9f" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -376,86 +376,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> PEPMV0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="15108259" name="name7308696c63629ebc7" descr="18209.jpg"/>
+                  <wp:docPr id="39525867" name="name28726989d941840d1" descr="18209.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="18209.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId8633696c63629ebc5" cstate="print"/>
+                          <a:blip r:embed="rId76976989d941840cf" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId5288696c63629ecf9" w:history="1">
+            <w:hyperlink r:id="rId30586989d941841c3" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
@@ -1958,105 +1958,105 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">., 2000). Since then, PepMV has spread rapidly and can now be regarded to be spread worldwide in commercial tomato crops both protected and outdoors. However there have been limited reports from Africa and Asia and it has not been reported so far from Oceania.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="18450819" name="name9623696c6362a04cf" descr="PEPMV0_distribution_map.jpg"/>
+            <wp:docPr id="5475934" name="name14246989d941857c3" descr="PEPMV0_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="PEPMV0_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId2567696c6362a04cc" cstate="print"/>
+                    <a:blip r:embed="rId13536989d941857c1" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">EPPO Region:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Austria, Belgium, Bulgaria, Cyprus, Denmark, France (mainland), Germany, Greece (mainland), Hungary, Ireland, Israel, Italy (mainland, Sardegna, Sicilia), Lithuania, Morocco, Netherlands, Poland, Russian Federation (the), Spain (mainland, Islas Canárias), Switzerland, Türkiye, Ukraine, United Kingdom (England)</w:t>
+        <w:t xml:space="preserve"> Austria, Belgium, Bulgaria, Cyprus, Denmark, France (mainland), Germany, Greece (mainland), Hungary, Ireland, Israel, Italy (mainland, Sardegna, Sicilia), Lithuania, Morocco, Netherlands, Poland, Russian Federation, Spain (mainland, Islas Canárias), Switzerland, Türkiye, Ukraine, United Kingdom (England)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">Africa:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Egypt, Morocco, South Africa</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -2240,151 +2240,151 @@
         <w:t xml:space="preserve"> sp. There is considerable biological variation between isolates and severity of symptoms is not related to the virus strain: in most strains, both mild and severe isolates have been described.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Based on biological data (i.e. symptoms on host and indicator plants), serological relationships and multiple nucleotide sequence alignments, at least five clusters of PepMV isolates are now considered as separate genotypes or strains:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="625839090"/>
+          <w:numId w:val="432480621"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">The Peruvian pepino strain (LP)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="625839090"/>
+          <w:numId w:val="432480621"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">The European tomato strain (EU)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="625839090"/>
+          <w:numId w:val="432480621"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">The Chile-2 strain (CH2)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="625839090"/>
+          <w:numId w:val="432480621"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">The US1 strain (US1)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="625839090"/>
+          <w:numId w:val="432480621"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">The PES strain, identified from wild </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
@@ -3755,51 +3755,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Clark S &amp; Crook K (2012) ‘Import risk analysis: tomato and capsicum seed for sowing from all countries’, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Ministry of Agriculture and Forestry</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, Wellington (NZ) </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4262696c6362a1293" w:history="1">
+      <w:hyperlink r:id="rId25616989d9418653c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.mpi.govt.nz/dmsdocument/2887</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 16 March 2021].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3885,90 +3885,90 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">38</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">31-52. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4378696c6362a1370" w:history="1">
+      <w:hyperlink r:id="rId25136989d94186614" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/taxon/PEPMV0/documents</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 16 March 2021].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2012) Report of a Pest Risk Management for Pepino mosaic virus. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7197696c6362a13af" w:history="1">
+      <w:hyperlink r:id="rId96566989d94186652" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://pra.eppo.int/getfile/53afe954-9f70-4cf2-9249-12140d8f10dd</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 16 March 2021].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4003,51 +4003,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">43</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 94–104. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8671696c6362a142d" w:history="1">
+      <w:hyperlink r:id="rId96456989d941866cd" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/taxon/PEPMV0/documents</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 16 March 2021].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4082,51 +4082,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">46</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 40-48. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9559696c6362a14a9" w:history="1">
+      <w:hyperlink r:id="rId92416989d94186748" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/taxon/PEPMV0/documents</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 16 March 2021].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4181,51 +4181,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">46</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 68-72. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5696696c6362a1543" w:history="1">
+      <w:hyperlink r:id="rId10596989d941867e1" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/taxon/PEPMV0/documents</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 16 March 2021].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4260,51 +4260,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">47</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 487-503. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5270696c6362a15be" w:history="1">
+      <w:hyperlink r:id="rId25946989d9418685c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/taxon/ PEPMV0/documents</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 16 March 2021].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4330,90 +4330,90 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Bulletin</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">49</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 480–481. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6169696c6362a162e" w:history="1">
+      <w:hyperlink r:id="rId31006989d941868cb" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.12617</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">  [accessed on 16 March 2021].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2020) Pest risk analysis for tomato brown rugose fruit virus. EPPO, Paris. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9775696c6362a166c" w:history="1">
+      <w:hyperlink r:id="rId12436989d94186908" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/taxon/TOBRFV/documents</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 16 March 2021].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4448,51 +4448,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">319</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 02019R2072. Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5464696c6362a16eb" w:history="1">
+      <w:hyperlink r:id="rId93436989d94186986" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://eur-lex.europa.eu/eli/reg_impl/2019/2072/oj</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 16 March 2021].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5096,51 +5096,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Van der Vlugt RAA &amp; Stijger CCMM (2008) Pepino Mosaic Virus. Encyclopedia of Virology, 5 vols. (B.W.J. Mahy and M.H.V. Van Regenmortel, Editors), pp. 108 Oxford: Elsevier.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Werkman AW &amp; Sansford CE (2010) Pest Risk Analysis for Pepino mosaic virus for the EU. Deliverable Report 4.3. EU Sixth Framework Project PEPEIRA Available from </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3889696c6362a1b02" w:history="1">
+      <w:hyperlink r:id="rId10006989d94186db7" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://pra.eppo.int/getfile/d07d4218-01f0-48fa-ad32-d251c8d21e99</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">  [accessed on 16 March 2021].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5215,51 +5215,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Potexvirus pepini</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5771696c6362a1bc1" w:history="1">
+      <w:hyperlink r:id="rId95626989d94186e83" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -5272,63 +5272,63 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">This datasheet was first published online in 2021. It is maintained in an electronic format in the EPPO Global Database. The sections on 'Identity', ‘Hosts’, and 'Geographical distribution' are automatically updated from the database. For other sections, the date of last revision is indicated on the right.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="34525778" name="name7567696c6362a1fcd" descr="eu_funding_250.png"/>
+            <wp:docPr id="10471771" name="name58506989d94186f4c" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId8128696c6362a1fcc" cstate="print"/>
+                    <a:blip r:embed="rId43586989d94186f4b" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -5426,221 +5426,221 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="625839090">
+  <w:abstractNum w:abstractNumId="432480621">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="54518965">
+    <w:lvl w:ilvl="0" w:tplc="60073579">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="54518965" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="60073579" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="54518965" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="60073579" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="54518965" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="60073579" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="54518965" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="60073579" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="54518965" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="60073579" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="54518965" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="60073579" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="54518965" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="60073579" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="54518965" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="60073579" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="68251615">
+  <w:abstractNum w:abstractNumId="62556490">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="58438406">
+    <w:lvl w:ilvl="0" w:tplc="61698174">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="58438406" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="61698174" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="58438406" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="61698174" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="58438406" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="61698174" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="58438406" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="61698174" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="58438406" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="61698174" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="58438406" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="61698174" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="58438406" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="61698174" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="58438406" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="61698174" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="68251614">
+  <w:abstractNum w:abstractNumId="62556489">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="42687282">
+    <w:lvl w:ilvl="0" w:tplc="96266651">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -6392,58 +6392,58 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="68251614">
-    <w:abstractNumId w:val="68251614"/>
+  <w:num w:numId="62556489">
+    <w:abstractNumId w:val="62556489"/>
   </w:num>
-  <w:num w:numId="68251615">
-    <w:abstractNumId w:val="68251615"/>
+  <w:num w:numId="62556490">
+    <w:abstractNumId w:val="62556490"/>
   </w:num>
-  <w:num w:numId="625839090">
-    <w:abstractNumId w:val="625839090"/>
+  <w:num w:numId="432480621">
+    <w:abstractNumId w:val="432480621"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -17993,51 +17993,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId630288117" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId296388437" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId8203696c63629e544" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PEPMV0/" TargetMode="External"/><Relationship Id="rId6549696c63629e5ad" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PEPMV0/categorization" TargetMode="External"/><Relationship Id="rId5288696c63629ecf9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PEPMV0/photos" TargetMode="External"/><Relationship Id="rId4262696c6362a1293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mpi.govt.nz/dmsdocument/2887" TargetMode="External"/><Relationship Id="rId4378696c6362a1370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PEPMV0/documents" TargetMode="External"/><Relationship Id="rId7197696c6362a13af" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pra.eppo.int/getfile/53afe954-9f70-4cf2-9249-12140d8f10dd" TargetMode="External"/><Relationship Id="rId8671696c6362a142d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PEPMV0/documents" TargetMode="External"/><Relationship Id="rId9559696c6362a14a9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PEPMV0/documents" TargetMode="External"/><Relationship Id="rId5696696c6362a1543" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PEPMV0/documents" TargetMode="External"/><Relationship Id="rId5270696c6362a15be" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PSTVD0/documents" TargetMode="External"/><Relationship Id="rId6169696c6362a162e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12617" TargetMode="External"/><Relationship Id="rId9775696c6362a166c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/TOBRFV/documents" TargetMode="External"/><Relationship Id="rId5464696c6362a16eb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/eli/reg_impl/2019/2072/oj" TargetMode="External"/><Relationship Id="rId3889696c6362a1b02" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pra.eppo.int/getfile/d07d4218-01f0-48fa-ad32-d251c8d21e99" TargetMode="External"/><Relationship Id="rId5771696c6362a1bc1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId8633696c63629ebc5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId8633696c63629ebc5.jpg"/><Relationship Id="rId2567696c6362a04cc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId2567696c6362a04cc.jpg"/><Relationship Id="rId8128696c6362a1fcc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId8128696c6362a1fcc.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId558104586" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId291335112" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId44966989d94183a36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PEPMV0/" TargetMode="External"/><Relationship Id="rId71236989d94183a9f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PEPMV0/categorization" TargetMode="External"/><Relationship Id="rId30586989d941841c3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PEPMV0/photos" TargetMode="External"/><Relationship Id="rId25616989d9418653c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mpi.govt.nz/dmsdocument/2887" TargetMode="External"/><Relationship Id="rId25136989d94186614" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PEPMV0/documents" TargetMode="External"/><Relationship Id="rId96566989d94186652" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pra.eppo.int/getfile/53afe954-9f70-4cf2-9249-12140d8f10dd" TargetMode="External"/><Relationship Id="rId96456989d941866cd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PEPMV0/documents" TargetMode="External"/><Relationship Id="rId92416989d94186748" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PEPMV0/documents" TargetMode="External"/><Relationship Id="rId10596989d941867e1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PEPMV0/documents" TargetMode="External"/><Relationship Id="rId25946989d9418685c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PSTVD0/documents" TargetMode="External"/><Relationship Id="rId31006989d941868cb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12617" TargetMode="External"/><Relationship Id="rId12436989d94186908" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/TOBRFV/documents" TargetMode="External"/><Relationship Id="rId93436989d94186986" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/eli/reg_impl/2019/2072/oj" TargetMode="External"/><Relationship Id="rId10006989d94186db7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pra.eppo.int/getfile/d07d4218-01f0-48fa-ad32-d251c8d21e99" TargetMode="External"/><Relationship Id="rId95626989d94186e83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId76976989d941840cf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId76976989d941840cf.jpg"/><Relationship Id="rId13536989d941857c1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId13536989d941857c1.jpg"/><Relationship Id="rId43586989d94186f4b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId43586989d94186f4b.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>