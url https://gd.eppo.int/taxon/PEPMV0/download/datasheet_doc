--- v5 (2026-02-09)
+++ v6 (2026-03-03)
@@ -258,51 +258,51 @@
               </w:rPr>
               <w:t xml:space="preserve">Pepino mosaic potexvirus</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Pepino mosaic virus</w:t>
             </w:r>
-            <w:hyperlink r:id="rId44966989d94183a36" w:history="1">
+            <w:hyperlink r:id="rId191569a65137d3a58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -318,51 +318,51 @@
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Emergency measures (formerly), RNQP ((EU) 2019/2072 Annex IV)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId71236989d94183a9f" w:history="1">
+            <w:hyperlink r:id="rId675569a65137d3afe" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -376,86 +376,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> PEPMV0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="39525867" name="name28726989d941840d1" descr="18209.jpg"/>
+                  <wp:docPr id="12387506" name="name759369a65137d403e" descr="18209.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="18209.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId76976989d941840cf" cstate="print"/>
+                          <a:blip r:embed="rId311269a65137d403d" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId30586989d941841c3" w:history="1">
+            <w:hyperlink r:id="rId651869a65137d41a4" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
@@ -1958,63 +1958,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">., 2000). Since then, PepMV has spread rapidly and can now be regarded to be spread worldwide in commercial tomato crops both protected and outdoors. However there have been limited reports from Africa and Asia and it has not been reported so far from Oceania.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="5475934" name="name14246989d941857c3" descr="PEPMV0_distribution_map.jpg"/>
+            <wp:docPr id="68793682" name="name724569a65137d5acf" descr="PEPMV0_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="PEPMV0_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId13536989d941857c1" cstate="print"/>
+                    <a:blip r:embed="rId600169a65137d5acb" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -2240,151 +2240,151 @@
         <w:t xml:space="preserve"> sp. There is considerable biological variation between isolates and severity of symptoms is not related to the virus strain: in most strains, both mild and severe isolates have been described.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Based on biological data (i.e. symptoms on host and indicator plants), serological relationships and multiple nucleotide sequence alignments, at least five clusters of PepMV isolates are now considered as separate genotypes or strains:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="432480621"/>
+          <w:numId w:val="730281398"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">The Peruvian pepino strain (LP)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="432480621"/>
+          <w:numId w:val="730281398"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">The European tomato strain (EU)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="432480621"/>
+          <w:numId w:val="730281398"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">The Chile-2 strain (CH2)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="432480621"/>
+          <w:numId w:val="730281398"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">The US1 strain (US1)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="432480621"/>
+          <w:numId w:val="730281398"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">The PES strain, identified from wild </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
@@ -3755,51 +3755,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Clark S &amp; Crook K (2012) ‘Import risk analysis: tomato and capsicum seed for sowing from all countries’, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Ministry of Agriculture and Forestry</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, Wellington (NZ) </w:t>
       </w:r>
-      <w:hyperlink r:id="rId25616989d9418653c" w:history="1">
+      <w:hyperlink r:id="rId556869a65137d6a16" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.mpi.govt.nz/dmsdocument/2887</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 16 March 2021].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3885,90 +3885,90 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">38</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">31-52. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId25136989d94186614" w:history="1">
+      <w:hyperlink r:id="rId316369a65137d6af3" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/taxon/PEPMV0/documents</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 16 March 2021].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2012) Report of a Pest Risk Management for Pepino mosaic virus. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId96566989d94186652" w:history="1">
+      <w:hyperlink r:id="rId253969a65137d6b33" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://pra.eppo.int/getfile/53afe954-9f70-4cf2-9249-12140d8f10dd</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 16 March 2021].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4003,51 +4003,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">43</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 94–104. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId96456989d941866cd" w:history="1">
+      <w:hyperlink r:id="rId186869a65137d6bb1" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/taxon/PEPMV0/documents</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 16 March 2021].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4082,51 +4082,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">46</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 40-48. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId92416989d94186748" w:history="1">
+      <w:hyperlink r:id="rId298569a65137d6c2d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/taxon/PEPMV0/documents</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 16 March 2021].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4181,51 +4181,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">46</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 68-72. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId10596989d941867e1" w:history="1">
+      <w:hyperlink r:id="rId810669a65137d6cc8" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/taxon/PEPMV0/documents</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 16 March 2021].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4260,51 +4260,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">47</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 487-503. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId25946989d9418685c" w:history="1">
+      <w:hyperlink r:id="rId195169a65137d6d57" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/taxon/ PEPMV0/documents</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 16 March 2021].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4330,90 +4330,90 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Bulletin</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">49</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 480–481. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId31006989d941868cb" w:history="1">
+      <w:hyperlink r:id="rId987169a65137d6dd0" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.12617</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">  [accessed on 16 March 2021].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2020) Pest risk analysis for tomato brown rugose fruit virus. EPPO, Paris. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId12436989d94186908" w:history="1">
+      <w:hyperlink r:id="rId484869a65137d6e10" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/taxon/TOBRFV/documents</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 16 March 2021].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4448,51 +4448,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">319</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 02019R2072. Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId93436989d94186986" w:history="1">
+      <w:hyperlink r:id="rId573869a65137d6e93" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://eur-lex.europa.eu/eli/reg_impl/2019/2072/oj</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 16 March 2021].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5096,51 +5096,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Van der Vlugt RAA &amp; Stijger CCMM (2008) Pepino Mosaic Virus. Encyclopedia of Virology, 5 vols. (B.W.J. Mahy and M.H.V. Van Regenmortel, Editors), pp. 108 Oxford: Elsevier.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Werkman AW &amp; Sansford CE (2010) Pest Risk Analysis for Pepino mosaic virus for the EU. Deliverable Report 4.3. EU Sixth Framework Project PEPEIRA Available from </w:t>
       </w:r>
-      <w:hyperlink r:id="rId10006989d94186db7" w:history="1">
+      <w:hyperlink r:id="rId890169a65137d72ab" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://pra.eppo.int/getfile/d07d4218-01f0-48fa-ad32-d251c8d21e99</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">  [accessed on 16 March 2021].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5215,51 +5215,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Potexvirus pepini</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId95626989d94186e83" w:history="1">
+      <w:hyperlink r:id="rId369769a65137d737d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -5272,63 +5272,63 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">This datasheet was first published online in 2021. It is maintained in an electronic format in the EPPO Global Database. The sections on 'Identity', ‘Hosts’, and 'Geographical distribution' are automatically updated from the database. For other sections, the date of last revision is indicated on the right.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="10471771" name="name58506989d94186f4c" descr="eu_funding_250.png"/>
+            <wp:docPr id="66631845" name="name300069a65137d750a" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId43586989d94186f4b" cstate="print"/>
+                    <a:blip r:embed="rId813669a65137d7508" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -5426,221 +5426,221 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="432480621">
+  <w:abstractNum w:abstractNumId="730281398">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="60073579">
+    <w:lvl w:ilvl="0" w:tplc="11393286">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="60073579" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="11393286" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="60073579" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="11393286" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="60073579" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="11393286" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="60073579" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="11393286" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="60073579" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="11393286" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="60073579" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="11393286" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="60073579" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="11393286" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="60073579" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="11393286" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="62556490">
+  <w:abstractNum w:abstractNumId="39805883">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="61698174">
+    <w:lvl w:ilvl="0" w:tplc="73224838">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="61698174" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="73224838" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="61698174" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="73224838" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="61698174" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="73224838" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="61698174" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="73224838" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="61698174" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="73224838" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="61698174" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="73224838" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="61698174" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="73224838" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="61698174" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="73224838" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="62556489">
+  <w:abstractNum w:abstractNumId="39805882">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="96266651">
+    <w:lvl w:ilvl="0" w:tplc="49478680">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -6392,58 +6392,58 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="62556489">
-    <w:abstractNumId w:val="62556489"/>
+  <w:num w:numId="39805882">
+    <w:abstractNumId w:val="39805882"/>
   </w:num>
-  <w:num w:numId="62556490">
-    <w:abstractNumId w:val="62556490"/>
+  <w:num w:numId="39805883">
+    <w:abstractNumId w:val="39805883"/>
   </w:num>
-  <w:num w:numId="432480621">
-    <w:abstractNumId w:val="432480621"/>
+  <w:num w:numId="730281398">
+    <w:abstractNumId w:val="730281398"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -17993,51 +17993,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId558104586" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId291335112" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId44966989d94183a36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PEPMV0/" TargetMode="External"/><Relationship Id="rId71236989d94183a9f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PEPMV0/categorization" TargetMode="External"/><Relationship Id="rId30586989d941841c3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PEPMV0/photos" TargetMode="External"/><Relationship Id="rId25616989d9418653c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mpi.govt.nz/dmsdocument/2887" TargetMode="External"/><Relationship Id="rId25136989d94186614" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PEPMV0/documents" TargetMode="External"/><Relationship Id="rId96566989d94186652" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pra.eppo.int/getfile/53afe954-9f70-4cf2-9249-12140d8f10dd" TargetMode="External"/><Relationship Id="rId96456989d941866cd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PEPMV0/documents" TargetMode="External"/><Relationship Id="rId92416989d94186748" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PEPMV0/documents" TargetMode="External"/><Relationship Id="rId10596989d941867e1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PEPMV0/documents" TargetMode="External"/><Relationship Id="rId25946989d9418685c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PSTVD0/documents" TargetMode="External"/><Relationship Id="rId31006989d941868cb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12617" TargetMode="External"/><Relationship Id="rId12436989d94186908" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/TOBRFV/documents" TargetMode="External"/><Relationship Id="rId93436989d94186986" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/eli/reg_impl/2019/2072/oj" TargetMode="External"/><Relationship Id="rId10006989d94186db7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pra.eppo.int/getfile/d07d4218-01f0-48fa-ad32-d251c8d21e99" TargetMode="External"/><Relationship Id="rId95626989d94186e83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId76976989d941840cf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId76976989d941840cf.jpg"/><Relationship Id="rId13536989d941857c1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId13536989d941857c1.jpg"/><Relationship Id="rId43586989d94186f4b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId43586989d94186f4b.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId110215082" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId254484901" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId191569a65137d3a58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PEPMV0/" TargetMode="External"/><Relationship Id="rId675569a65137d3afe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PEPMV0/categorization" TargetMode="External"/><Relationship Id="rId651869a65137d41a4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PEPMV0/photos" TargetMode="External"/><Relationship Id="rId556869a65137d6a16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mpi.govt.nz/dmsdocument/2887" TargetMode="External"/><Relationship Id="rId316369a65137d6af3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PEPMV0/documents" TargetMode="External"/><Relationship Id="rId253969a65137d6b33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pra.eppo.int/getfile/53afe954-9f70-4cf2-9249-12140d8f10dd" TargetMode="External"/><Relationship Id="rId186869a65137d6bb1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PEPMV0/documents" TargetMode="External"/><Relationship Id="rId298569a65137d6c2d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PEPMV0/documents" TargetMode="External"/><Relationship Id="rId810669a65137d6cc8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PEPMV0/documents" TargetMode="External"/><Relationship Id="rId195169a65137d6d57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PSTVD0/documents" TargetMode="External"/><Relationship Id="rId987169a65137d6dd0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12617" TargetMode="External"/><Relationship Id="rId484869a65137d6e10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/TOBRFV/documents" TargetMode="External"/><Relationship Id="rId573869a65137d6e93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/eli/reg_impl/2019/2072/oj" TargetMode="External"/><Relationship Id="rId890169a65137d72ab" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pra.eppo.int/getfile/d07d4218-01f0-48fa-ad32-d251c8d21e99" TargetMode="External"/><Relationship Id="rId369769a65137d737d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId311269a65137d403d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId311269a65137d403d.jpg"/><Relationship Id="rId600169a65137d5acb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId600169a65137d5acb.jpg"/><Relationship Id="rId813669a65137d7508" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId813669a65137d7508.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>