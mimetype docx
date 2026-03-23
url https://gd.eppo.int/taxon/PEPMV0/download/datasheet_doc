--- v6 (2026-03-03)
+++ v7 (2026-03-23)
@@ -258,51 +258,51 @@
               </w:rPr>
               <w:t xml:space="preserve">Pepino mosaic potexvirus</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Pepino mosaic virus</w:t>
             </w:r>
-            <w:hyperlink r:id="rId191569a65137d3a58" w:history="1">
+            <w:hyperlink r:id="rId142869c15b04d1e4b" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -318,51 +318,51 @@
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Emergency measures (formerly), RNQP ((EU) 2019/2072 Annex IV)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId675569a65137d3afe" w:history="1">
+            <w:hyperlink r:id="rId919469c15b04d1ec3" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -376,86 +376,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> PEPMV0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="12387506" name="name759369a65137d403e" descr="18209.jpg"/>
+                  <wp:docPr id="950842" name="name535569c15b04d2609" descr="18209.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="18209.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId311269a65137d403d" cstate="print"/>
+                          <a:blip r:embed="rId873369c15b04d2607" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId651869a65137d41a4" w:history="1">
+            <w:hyperlink r:id="rId657869c15b04d2732" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
@@ -1958,63 +1958,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">., 2000). Since then, PepMV has spread rapidly and can now be regarded to be spread worldwide in commercial tomato crops both protected and outdoors. However there have been limited reports from Africa and Asia and it has not been reported so far from Oceania.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="68793682" name="name724569a65137d5acf" descr="PEPMV0_distribution_map.jpg"/>
+            <wp:docPr id="72073915" name="name708169c15b04d43a8" descr="PEPMV0_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="PEPMV0_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId600169a65137d5acb" cstate="print"/>
+                    <a:blip r:embed="rId305369c15b04d43a5" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -2054,51 +2054,51 @@
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Egypt, Morocco, South Africa</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">Asia:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> China (Shanghai), Iraq, Israel, Korea, Republic of, Syrian Arab Republic</w:t>
+        <w:t xml:space="preserve"> China (Shanghai), Iraq, Israel, Korea, Republic of, Saudi Arabia, Syrian Arab Republic</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">North America:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Canada (Alberta, British Columbia, Ontario, Québec), Mexico, United States of America (Alabama, Arizona, California, Colorado, Florida, Maryland, Minnesota, Oklahoma, Texas)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -2240,151 +2240,151 @@
         <w:t xml:space="preserve"> sp. There is considerable biological variation between isolates and severity of symptoms is not related to the virus strain: in most strains, both mild and severe isolates have been described.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Based on biological data (i.e. symptoms on host and indicator plants), serological relationships and multiple nucleotide sequence alignments, at least five clusters of PepMV isolates are now considered as separate genotypes or strains:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="730281398"/>
+          <w:numId w:val="583737139"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">The Peruvian pepino strain (LP)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="730281398"/>
+          <w:numId w:val="583737139"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">The European tomato strain (EU)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="730281398"/>
+          <w:numId w:val="583737139"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">The Chile-2 strain (CH2)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="730281398"/>
+          <w:numId w:val="583737139"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">The US1 strain (US1)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="730281398"/>
+          <w:numId w:val="583737139"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">The PES strain, identified from wild </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
@@ -3755,51 +3755,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Clark S &amp; Crook K (2012) ‘Import risk analysis: tomato and capsicum seed for sowing from all countries’, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Ministry of Agriculture and Forestry</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, Wellington (NZ) </w:t>
       </w:r>
-      <w:hyperlink r:id="rId556869a65137d6a16" w:history="1">
+      <w:hyperlink r:id="rId524969c15b04d524f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.mpi.govt.nz/dmsdocument/2887</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 16 March 2021].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3885,90 +3885,90 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">38</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">31-52. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId316369a65137d6af3" w:history="1">
+      <w:hyperlink r:id="rId964869c15b04d532d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/taxon/PEPMV0/documents</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 16 March 2021].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2012) Report of a Pest Risk Management for Pepino mosaic virus. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId253969a65137d6b33" w:history="1">
+      <w:hyperlink r:id="rId575169c15b04d536c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://pra.eppo.int/getfile/53afe954-9f70-4cf2-9249-12140d8f10dd</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 16 March 2021].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4003,51 +4003,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">43</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 94–104. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId186869a65137d6bb1" w:history="1">
+      <w:hyperlink r:id="rId541069c15b04d53eb" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/taxon/PEPMV0/documents</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 16 March 2021].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4082,51 +4082,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">46</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 40-48. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId298569a65137d6c2d" w:history="1">
+      <w:hyperlink r:id="rId476969c15b04d5483" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/taxon/PEPMV0/documents</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 16 March 2021].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4181,51 +4181,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">46</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 68-72. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId810669a65137d6cc8" w:history="1">
+      <w:hyperlink r:id="rId422969c15b04d5522" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/taxon/PEPMV0/documents</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 16 March 2021].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4260,51 +4260,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">47</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 487-503. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId195169a65137d6d57" w:history="1">
+      <w:hyperlink r:id="rId248369c15b04d55a0" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/taxon/ PEPMV0/documents</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 16 March 2021].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4330,90 +4330,90 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Bulletin</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">49</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 480–481. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId987169a65137d6dd0" w:history="1">
+      <w:hyperlink r:id="rId177769c15b04d5611" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.12617</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">  [accessed on 16 March 2021].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2020) Pest risk analysis for tomato brown rugose fruit virus. EPPO, Paris. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId484869a65137d6e10" w:history="1">
+      <w:hyperlink r:id="rId605869c15b04d5650" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/taxon/TOBRFV/documents</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 16 March 2021].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4448,51 +4448,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">319</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 02019R2072. Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId573869a65137d6e93" w:history="1">
+      <w:hyperlink r:id="rId747369c15b04d56cf" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://eur-lex.europa.eu/eli/reg_impl/2019/2072/oj</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 16 March 2021].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5096,51 +5096,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Van der Vlugt RAA &amp; Stijger CCMM (2008) Pepino Mosaic Virus. Encyclopedia of Virology, 5 vols. (B.W.J. Mahy and M.H.V. Van Regenmortel, Editors), pp. 108 Oxford: Elsevier.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Werkman AW &amp; Sansford CE (2010) Pest Risk Analysis for Pepino mosaic virus for the EU. Deliverable Report 4.3. EU Sixth Framework Project PEPEIRA Available from </w:t>
       </w:r>
-      <w:hyperlink r:id="rId890169a65137d72ab" w:history="1">
+      <w:hyperlink r:id="rId857269c15b04d5af4" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://pra.eppo.int/getfile/d07d4218-01f0-48fa-ad32-d251c8d21e99</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">  [accessed on 16 March 2021].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5215,51 +5215,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Potexvirus pepini</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId369769a65137d737d" w:history="1">
+      <w:hyperlink r:id="rId217169c15b04d5bc1" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -5272,63 +5272,63 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">This datasheet was first published online in 2021. It is maintained in an electronic format in the EPPO Global Database. The sections on 'Identity', ‘Hosts’, and 'Geographical distribution' are automatically updated from the database. For other sections, the date of last revision is indicated on the right.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="66631845" name="name300069a65137d750a" descr="eu_funding_250.png"/>
+            <wp:docPr id="62568798" name="name531869c15b04d5c8c" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId813669a65137d7508" cstate="print"/>
+                    <a:blip r:embed="rId635769c15b04d5c8b" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -5426,221 +5426,221 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="730281398">
+  <w:abstractNum w:abstractNumId="583737139">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="11393286">
+    <w:lvl w:ilvl="0" w:tplc="57728017">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="11393286" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="57728017" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="11393286" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="57728017" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="11393286" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="57728017" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="11393286" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="57728017" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="11393286" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="57728017" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="11393286" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="57728017" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="11393286" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="57728017" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="11393286" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="57728017" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="39805883">
+  <w:abstractNum w:abstractNumId="75005006">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="73224838">
+    <w:lvl w:ilvl="0" w:tplc="32203917">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="73224838" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="32203917" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="73224838" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="32203917" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="73224838" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="32203917" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="73224838" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="32203917" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="73224838" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="32203917" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="73224838" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="32203917" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="73224838" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="32203917" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="73224838" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="32203917" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="39805882">
+  <w:abstractNum w:abstractNumId="75005005">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="49478680">
+    <w:lvl w:ilvl="0" w:tplc="99731740">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -6392,58 +6392,58 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="39805882">
-    <w:abstractNumId w:val="39805882"/>
+  <w:num w:numId="75005005">
+    <w:abstractNumId w:val="75005005"/>
   </w:num>
-  <w:num w:numId="39805883">
-    <w:abstractNumId w:val="39805883"/>
+  <w:num w:numId="75005006">
+    <w:abstractNumId w:val="75005006"/>
   </w:num>
-  <w:num w:numId="730281398">
-    <w:abstractNumId w:val="730281398"/>
+  <w:num w:numId="583737139">
+    <w:abstractNumId w:val="583737139"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -17993,51 +17993,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId110215082" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId254484901" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId191569a65137d3a58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PEPMV0/" TargetMode="External"/><Relationship Id="rId675569a65137d3afe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PEPMV0/categorization" TargetMode="External"/><Relationship Id="rId651869a65137d41a4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PEPMV0/photos" TargetMode="External"/><Relationship Id="rId556869a65137d6a16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mpi.govt.nz/dmsdocument/2887" TargetMode="External"/><Relationship Id="rId316369a65137d6af3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PEPMV0/documents" TargetMode="External"/><Relationship Id="rId253969a65137d6b33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pra.eppo.int/getfile/53afe954-9f70-4cf2-9249-12140d8f10dd" TargetMode="External"/><Relationship Id="rId186869a65137d6bb1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PEPMV0/documents" TargetMode="External"/><Relationship Id="rId298569a65137d6c2d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PEPMV0/documents" TargetMode="External"/><Relationship Id="rId810669a65137d6cc8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PEPMV0/documents" TargetMode="External"/><Relationship Id="rId195169a65137d6d57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PSTVD0/documents" TargetMode="External"/><Relationship Id="rId987169a65137d6dd0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12617" TargetMode="External"/><Relationship Id="rId484869a65137d6e10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/TOBRFV/documents" TargetMode="External"/><Relationship Id="rId573869a65137d6e93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/eli/reg_impl/2019/2072/oj" TargetMode="External"/><Relationship Id="rId890169a65137d72ab" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pra.eppo.int/getfile/d07d4218-01f0-48fa-ad32-d251c8d21e99" TargetMode="External"/><Relationship Id="rId369769a65137d737d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId311269a65137d403d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId311269a65137d403d.jpg"/><Relationship Id="rId600169a65137d5acb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId600169a65137d5acb.jpg"/><Relationship Id="rId813669a65137d7508" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId813669a65137d7508.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId756452406" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId495824620" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId142869c15b04d1e4b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PEPMV0/" TargetMode="External"/><Relationship Id="rId919469c15b04d1ec3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PEPMV0/categorization" TargetMode="External"/><Relationship Id="rId657869c15b04d2732" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PEPMV0/photos" TargetMode="External"/><Relationship Id="rId524969c15b04d524f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mpi.govt.nz/dmsdocument/2887" TargetMode="External"/><Relationship Id="rId964869c15b04d532d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PEPMV0/documents" TargetMode="External"/><Relationship Id="rId575169c15b04d536c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pra.eppo.int/getfile/53afe954-9f70-4cf2-9249-12140d8f10dd" TargetMode="External"/><Relationship Id="rId541069c15b04d53eb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PEPMV0/documents" TargetMode="External"/><Relationship Id="rId476969c15b04d5483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PEPMV0/documents" TargetMode="External"/><Relationship Id="rId422969c15b04d5522" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PEPMV0/documents" TargetMode="External"/><Relationship Id="rId248369c15b04d55a0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PSTVD0/documents" TargetMode="External"/><Relationship Id="rId177769c15b04d5611" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12617" TargetMode="External"/><Relationship Id="rId605869c15b04d5650" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/TOBRFV/documents" TargetMode="External"/><Relationship Id="rId747369c15b04d56cf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/eli/reg_impl/2019/2072/oj" TargetMode="External"/><Relationship Id="rId857269c15b04d5af4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pra.eppo.int/getfile/d07d4218-01f0-48fa-ad32-d251c8d21e99" TargetMode="External"/><Relationship Id="rId217169c15b04d5bc1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId873369c15b04d2607" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId873369c15b04d2607.jpg"/><Relationship Id="rId305369c15b04d43a5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId305369c15b04d43a5.jpg"/><Relationship Id="rId635769c15b04d5c8b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId635769c15b04d5c8b.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>