--- v0 (2025-11-06)
+++ v1 (2026-02-17)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="PELTO" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="38">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="41">
   <si>
     <t>type</t>
   </si>
   <si>
     <t>EPPOCode</t>
   </si>
   <si>
     <t>Pref_name</t>
   </si>
   <si>
     <t>References</t>
   </si>
   <si>
     <t>Host</t>
   </si>
   <si>
     <t>PZSV00</t>
   </si>
   <si>
     <t>Anulavirus PZSV (as Pelargonium)</t>
   </si>
   <si>
     <t>CACYMA</t>
   </si>
   <si>
@@ -75,50 +75,60 @@
     <t>CHRXER</t>
   </si>
   <si>
     <t>Chrysodeixis eriosoma (as Pelargonium)</t>
   </si>
   <si>
     <t>EPIOIO</t>
   </si>
   <si>
     <t>Epichoristodes acerbella (as Pelargonium)</t>
   </si>
   <si>
     <t>ERWICH</t>
   </si>
   <si>
     <t>Erwinia chrysanthemi (as Pelargonium)</t>
   </si>
   <si>
     <t>TRSV00</t>
   </si>
   <si>
     <t>Nepovirus nicotianae (as Pelargonium)</t>
   </si>
   <si>
     <t>* Schoen R, de Krom CE, Westenberg M, Botermans M, van Bruggen AS, Meekes ET, Didden L, Hooftman M, Roenhorst JW (2024) Findings of tobacco ringspot virus in ornamentals in the Netherlands from 1997 to 2020 indicate a need for evaluation of its European Union quarantine status. European Journal of Plant Pathology. (early view) https://doi.org/10.1007/s10658-024-02957-3.</t>
+  </si>
+  <si>
+    <t>PSEAPE</t>
+  </si>
+  <si>
+    <t>Pseudaulacaspis pentagona (as Pelargonium)</t>
+  </si>
+  <si>
+    <t>* García Morales M, Denno BD, Miller DR, Miller GL, Ben-Dov Y, Hardy NB (2016) ScaleNet: A literature-based model of scale insect biology and systematics. Database. doi: 10.1093/database/bav118. http://scalenet.info [accessed 2026-02].
+* Miller DR &amp; Davidson JA (2005) Armored Scale Insect Pests of Trees and Shrubs. Cornell Univ. Press Ithaca, NY 442 pp.</t>
   </si>
   <si>
     <t>PUCCPZ</t>
   </si>
   <si>
     <t>Puccinia pelargonii-zonalis (as Pelargonium)</t>
   </si>
   <si>
     <t>RALSPS</t>
   </si>
   <si>
     <t>Ralstonia pseudosolanacearum (as Pelargonium)</t>
   </si>
   <si>
     <t>* Rossato, M, Santiago TR, Mizubuti ESG, Lopes CA (2017) Characterization and pathogenicity to geranium of Brazilian strains of Ralstonia spp.. Tropical Plant Patholology 42(6), 458–467
 * Santiago TR, Lopes CA, Caetano-Anollés G and Mizubutia ESG (2017) Phylotype and sequevar variability of Ralstonia solanacearum in Brazil, an ancient centre of diversity of the pathogen. Plant Pathology 66,383–392
 * Yahiaoui N, Chéron J-J, Ravelomanantsoa S, Hamza AA., Petrousse B, Jeetah R, Jaufeerally-Fakim Y, Félicité J, Fillâtre J, Hostachy B, Guérin F, Cellier G, Prior P, Poussier S (2017) Genetic Diversity of the Ralstonia solanacearum Species Complex in the Southwest Indian Ocean Islands. Frontiers in Plant Science 8, 2139</t>
   </si>
   <si>
     <t>RALSSL</t>
   </si>
   <si>
     <t>Ralstonia solanacearum (as Pelargonium)</t>
   </si>
   <si>
@@ -487,51 +497,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:D14"/>
+  <dimension ref="A1:D15"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="10.569" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="65.984" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="439.893" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
@@ -615,65 +625,65 @@
     </row>
     <row r="8" spans="1:4">
       <c r="A8" t="s">
         <v>4</v>
       </c>
       <c r="B8" t="s">
         <v>18</v>
       </c>
       <c r="C8" t="s">
         <v>19</v>
       </c>
       <c r="D8" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="9" spans="1:4">
       <c r="A9" t="s">
         <v>4</v>
       </c>
       <c r="B9" t="s">
         <v>21</v>
       </c>
       <c r="C9" t="s">
         <v>22</v>
       </c>
-      <c r="D9"/>
+      <c r="D9" t="s">
+        <v>23</v>
+      </c>
     </row>
     <row r="10" spans="1:4">
       <c r="A10" t="s">
         <v>4</v>
       </c>
       <c r="B10" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="C10" t="s">
-        <v>24</v>
-[...1 lines deleted...]
-      <c r="D10" t="s">
         <v>25</v>
       </c>
+      <c r="D10"/>
     </row>
     <row r="11" spans="1:4">
       <c r="A11" t="s">
         <v>4</v>
       </c>
       <c r="B11" t="s">
         <v>26</v>
       </c>
       <c r="C11" t="s">
         <v>27</v>
       </c>
       <c r="D11" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="12" spans="1:4">
       <c r="A12" t="s">
         <v>4</v>
       </c>
       <c r="B12" t="s">
         <v>29</v>
       </c>
       <c r="C12" t="s">
         <v>30</v>
       </c>
@@ -685,50 +695,64 @@
       <c r="A13" t="s">
         <v>4</v>
       </c>
       <c r="B13" t="s">
         <v>32</v>
       </c>
       <c r="C13" t="s">
         <v>33</v>
       </c>
       <c r="D13" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="14" spans="1:4">
       <c r="A14" t="s">
         <v>4</v>
       </c>
       <c r="B14" t="s">
         <v>35</v>
       </c>
       <c r="C14" t="s">
         <v>36</v>
       </c>
       <c r="D14" t="s">
         <v>37</v>
+      </c>
+    </row>
+    <row r="15" spans="1:4">
+      <c r="A15" t="s">
+        <v>4</v>
+      </c>
+      <c r="B15" t="s">
+        <v>38</v>
+      </c>
+      <c r="C15" t="s">
+        <v>39</v>
+      </c>
+      <c r="D15" t="s">
+        <v>40</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">