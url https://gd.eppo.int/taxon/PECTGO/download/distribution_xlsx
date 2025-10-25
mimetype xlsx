--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="PECTGO" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="344">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="346">
   <si>
     <t>continent</t>
   </si>
   <si>
     <t>country</t>
   </si>
   <si>
     <t>state</t>
   </si>
   <si>
     <t>country code</t>
   </si>
   <si>
     <t>state code</t>
   </si>
   <si>
     <t>Status</t>
   </si>
   <si>
     <t>Africa</t>
   </si>
   <si>
     <t>Algeria</t>
   </si>
   <si>
@@ -915,50 +915,56 @@
     <t>Thailand</t>
   </si>
   <si>
     <t>TH</t>
   </si>
   <si>
     <t>Uzbekistan</t>
   </si>
   <si>
     <t>UZ</t>
   </si>
   <si>
     <t>Vietnam</t>
   </si>
   <si>
     <t>VN</t>
   </si>
   <si>
     <t>Yemen</t>
   </si>
   <si>
     <t>YE</t>
   </si>
   <si>
     <t>Europe</t>
+  </si>
+  <si>
+    <t>Albania</t>
+  </si>
+  <si>
+    <t>AL</t>
   </si>
   <si>
     <t>Bulgaria</t>
   </si>
   <si>
     <t>BG</t>
   </si>
   <si>
     <t>Absent, confirmed by survey</t>
   </si>
   <si>
     <t>Cyprus</t>
   </si>
   <si>
     <t>CY</t>
   </si>
   <si>
     <t>Denmark</t>
   </si>
   <si>
     <t>DK</t>
   </si>
   <si>
     <t>Greece</t>
   </si>
@@ -1391,51 +1397,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:F166"/>
+  <dimension ref="A1:F167"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="11.711" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="45.846" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="15.282" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="38.848" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
@@ -3960,149 +3966,149 @@
       <c r="B145" t="s">
         <v>298</v>
       </c>
       <c r="C145"/>
       <c r="D145" t="s">
         <v>299</v>
       </c>
       <c r="E145"/>
       <c r="F145" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="146" spans="1:6">
       <c r="A146" t="s">
         <v>300</v>
       </c>
       <c r="B146" t="s">
         <v>301</v>
       </c>
       <c r="C146"/>
       <c r="D146" t="s">
         <v>302</v>
       </c>
       <c r="E146"/>
       <c r="F146" t="s">
-        <v>303</v>
+        <v>9</v>
       </c>
     </row>
     <row r="147" spans="1:6">
       <c r="A147" t="s">
         <v>300</v>
       </c>
       <c r="B147" t="s">
-        <v>304</v>
+        <v>303</v>
       </c>
       <c r="C147"/>
       <c r="D147" t="s">
-        <v>305</v>
+        <v>304</v>
       </c>
       <c r="E147"/>
       <c r="F147" t="s">
-        <v>198</v>
+        <v>305</v>
       </c>
     </row>
     <row r="148" spans="1:6">
       <c r="A148" t="s">
         <v>300</v>
       </c>
       <c r="B148" t="s">
         <v>306</v>
       </c>
       <c r="C148"/>
       <c r="D148" t="s">
         <v>307</v>
       </c>
       <c r="E148"/>
       <c r="F148" t="s">
-        <v>9</v>
+        <v>198</v>
       </c>
     </row>
     <row r="149" spans="1:6">
       <c r="A149" t="s">
         <v>300</v>
       </c>
       <c r="B149" t="s">
         <v>308</v>
       </c>
       <c r="C149"/>
       <c r="D149" t="s">
         <v>309</v>
       </c>
       <c r="E149"/>
       <c r="F149" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="150" spans="1:6">
       <c r="A150" t="s">
         <v>300</v>
       </c>
       <c r="B150" t="s">
         <v>310</v>
       </c>
       <c r="C150"/>
       <c r="D150" t="s">
         <v>311</v>
       </c>
       <c r="E150"/>
       <c r="F150" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="151" spans="1:6">
       <c r="A151" t="s">
         <v>300</v>
       </c>
       <c r="B151" t="s">
-        <v>310</v>
-[...1 lines deleted...]
-      <c r="C151" t="s">
         <v>312</v>
       </c>
+      <c r="C151"/>
       <c r="D151" t="s">
-        <v>311</v>
-[...3 lines deleted...]
-      </c>
+        <v>313</v>
+      </c>
+      <c r="E151"/>
       <c r="F151" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="152" spans="1:6">
       <c r="A152" t="s">
         <v>300</v>
       </c>
       <c r="B152" t="s">
+        <v>312</v>
+      </c>
+      <c r="C152" t="s">
+        <v>314</v>
+      </c>
+      <c r="D152" t="s">
         <v>313</v>
       </c>
-      <c r="C152"/>
-[...3 lines deleted...]
-      <c r="E152"/>
+      <c r="E152" t="s">
+        <v>119</v>
+      </c>
       <c r="F152" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="153" spans="1:6">
       <c r="A153" t="s">
         <v>300</v>
       </c>
       <c r="B153" t="s">
         <v>315</v>
       </c>
       <c r="C153"/>
       <c r="D153" t="s">
         <v>316</v>
       </c>
       <c r="E153"/>
       <c r="F153" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="154" spans="1:6">
       <c r="A154" t="s">
         <v>300</v>
       </c>
       <c r="B154" t="s">
@@ -4129,213 +4135,229 @@
         <v>320</v>
       </c>
       <c r="E155"/>
       <c r="F155" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="156" spans="1:6">
       <c r="A156" t="s">
         <v>300</v>
       </c>
       <c r="B156" t="s">
         <v>321</v>
       </c>
       <c r="C156"/>
       <c r="D156" t="s">
         <v>322</v>
       </c>
       <c r="E156"/>
       <c r="F156" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="157" spans="1:6">
       <c r="A157" t="s">
+        <v>300</v>
+      </c>
+      <c r="B157" t="s">
         <v>323</v>
-      </c>
-[...1 lines deleted...]
-        <v>324</v>
       </c>
       <c r="C157"/>
       <c r="D157" t="s">
-        <v>325</v>
+        <v>324</v>
       </c>
       <c r="E157"/>
       <c r="F157" t="s">
-        <v>198</v>
+        <v>9</v>
       </c>
     </row>
     <row r="158" spans="1:6">
       <c r="A158" t="s">
-        <v>323</v>
+        <v>325</v>
       </c>
       <c r="B158" t="s">
-        <v>324</v>
-[...1 lines deleted...]
-      <c r="C158" t="s">
         <v>326</v>
       </c>
+      <c r="C158"/>
       <c r="D158" t="s">
-        <v>325</v>
-[...1 lines deleted...]
-      <c r="E158" t="s">
         <v>327</v>
       </c>
+      <c r="E158"/>
       <c r="F158" t="s">
-        <v>9</v>
+        <v>198</v>
       </c>
     </row>
     <row r="159" spans="1:6">
       <c r="A159" t="s">
-        <v>323</v>
+        <v>325</v>
       </c>
       <c r="B159" t="s">
-        <v>324</v>
+        <v>326</v>
       </c>
       <c r="C159" t="s">
         <v>328</v>
       </c>
       <c r="D159" t="s">
-        <v>325</v>
+        <v>327</v>
       </c>
       <c r="E159" t="s">
         <v>329</v>
       </c>
       <c r="F159" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="160" spans="1:6">
       <c r="A160" t="s">
-        <v>323</v>
+        <v>325</v>
       </c>
       <c r="B160" t="s">
+        <v>326</v>
+      </c>
+      <c r="C160" t="s">
         <v>330</v>
       </c>
-      <c r="C160"/>
       <c r="D160" t="s">
+        <v>327</v>
+      </c>
+      <c r="E160" t="s">
         <v>331</v>
       </c>
-      <c r="E160"/>
       <c r="F160" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="161" spans="1:6">
       <c r="A161" t="s">
-        <v>323</v>
+        <v>325</v>
       </c>
       <c r="B161" t="s">
         <v>332</v>
       </c>
       <c r="C161"/>
       <c r="D161" t="s">
         <v>333</v>
       </c>
       <c r="E161"/>
       <c r="F161" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="162" spans="1:6">
       <c r="A162" t="s">
-        <v>323</v>
+        <v>325</v>
       </c>
       <c r="B162" t="s">
         <v>334</v>
       </c>
       <c r="C162"/>
       <c r="D162" t="s">
         <v>335</v>
       </c>
       <c r="E162"/>
       <c r="F162" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="163" spans="1:6">
       <c r="A163" t="s">
-        <v>323</v>
+        <v>325</v>
       </c>
       <c r="B163" t="s">
         <v>336</v>
       </c>
       <c r="C163"/>
       <c r="D163" t="s">
         <v>337</v>
       </c>
       <c r="E163"/>
       <c r="F163" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="164" spans="1:6">
       <c r="A164" t="s">
-        <v>323</v>
+        <v>325</v>
       </c>
       <c r="B164" t="s">
         <v>338</v>
       </c>
       <c r="C164"/>
       <c r="D164" t="s">
         <v>339</v>
       </c>
       <c r="E164"/>
       <c r="F164" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="165" spans="1:6">
       <c r="A165" t="s">
-        <v>323</v>
+        <v>325</v>
       </c>
       <c r="B165" t="s">
         <v>340</v>
       </c>
       <c r="C165"/>
       <c r="D165" t="s">
         <v>341</v>
       </c>
       <c r="E165"/>
       <c r="F165" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="166" spans="1:6">
       <c r="A166" t="s">
-        <v>323</v>
+        <v>325</v>
       </c>
       <c r="B166" t="s">
         <v>342</v>
       </c>
       <c r="C166"/>
       <c r="D166" t="s">
         <v>343</v>
       </c>
       <c r="E166"/>
       <c r="F166" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="167" spans="1:6">
+      <c r="A167" t="s">
+        <v>325</v>
+      </c>
+      <c r="B167" t="s">
+        <v>344</v>
+      </c>
+      <c r="C167"/>
+      <c r="D167" t="s">
+        <v>345</v>
+      </c>
+      <c r="E167"/>
+      <c r="F167" t="s">
         <v>9</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>