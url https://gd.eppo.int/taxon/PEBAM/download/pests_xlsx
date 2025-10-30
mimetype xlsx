--- v0 (2025-10-10)
+++ v1 (2025-10-30)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="PEBAM" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="309">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="312">
   <si>
     <t>type</t>
   </si>
   <si>
     <t>EPPOCode</t>
   </si>
   <si>
     <t>Pref_name</t>
   </si>
   <si>
     <t>References</t>
   </si>
   <si>
     <t>Doubtful host</t>
   </si>
   <si>
     <t>PHYPSO</t>
   </si>
   <si>
     <t>'Candidatus Phytoplasma solani'</t>
   </si>
   <si>
     <t>* Laviña A, Batlle A, Garcia Faraco J, López Herrera CJ (2002) First report of stolbur phytoplasma in wvocado in Spain. Plant Disease 86(6), p 692.
 ------- Isolate found on Persea americana is not confirmed to belong 'Ca. Phytoplasma solani' (only the confirmation that the isolate found on this host plant belongs to the stolbur group is given).</t>
   </si>
@@ -549,50 +549,59 @@
   <si>
     <t>ECDYAU</t>
   </si>
   <si>
     <t>Gymnandrosoma aurantianum</t>
   </si>
   <si>
     <t>* EPPO (2020) Pest Risk Analysis for Gymnandrosoma aurantianum (Lepidoptera: Tortricidae), citrus fruit borer, macadamia fruit borer. EPPO, Paris. Available at https://gd.eppo.int/taxon/ECDYAU/documents
 ------- Uncertain hosts. No evidence was found if the pest completes its life cycle.
 * White GL (1999) Sapindus saponaria L. (Sapindaceae), a new host of Ecdytolopha aurantianum (Lima) (Lepidoptera: Tortricidae: Olethreutinae). International Journal of Pest Management, 45(4), 287–291. https://doi.org/10.1080/096708799227699</t>
   </si>
   <si>
     <t>HELOAN</t>
   </si>
   <si>
     <t>Helopeltis antonii</t>
   </si>
   <si>
     <t>HOMLTR</t>
   </si>
   <si>
     <t>Homalodisca vitripennis</t>
   </si>
   <si>
     <t>* Hoddle MS, Triapitsyn SV, Morgan DJW (2003) Distribution and plant association records for Homalodisca coagulata (Hemiptera: Cicadellidae) in Florida. Florida Entomologist 86(1), 89-91.</t>
+  </si>
+  <si>
+    <t>ICERSE</t>
+  </si>
+  <si>
+    <t>Icerya seychellarum</t>
+  </si>
+  <si>
+    <t>* Romero H, Planelló R, Díaz‐Pendón JA, Clercq PD, de la Peña E (2025) First records of Aulacaspis tubercularis, Icerya seychellarum and Protopulvinaria pyriformis on Persea indica. EPPO Bulletin 55(2), 328-334.</t>
   </si>
   <si>
     <t>PHYORH</t>
   </si>
   <si>
     <t>Lasiodiplodia theobromae</t>
   </si>
   <si>
     <t>* Wanjiku EK, Waceke JW, Wanjala BW, Mbaka JN (2020) Identification and pathogenicity of fungal pathogens associated with stem end rots of avocado fruits in Kenya. International Journal of Microbiology. https://doi.org/10.1155/2020/4063697</t>
   </si>
   <si>
     <t>PHENHI</t>
   </si>
   <si>
     <t>Maconellicoccus hirsutus</t>
   </si>
   <si>
     <t>* Chang LWH, Miller CE (1996) Pathway Risk Assessment: Pink mealybug from the Caribbean. Animal and Plant Health Inspection Service, U.S. Dept. of Agriculture 61 pp.</t>
   </si>
   <si>
     <t>PLTPMU</t>
   </si>
   <si>
     <t>Megaplatypus mutatus</t>
   </si>
@@ -1391,51 +1400,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:D108"/>
+  <dimension ref="A1:D109"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="16.425" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="10.569" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="50.559" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="395.046" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
@@ -2214,106 +2223,106 @@
     <row r="58" spans="1:4">
       <c r="A58" t="s">
         <v>18</v>
       </c>
       <c r="B58" t="s">
         <v>168</v>
       </c>
       <c r="C58" t="s">
         <v>169</v>
       </c>
       <c r="D58" t="s">
         <v>170</v>
       </c>
     </row>
     <row r="59" spans="1:4">
       <c r="A59" t="s">
         <v>18</v>
       </c>
       <c r="B59" t="s">
         <v>171</v>
       </c>
       <c r="C59" t="s">
         <v>172</v>
       </c>
       <c r="D59" t="s">
-        <v>170</v>
+        <v>173</v>
       </c>
     </row>
     <row r="60" spans="1:4">
       <c r="A60" t="s">
         <v>18</v>
       </c>
       <c r="B60" t="s">
+        <v>174</v>
+      </c>
+      <c r="C60" t="s">
+        <v>175</v>
+      </c>
+      <c r="D60" t="s">
         <v>173</v>
-      </c>
-[...4 lines deleted...]
-        <v>175</v>
       </c>
     </row>
     <row r="61" spans="1:4">
       <c r="A61" t="s">
         <v>18</v>
       </c>
       <c r="B61" t="s">
         <v>176</v>
       </c>
       <c r="C61" t="s">
         <v>177</v>
       </c>
       <c r="D61" t="s">
         <v>178</v>
       </c>
     </row>
     <row r="62" spans="1:4">
       <c r="A62" t="s">
         <v>18</v>
       </c>
       <c r="B62" t="s">
         <v>179</v>
       </c>
       <c r="C62" t="s">
         <v>180</v>
       </c>
-      <c r="D62"/>
+      <c r="D62" t="s">
+        <v>181</v>
+      </c>
     </row>
     <row r="63" spans="1:4">
       <c r="A63" t="s">
         <v>18</v>
       </c>
       <c r="B63" t="s">
-        <v>181</v>
+        <v>182</v>
       </c>
       <c r="C63" t="s">
-        <v>182</v>
-[...1 lines deleted...]
-      <c r="D63" t="s">
         <v>183</v>
       </c>
+      <c r="D63"/>
     </row>
     <row r="64" spans="1:4">
       <c r="A64" t="s">
         <v>18</v>
       </c>
       <c r="B64" t="s">
         <v>184</v>
       </c>
       <c r="C64" t="s">
         <v>185</v>
       </c>
       <c r="D64" t="s">
         <v>186</v>
       </c>
     </row>
     <row r="65" spans="1:4">
       <c r="A65" t="s">
         <v>18</v>
       </c>
       <c r="B65" t="s">
         <v>187</v>
       </c>
       <c r="C65" t="s">
         <v>188</v>
       </c>
@@ -2337,91 +2346,91 @@
     </row>
     <row r="67" spans="1:4">
       <c r="A67" t="s">
         <v>18</v>
       </c>
       <c r="B67" t="s">
         <v>193</v>
       </c>
       <c r="C67" t="s">
         <v>194</v>
       </c>
       <c r="D67" t="s">
         <v>195</v>
       </c>
     </row>
     <row r="68" spans="1:4">
       <c r="A68" t="s">
         <v>18</v>
       </c>
       <c r="B68" t="s">
         <v>196</v>
       </c>
       <c r="C68" t="s">
         <v>197</v>
       </c>
-      <c r="D68"/>
+      <c r="D68" t="s">
+        <v>198</v>
+      </c>
     </row>
     <row r="69" spans="1:4">
       <c r="A69" t="s">
         <v>18</v>
       </c>
       <c r="B69" t="s">
-        <v>198</v>
+        <v>199</v>
       </c>
       <c r="C69" t="s">
-        <v>199</v>
-[...1 lines deleted...]
-      <c r="D69" t="s">
         <v>200</v>
       </c>
+      <c r="D69"/>
     </row>
     <row r="70" spans="1:4">
       <c r="A70" t="s">
         <v>18</v>
       </c>
       <c r="B70" t="s">
         <v>201</v>
       </c>
       <c r="C70" t="s">
         <v>202</v>
       </c>
-      <c r="D70"/>
+      <c r="D70" t="s">
+        <v>203</v>
+      </c>
     </row>
     <row r="71" spans="1:4">
       <c r="A71" t="s">
         <v>18</v>
       </c>
       <c r="B71" t="s">
-        <v>203</v>
+        <v>204</v>
       </c>
       <c r="C71" t="s">
-        <v>204</v>
-[...1 lines deleted...]
-      <c r="D71" t="s">
         <v>205</v>
       </c>
+      <c r="D71"/>
     </row>
     <row r="72" spans="1:4">
       <c r="A72" t="s">
         <v>18</v>
       </c>
       <c r="B72" t="s">
         <v>206</v>
       </c>
       <c r="C72" t="s">
         <v>207</v>
       </c>
       <c r="D72" t="s">
         <v>208</v>
       </c>
     </row>
     <row r="73" spans="1:4">
       <c r="A73" t="s">
         <v>18</v>
       </c>
       <c r="B73" t="s">
         <v>209</v>
       </c>
       <c r="C73" t="s">
         <v>210</v>
       </c>
@@ -2543,385 +2552,399 @@
     </row>
     <row r="82" spans="1:4">
       <c r="A82" t="s">
         <v>18</v>
       </c>
       <c r="B82" t="s">
         <v>236</v>
       </c>
       <c r="C82" t="s">
         <v>237</v>
       </c>
       <c r="D82" t="s">
         <v>238</v>
       </c>
     </row>
     <row r="83" spans="1:4">
       <c r="A83" t="s">
         <v>18</v>
       </c>
       <c r="B83" t="s">
         <v>239</v>
       </c>
       <c r="C83" t="s">
         <v>240</v>
       </c>
-      <c r="D83"/>
+      <c r="D83" t="s">
+        <v>241</v>
+      </c>
     </row>
     <row r="84" spans="1:4">
       <c r="A84" t="s">
         <v>18</v>
       </c>
       <c r="B84" t="s">
-        <v>241</v>
+        <v>242</v>
       </c>
       <c r="C84" t="s">
-        <v>242</v>
+        <v>243</v>
       </c>
       <c r="D84"/>
     </row>
     <row r="85" spans="1:4">
       <c r="A85" t="s">
         <v>18</v>
       </c>
       <c r="B85" t="s">
-        <v>243</v>
+        <v>244</v>
       </c>
       <c r="C85" t="s">
-        <v>244</v>
-[...1 lines deleted...]
-      <c r="D85" t="s">
         <v>245</v>
       </c>
+      <c r="D85"/>
     </row>
     <row r="86" spans="1:4">
       <c r="A86" t="s">
         <v>18</v>
       </c>
       <c r="B86" t="s">
         <v>246</v>
       </c>
       <c r="C86" t="s">
         <v>247</v>
       </c>
       <c r="D86" t="s">
         <v>248</v>
       </c>
     </row>
     <row r="87" spans="1:4">
       <c r="A87" t="s">
         <v>18</v>
       </c>
       <c r="B87" t="s">
         <v>249</v>
       </c>
       <c r="C87" t="s">
         <v>250</v>
       </c>
       <c r="D87" t="s">
         <v>251</v>
       </c>
     </row>
     <row r="88" spans="1:4">
       <c r="A88" t="s">
         <v>18</v>
       </c>
       <c r="B88" t="s">
         <v>252</v>
       </c>
       <c r="C88" t="s">
         <v>253</v>
       </c>
-      <c r="D88"/>
+      <c r="D88" t="s">
+        <v>254</v>
+      </c>
     </row>
     <row r="89" spans="1:4">
       <c r="A89" t="s">
         <v>18</v>
       </c>
       <c r="B89" t="s">
-        <v>254</v>
+        <v>255</v>
       </c>
       <c r="C89" t="s">
-        <v>255</v>
+        <v>256</v>
       </c>
       <c r="D89"/>
     </row>
     <row r="90" spans="1:4">
       <c r="A90" t="s">
-        <v>256</v>
+        <v>18</v>
       </c>
       <c r="B90" t="s">
         <v>257</v>
       </c>
       <c r="C90" t="s">
         <v>258</v>
       </c>
       <c r="D90"/>
     </row>
     <row r="91" spans="1:4">
       <c r="A91" t="s">
-        <v>256</v>
+        <v>259</v>
       </c>
       <c r="B91" t="s">
-        <v>259</v>
+        <v>260</v>
       </c>
       <c r="C91" t="s">
-        <v>260</v>
-[...1 lines deleted...]
-      <c r="D91" t="s">
         <v>261</v>
       </c>
+      <c r="D91"/>
     </row>
     <row r="92" spans="1:4">
       <c r="A92" t="s">
-        <v>256</v>
+        <v>259</v>
       </c>
       <c r="B92" t="s">
         <v>262</v>
       </c>
       <c r="C92" t="s">
         <v>263</v>
       </c>
       <c r="D92" t="s">
         <v>264</v>
       </c>
     </row>
     <row r="93" spans="1:4">
       <c r="A93" t="s">
-        <v>256</v>
+        <v>259</v>
       </c>
       <c r="B93" t="s">
         <v>265</v>
       </c>
       <c r="C93" t="s">
         <v>266</v>
       </c>
       <c r="D93" t="s">
         <v>267</v>
       </c>
     </row>
     <row r="94" spans="1:4">
       <c r="A94" t="s">
-        <v>256</v>
+        <v>259</v>
       </c>
       <c r="B94" t="s">
         <v>268</v>
       </c>
       <c r="C94" t="s">
         <v>269</v>
       </c>
       <c r="D94" t="s">
         <v>270</v>
       </c>
     </row>
     <row r="95" spans="1:4">
       <c r="A95" t="s">
-        <v>256</v>
+        <v>259</v>
       </c>
       <c r="B95" t="s">
         <v>271</v>
       </c>
       <c r="C95" t="s">
         <v>272</v>
       </c>
       <c r="D95" t="s">
         <v>273</v>
       </c>
     </row>
     <row r="96" spans="1:4">
       <c r="A96" t="s">
-        <v>256</v>
+        <v>259</v>
       </c>
       <c r="B96" t="s">
         <v>274</v>
       </c>
       <c r="C96" t="s">
         <v>275</v>
       </c>
       <c r="D96" t="s">
         <v>276</v>
       </c>
     </row>
     <row r="97" spans="1:4">
       <c r="A97" t="s">
-        <v>256</v>
+        <v>259</v>
       </c>
       <c r="B97" t="s">
         <v>277</v>
       </c>
       <c r="C97" t="s">
         <v>278</v>
       </c>
       <c r="D97" t="s">
         <v>279</v>
       </c>
     </row>
     <row r="98" spans="1:4">
       <c r="A98" t="s">
-        <v>256</v>
+        <v>259</v>
       </c>
       <c r="B98" t="s">
         <v>280</v>
       </c>
       <c r="C98" t="s">
         <v>281</v>
       </c>
       <c r="D98" t="s">
         <v>282</v>
       </c>
     </row>
     <row r="99" spans="1:4">
       <c r="A99" t="s">
-        <v>256</v>
+        <v>259</v>
       </c>
       <c r="B99" t="s">
         <v>283</v>
       </c>
       <c r="C99" t="s">
         <v>284</v>
       </c>
       <c r="D99" t="s">
         <v>285</v>
       </c>
     </row>
     <row r="100" spans="1:4">
       <c r="A100" t="s">
-        <v>256</v>
+        <v>259</v>
       </c>
       <c r="B100" t="s">
         <v>286</v>
       </c>
       <c r="C100" t="s">
         <v>287</v>
       </c>
-      <c r="D100"/>
+      <c r="D100" t="s">
+        <v>288</v>
+      </c>
     </row>
     <row r="101" spans="1:4">
       <c r="A101" t="s">
-        <v>256</v>
+        <v>259</v>
       </c>
       <c r="B101" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
       <c r="C101" t="s">
-        <v>289</v>
-[...1 lines deleted...]
-      <c r="D101" t="s">
         <v>290</v>
       </c>
+      <c r="D101"/>
     </row>
     <row r="102" spans="1:4">
       <c r="A102" t="s">
-        <v>256</v>
+        <v>259</v>
       </c>
       <c r="B102" t="s">
         <v>291</v>
       </c>
       <c r="C102" t="s">
         <v>292</v>
       </c>
       <c r="D102" t="s">
         <v>293</v>
       </c>
     </row>
     <row r="103" spans="1:4">
       <c r="A103" t="s">
-        <v>256</v>
+        <v>259</v>
       </c>
       <c r="B103" t="s">
         <v>294</v>
       </c>
       <c r="C103" t="s">
         <v>295</v>
       </c>
       <c r="D103" t="s">
         <v>296</v>
       </c>
     </row>
     <row r="104" spans="1:4">
       <c r="A104" t="s">
-        <v>256</v>
+        <v>259</v>
       </c>
       <c r="B104" t="s">
         <v>297</v>
       </c>
       <c r="C104" t="s">
         <v>298</v>
       </c>
-      <c r="D104"/>
+      <c r="D104" t="s">
+        <v>299</v>
+      </c>
     </row>
     <row r="105" spans="1:4">
       <c r="A105" t="s">
-        <v>256</v>
+        <v>259</v>
       </c>
       <c r="B105" t="s">
-        <v>299</v>
+        <v>300</v>
       </c>
       <c r="C105" t="s">
-        <v>300</v>
-[...1 lines deleted...]
-      <c r="D105" t="s">
         <v>301</v>
       </c>
+      <c r="D105"/>
     </row>
     <row r="106" spans="1:4">
       <c r="A106" t="s">
-        <v>256</v>
+        <v>259</v>
       </c>
       <c r="B106" t="s">
         <v>302</v>
       </c>
       <c r="C106" t="s">
         <v>303</v>
       </c>
       <c r="D106" t="s">
         <v>304</v>
       </c>
     </row>
     <row r="107" spans="1:4">
       <c r="A107" t="s">
-        <v>256</v>
+        <v>259</v>
       </c>
       <c r="B107" t="s">
         <v>305</v>
       </c>
       <c r="C107" t="s">
         <v>306</v>
       </c>
-      <c r="D107"/>
+      <c r="D107" t="s">
+        <v>307</v>
+      </c>
     </row>
     <row r="108" spans="1:4">
       <c r="A108" t="s">
-        <v>256</v>
+        <v>259</v>
       </c>
       <c r="B108" t="s">
-        <v>307</v>
+        <v>308</v>
       </c>
       <c r="C108" t="s">
-        <v>308</v>
+        <v>309</v>
       </c>
       <c r="D108"/>
+    </row>
+    <row r="109" spans="1:4">
+      <c r="A109" t="s">
+        <v>259</v>
+      </c>
+      <c r="B109" t="s">
+        <v>310</v>
+      </c>
+      <c r="C109" t="s">
+        <v>311</v>
+      </c>
+      <c r="D109"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>