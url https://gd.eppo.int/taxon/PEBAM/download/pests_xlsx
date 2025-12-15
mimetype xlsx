--- v1 (2025-10-30)
+++ v2 (2025-12-15)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="PEBAM" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="312">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="315">
   <si>
     <t>type</t>
   </si>
   <si>
     <t>EPPOCode</t>
   </si>
   <si>
     <t>Pref_name</t>
   </si>
   <si>
     <t>References</t>
   </si>
   <si>
     <t>Doubtful host</t>
   </si>
   <si>
     <t>PHYPSO</t>
   </si>
   <si>
     <t>'Candidatus Phytoplasma solani'</t>
   </si>
   <si>
     <t>* Laviña A, Batlle A, Garcia Faraco J, López Herrera CJ (2002) First report of stolbur phytoplasma in wvocado in Spain. Plant Disease 86(6), p 692.
 ------- Isolate found on Persea americana is not confirmed to belong 'Ca. Phytoplasma solani' (only the confirmation that the isolate found on this host plant belongs to the stolbur group is given).</t>
   </si>
@@ -471,50 +471,59 @@
   </si>
   <si>
     <t>Elsinoë perseae</t>
   </si>
   <si>
     <t>* Fan XL, Barreto RW, Groenewald JZ, Bezerra JD, Pereira OL, Cheewangkoon R, Mostert L, Tian CM, Crous PW (2017)  Phylogeny and taxonomy of the scab and spot anthracnose fungus Elsinoë (Myriangiales, Dothideomycetes). Studies in Mycology 87(1), 1-41.
 * Jenkins AE (1934) Sphaceloma perseae the cause of avocado scab. Journal of Agricultural Research 49(10), 859-869.</t>
   </si>
   <si>
     <t>PLTPPA</t>
   </si>
   <si>
     <t>Euplatypus parallelus</t>
   </si>
   <si>
     <t>* Carrillo D, Duncan RE, Pena JE (2012) Ambrosia beetles (Coleoptera: Curculionidae: Scolytinae) that breed in avocado wood in Florida. Florida Entomologist 95(3), 573-579,</t>
   </si>
   <si>
     <t>EURHCO</t>
   </si>
   <si>
     <t>Eurhizococcus colombianus</t>
   </si>
   <si>
     <t>* Kondo T, Muñoz JA (2016) Scale insects (Hemiptera: Coccoidea) associated with avocado crop, Persea americana Mill. (Lauraceae) in Valle del Cauca and neighboring departments of Colombia. Insecta Mundi 0465, 1-24.</t>
+  </si>
+  <si>
+    <t>EUTEOR</t>
+  </si>
+  <si>
+    <t>Eutetranychus orientalis</t>
+  </si>
+  <si>
+    <t>* Ben-David T, Ueckermann E, Gerson U (2013) An annotated list of the spider mites (Acari: Prostigmata: Tetranychidae) of Israel. Israel Journal of Entomology 43, 125-148.</t>
   </si>
   <si>
     <t>XYLBFO</t>
   </si>
   <si>
     <t>Euwallacea fornicatus sensu lato</t>
   </si>
   <si>
     <t>* Eskalen A, Stouthamer R, Lynch SC, Rugman-Jones PF, Twizeyimana M, Gonzalez A, Thibault T (2013) Host range of Fusarium dieback and its ambrosia beetle (Coleoptera: Scolytinae) vector in southern California. Plant Disease 97(7), 938-951.
 * Government of Western Australia. Department of Primary Industries and Regional Development. Polyphagous shot-hole borer (PSHB). Australian Host List (version 24.0 - 2024-09-30). https://www.agric.wa.gov.au/sites/gateway/files/PSHB-WA-Host-List_2.pdf
 ------- Reproductive host in Western Australia.
 * List of Trees Impacted by Polyphagous Shot Hole Borer (PHSB) in South Africa (2019-07) https://polyphagous-shot-hole-borer.co.za/pshb-tree-list-july-2019/
 ------- reproductive host in South Africa
 * University of California. Invasive shot hole borers. ISHB reproductive hosts. https://ucanr.edu/sites/pshb/pest-overview/ishb-reproductive-hosts/ (last accessed 2021-03)
 -------- Reproductive host (infection usually causes branch dieback)
 * van Rooyen E, Paap T, de Beer W, Townsend G, Fell S, Nel WJ, Morgan S, Hill M, Gonzalez A, Roets F (2021) The polyphagous shot hole borer beetle: Current status of a perfect invader in South Africa. South African Journal of Science 117(11/12). https://doi.org/10.17159/sajs.2021/9736
 ------- As Euwallacea fornicatus sensu stricto. Reproductive host in South Africa.</t>
   </si>
   <si>
     <t>EUWAWH</t>
   </si>
   <si>
     <t>Euwallacea fornicatus sensu stricto</t>
   </si>
   <si>
@@ -1400,51 +1409,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:D109"/>
+  <dimension ref="A1:D110"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="16.425" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="10.569" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="50.559" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="395.046" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
@@ -2126,65 +2135,65 @@
     </row>
     <row r="51" spans="1:4">
       <c r="A51" t="s">
         <v>18</v>
       </c>
       <c r="B51" t="s">
         <v>148</v>
       </c>
       <c r="C51" t="s">
         <v>149</v>
       </c>
       <c r="D51" t="s">
         <v>150</v>
       </c>
     </row>
     <row r="52" spans="1:4">
       <c r="A52" t="s">
         <v>18</v>
       </c>
       <c r="B52" t="s">
         <v>151</v>
       </c>
       <c r="C52" t="s">
         <v>152</v>
       </c>
-      <c r="D52"/>
+      <c r="D52" t="s">
+        <v>153</v>
+      </c>
     </row>
     <row r="53" spans="1:4">
       <c r="A53" t="s">
         <v>18</v>
       </c>
       <c r="B53" t="s">
-        <v>153</v>
+        <v>154</v>
       </c>
       <c r="C53" t="s">
-        <v>154</v>
-[...1 lines deleted...]
-      <c r="D53" t="s">
         <v>155</v>
       </c>
+      <c r="D53"/>
     </row>
     <row r="54" spans="1:4">
       <c r="A54" t="s">
         <v>18</v>
       </c>
       <c r="B54" t="s">
         <v>156</v>
       </c>
       <c r="C54" t="s">
         <v>157</v>
       </c>
       <c r="D54" t="s">
         <v>158</v>
       </c>
     </row>
     <row r="55" spans="1:4">
       <c r="A55" t="s">
         <v>18</v>
       </c>
       <c r="B55" t="s">
         <v>159</v>
       </c>
       <c r="C55" t="s">
         <v>160</v>
       </c>
@@ -2237,106 +2246,106 @@
     <row r="59" spans="1:4">
       <c r="A59" t="s">
         <v>18</v>
       </c>
       <c r="B59" t="s">
         <v>171</v>
       </c>
       <c r="C59" t="s">
         <v>172</v>
       </c>
       <c r="D59" t="s">
         <v>173</v>
       </c>
     </row>
     <row r="60" spans="1:4">
       <c r="A60" t="s">
         <v>18</v>
       </c>
       <c r="B60" t="s">
         <v>174</v>
       </c>
       <c r="C60" t="s">
         <v>175</v>
       </c>
       <c r="D60" t="s">
-        <v>173</v>
+        <v>176</v>
       </c>
     </row>
     <row r="61" spans="1:4">
       <c r="A61" t="s">
         <v>18</v>
       </c>
       <c r="B61" t="s">
+        <v>177</v>
+      </c>
+      <c r="C61" t="s">
+        <v>178</v>
+      </c>
+      <c r="D61" t="s">
         <v>176</v>
-      </c>
-[...4 lines deleted...]
-        <v>178</v>
       </c>
     </row>
     <row r="62" spans="1:4">
       <c r="A62" t="s">
         <v>18</v>
       </c>
       <c r="B62" t="s">
         <v>179</v>
       </c>
       <c r="C62" t="s">
         <v>180</v>
       </c>
       <c r="D62" t="s">
         <v>181</v>
       </c>
     </row>
     <row r="63" spans="1:4">
       <c r="A63" t="s">
         <v>18</v>
       </c>
       <c r="B63" t="s">
         <v>182</v>
       </c>
       <c r="C63" t="s">
         <v>183</v>
       </c>
-      <c r="D63"/>
+      <c r="D63" t="s">
+        <v>184</v>
+      </c>
     </row>
     <row r="64" spans="1:4">
       <c r="A64" t="s">
         <v>18</v>
       </c>
       <c r="B64" t="s">
-        <v>184</v>
+        <v>185</v>
       </c>
       <c r="C64" t="s">
-        <v>185</v>
-[...1 lines deleted...]
-      <c r="D64" t="s">
         <v>186</v>
       </c>
+      <c r="D64"/>
     </row>
     <row r="65" spans="1:4">
       <c r="A65" t="s">
         <v>18</v>
       </c>
       <c r="B65" t="s">
         <v>187</v>
       </c>
       <c r="C65" t="s">
         <v>188</v>
       </c>
       <c r="D65" t="s">
         <v>189</v>
       </c>
     </row>
     <row r="66" spans="1:4">
       <c r="A66" t="s">
         <v>18</v>
       </c>
       <c r="B66" t="s">
         <v>190</v>
       </c>
       <c r="C66" t="s">
         <v>191</v>
       </c>
@@ -2360,91 +2369,91 @@
     </row>
     <row r="68" spans="1:4">
       <c r="A68" t="s">
         <v>18</v>
       </c>
       <c r="B68" t="s">
         <v>196</v>
       </c>
       <c r="C68" t="s">
         <v>197</v>
       </c>
       <c r="D68" t="s">
         <v>198</v>
       </c>
     </row>
     <row r="69" spans="1:4">
       <c r="A69" t="s">
         <v>18</v>
       </c>
       <c r="B69" t="s">
         <v>199</v>
       </c>
       <c r="C69" t="s">
         <v>200</v>
       </c>
-      <c r="D69"/>
+      <c r="D69" t="s">
+        <v>201</v>
+      </c>
     </row>
     <row r="70" spans="1:4">
       <c r="A70" t="s">
         <v>18</v>
       </c>
       <c r="B70" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="C70" t="s">
-        <v>202</v>
-[...1 lines deleted...]
-      <c r="D70" t="s">
         <v>203</v>
       </c>
+      <c r="D70"/>
     </row>
     <row r="71" spans="1:4">
       <c r="A71" t="s">
         <v>18</v>
       </c>
       <c r="B71" t="s">
         <v>204</v>
       </c>
       <c r="C71" t="s">
         <v>205</v>
       </c>
-      <c r="D71"/>
+      <c r="D71" t="s">
+        <v>206</v>
+      </c>
     </row>
     <row r="72" spans="1:4">
       <c r="A72" t="s">
         <v>18</v>
       </c>
       <c r="B72" t="s">
-        <v>206</v>
+        <v>207</v>
       </c>
       <c r="C72" t="s">
-        <v>207</v>
-[...1 lines deleted...]
-      <c r="D72" t="s">
         <v>208</v>
       </c>
+      <c r="D72"/>
     </row>
     <row r="73" spans="1:4">
       <c r="A73" t="s">
         <v>18</v>
       </c>
       <c r="B73" t="s">
         <v>209</v>
       </c>
       <c r="C73" t="s">
         <v>210</v>
       </c>
       <c r="D73" t="s">
         <v>211</v>
       </c>
     </row>
     <row r="74" spans="1:4">
       <c r="A74" t="s">
         <v>18</v>
       </c>
       <c r="B74" t="s">
         <v>212</v>
       </c>
       <c r="C74" t="s">
         <v>213</v>
       </c>
@@ -2566,385 +2575,399 @@
     </row>
     <row r="83" spans="1:4">
       <c r="A83" t="s">
         <v>18</v>
       </c>
       <c r="B83" t="s">
         <v>239</v>
       </c>
       <c r="C83" t="s">
         <v>240</v>
       </c>
       <c r="D83" t="s">
         <v>241</v>
       </c>
     </row>
     <row r="84" spans="1:4">
       <c r="A84" t="s">
         <v>18</v>
       </c>
       <c r="B84" t="s">
         <v>242</v>
       </c>
       <c r="C84" t="s">
         <v>243</v>
       </c>
-      <c r="D84"/>
+      <c r="D84" t="s">
+        <v>244</v>
+      </c>
     </row>
     <row r="85" spans="1:4">
       <c r="A85" t="s">
         <v>18</v>
       </c>
       <c r="B85" t="s">
-        <v>244</v>
+        <v>245</v>
       </c>
       <c r="C85" t="s">
-        <v>245</v>
+        <v>246</v>
       </c>
       <c r="D85"/>
     </row>
     <row r="86" spans="1:4">
       <c r="A86" t="s">
         <v>18</v>
       </c>
       <c r="B86" t="s">
-        <v>246</v>
+        <v>247</v>
       </c>
       <c r="C86" t="s">
-        <v>247</v>
-[...1 lines deleted...]
-      <c r="D86" t="s">
         <v>248</v>
       </c>
+      <c r="D86"/>
     </row>
     <row r="87" spans="1:4">
       <c r="A87" t="s">
         <v>18</v>
       </c>
       <c r="B87" t="s">
         <v>249</v>
       </c>
       <c r="C87" t="s">
         <v>250</v>
       </c>
       <c r="D87" t="s">
         <v>251</v>
       </c>
     </row>
     <row r="88" spans="1:4">
       <c r="A88" t="s">
         <v>18</v>
       </c>
       <c r="B88" t="s">
         <v>252</v>
       </c>
       <c r="C88" t="s">
         <v>253</v>
       </c>
       <c r="D88" t="s">
         <v>254</v>
       </c>
     </row>
     <row r="89" spans="1:4">
       <c r="A89" t="s">
         <v>18</v>
       </c>
       <c r="B89" t="s">
         <v>255</v>
       </c>
       <c r="C89" t="s">
         <v>256</v>
       </c>
-      <c r="D89"/>
+      <c r="D89" t="s">
+        <v>257</v>
+      </c>
     </row>
     <row r="90" spans="1:4">
       <c r="A90" t="s">
         <v>18</v>
       </c>
       <c r="B90" t="s">
-        <v>257</v>
+        <v>258</v>
       </c>
       <c r="C90" t="s">
-        <v>258</v>
+        <v>259</v>
       </c>
       <c r="D90"/>
     </row>
     <row r="91" spans="1:4">
       <c r="A91" t="s">
-        <v>259</v>
+        <v>18</v>
       </c>
       <c r="B91" t="s">
         <v>260</v>
       </c>
       <c r="C91" t="s">
         <v>261</v>
       </c>
       <c r="D91"/>
     </row>
     <row r="92" spans="1:4">
       <c r="A92" t="s">
-        <v>259</v>
+        <v>262</v>
       </c>
       <c r="B92" t="s">
-        <v>262</v>
+        <v>263</v>
       </c>
       <c r="C92" t="s">
-        <v>263</v>
-[...1 lines deleted...]
-      <c r="D92" t="s">
         <v>264</v>
       </c>
+      <c r="D92"/>
     </row>
     <row r="93" spans="1:4">
       <c r="A93" t="s">
-        <v>259</v>
+        <v>262</v>
       </c>
       <c r="B93" t="s">
         <v>265</v>
       </c>
       <c r="C93" t="s">
         <v>266</v>
       </c>
       <c r="D93" t="s">
         <v>267</v>
       </c>
     </row>
     <row r="94" spans="1:4">
       <c r="A94" t="s">
-        <v>259</v>
+        <v>262</v>
       </c>
       <c r="B94" t="s">
         <v>268</v>
       </c>
       <c r="C94" t="s">
         <v>269</v>
       </c>
       <c r="D94" t="s">
         <v>270</v>
       </c>
     </row>
     <row r="95" spans="1:4">
       <c r="A95" t="s">
-        <v>259</v>
+        <v>262</v>
       </c>
       <c r="B95" t="s">
         <v>271</v>
       </c>
       <c r="C95" t="s">
         <v>272</v>
       </c>
       <c r="D95" t="s">
         <v>273</v>
       </c>
     </row>
     <row r="96" spans="1:4">
       <c r="A96" t="s">
-        <v>259</v>
+        <v>262</v>
       </c>
       <c r="B96" t="s">
         <v>274</v>
       </c>
       <c r="C96" t="s">
         <v>275</v>
       </c>
       <c r="D96" t="s">
         <v>276</v>
       </c>
     </row>
     <row r="97" spans="1:4">
       <c r="A97" t="s">
-        <v>259</v>
+        <v>262</v>
       </c>
       <c r="B97" t="s">
         <v>277</v>
       </c>
       <c r="C97" t="s">
         <v>278</v>
       </c>
       <c r="D97" t="s">
         <v>279</v>
       </c>
     </row>
     <row r="98" spans="1:4">
       <c r="A98" t="s">
-        <v>259</v>
+        <v>262</v>
       </c>
       <c r="B98" t="s">
         <v>280</v>
       </c>
       <c r="C98" t="s">
         <v>281</v>
       </c>
       <c r="D98" t="s">
         <v>282</v>
       </c>
     </row>
     <row r="99" spans="1:4">
       <c r="A99" t="s">
-        <v>259</v>
+        <v>262</v>
       </c>
       <c r="B99" t="s">
         <v>283</v>
       </c>
       <c r="C99" t="s">
         <v>284</v>
       </c>
       <c r="D99" t="s">
         <v>285</v>
       </c>
     </row>
     <row r="100" spans="1:4">
       <c r="A100" t="s">
-        <v>259</v>
+        <v>262</v>
       </c>
       <c r="B100" t="s">
         <v>286</v>
       </c>
       <c r="C100" t="s">
         <v>287</v>
       </c>
       <c r="D100" t="s">
         <v>288</v>
       </c>
     </row>
     <row r="101" spans="1:4">
       <c r="A101" t="s">
-        <v>259</v>
+        <v>262</v>
       </c>
       <c r="B101" t="s">
         <v>289</v>
       </c>
       <c r="C101" t="s">
         <v>290</v>
       </c>
-      <c r="D101"/>
+      <c r="D101" t="s">
+        <v>291</v>
+      </c>
     </row>
     <row r="102" spans="1:4">
       <c r="A102" t="s">
-        <v>259</v>
+        <v>262</v>
       </c>
       <c r="B102" t="s">
-        <v>291</v>
+        <v>292</v>
       </c>
       <c r="C102" t="s">
-        <v>292</v>
-[...1 lines deleted...]
-      <c r="D102" t="s">
         <v>293</v>
       </c>
+      <c r="D102"/>
     </row>
     <row r="103" spans="1:4">
       <c r="A103" t="s">
-        <v>259</v>
+        <v>262</v>
       </c>
       <c r="B103" t="s">
         <v>294</v>
       </c>
       <c r="C103" t="s">
         <v>295</v>
       </c>
       <c r="D103" t="s">
         <v>296</v>
       </c>
     </row>
     <row r="104" spans="1:4">
       <c r="A104" t="s">
-        <v>259</v>
+        <v>262</v>
       </c>
       <c r="B104" t="s">
         <v>297</v>
       </c>
       <c r="C104" t="s">
         <v>298</v>
       </c>
       <c r="D104" t="s">
         <v>299</v>
       </c>
     </row>
     <row r="105" spans="1:4">
       <c r="A105" t="s">
-        <v>259</v>
+        <v>262</v>
       </c>
       <c r="B105" t="s">
         <v>300</v>
       </c>
       <c r="C105" t="s">
         <v>301</v>
       </c>
-      <c r="D105"/>
+      <c r="D105" t="s">
+        <v>302</v>
+      </c>
     </row>
     <row r="106" spans="1:4">
       <c r="A106" t="s">
-        <v>259</v>
+        <v>262</v>
       </c>
       <c r="B106" t="s">
-        <v>302</v>
+        <v>303</v>
       </c>
       <c r="C106" t="s">
-        <v>303</v>
-[...1 lines deleted...]
-      <c r="D106" t="s">
         <v>304</v>
       </c>
+      <c r="D106"/>
     </row>
     <row r="107" spans="1:4">
       <c r="A107" t="s">
-        <v>259</v>
+        <v>262</v>
       </c>
       <c r="B107" t="s">
         <v>305</v>
       </c>
       <c r="C107" t="s">
         <v>306</v>
       </c>
       <c r="D107" t="s">
         <v>307</v>
       </c>
     </row>
     <row r="108" spans="1:4">
       <c r="A108" t="s">
-        <v>259</v>
+        <v>262</v>
       </c>
       <c r="B108" t="s">
         <v>308</v>
       </c>
       <c r="C108" t="s">
         <v>309</v>
       </c>
-      <c r="D108"/>
+      <c r="D108" t="s">
+        <v>310</v>
+      </c>
     </row>
     <row r="109" spans="1:4">
       <c r="A109" t="s">
-        <v>259</v>
+        <v>262</v>
       </c>
       <c r="B109" t="s">
-        <v>310</v>
+        <v>311</v>
       </c>
       <c r="C109" t="s">
-        <v>311</v>
+        <v>312</v>
       </c>
       <c r="D109"/>
+    </row>
+    <row r="110" spans="1:4">
+      <c r="A110" t="s">
+        <v>262</v>
+      </c>
+      <c r="B110" t="s">
+        <v>313</v>
+      </c>
+      <c r="C110" t="s">
+        <v>314</v>
+      </c>
+      <c r="D110"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>