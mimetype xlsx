--- v2 (2025-12-15)
+++ v3 (2026-02-14)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="PEBAM" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="315">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="317">
   <si>
     <t>type</t>
   </si>
   <si>
     <t>EPPOCode</t>
   </si>
   <si>
     <t>Pref_name</t>
   </si>
   <si>
     <t>References</t>
   </si>
   <si>
     <t>Doubtful host</t>
   </si>
   <si>
     <t>PHYPSO</t>
   </si>
   <si>
     <t>'Candidatus Phytoplasma solani'</t>
   </si>
   <si>
     <t>* Laviña A, Batlle A, Garcia Faraco J, López Herrera CJ (2002) First report of stolbur phytoplasma in wvocado in Spain. Plant Disease 86(6), p 692.
 ------- Isolate found on Persea americana is not confirmed to belong 'Ca. Phytoplasma solani' (only the confirmation that the isolate found on this host plant belongs to the stolbur group is given).</t>
   </si>
@@ -721,50 +721,53 @@
   </si>
   <si>
     <t>PAPMV0</t>
   </si>
   <si>
     <t>Potexvirus papayae</t>
   </si>
   <si>
     <t>PRDILO</t>
   </si>
   <si>
     <t>Prodiplosis longifila</t>
   </si>
   <si>
     <t>* Dhileepan K, Neser S, Rumiz D, Raman A, Sharma A (2017) Host associations of gall-inducing Prodiplosis longifila (Diptera: Cecidomyiidae) from Bolivia: Implications for its use as a biological control agent for Jatropha gossypiifolia (Euphorbiaceae). Florida Entomologist, 100(4), 777-786.
 * Diaz-Silva F (2011) [Agroecological aspects for the integrated management of Prodiplosis longifila Gagné in the irrigation of Chavimochic]. Escuela de Ciencias Biológicas, Universidad de Trujillo, Trujillo, PERU (in Spanish).
 * Valarezo O, Cañarte E, Navarrete B, Arias M (2003) [Prodiplosis longifila (Diptera: Cecidomyiidae) main tomato pest in Ecuador.] Manual 51, INIAP, Ecuador. (in Spanish)</t>
   </si>
   <si>
     <t>RADOSI</t>
   </si>
   <si>
     <t>Radopholus similis</t>
   </si>
   <si>
+    <t>* O'Bannon JH (1977) Worldwide dissemination of Radopholus similis and its importance in crop production. Journal of nematology.9(1), 16-25</t>
+  </si>
+  <si>
     <t>RADOCI</t>
   </si>
   <si>
     <t>Radopholus similis citrus race</t>
   </si>
   <si>
     <t xml:space="preserve">* Brooks TL (1954) Host Range of the Burrowing Nematode Internationally and in Florida. Proceedings of the Florida State Horticultural Society 67, 81-82.
 * DuCharme EP, Suit RF (1953) Nematodes associated with avocado roots in citrus spreading decline areas. Plant Disease Reporter 37(8), 427-428.
 </t>
   </si>
   <si>
     <t>SCITAU</t>
   </si>
   <si>
     <t>Scirtothrips aurantii</t>
   </si>
   <si>
     <t>* Bara GT, Laing MD (2019) Determination of the natural host status of avocado fruit to pestiferous thrips (Thysanoptera: Thripidae) in KwaZulu-Natal, South Africa. African Entomology, 27(1), 245-253 https://doi.org/10.4001/003.027.0245
 ------- confirmed host
 * NPPO of Portugal (2024) Lista de vegetais hospedeiros de Scirtothrips aurantii Faure.  https://www.dgav.pt/wp-content/uploads/2024/03/Lista-de-hospedeiros-S.aurantii_marco24.pdf</t>
   </si>
   <si>
     <t>SCITDO</t>
   </si>
   <si>
@@ -901,50 +904,53 @@
   </si>
   <si>
     <t>* Nel WJ, De Beer ZW, Wingfield MJ, Duong TA (2020) The granulate ambrosia beetle, Xylosandrus crassiusculus (Coleoptera: Curculionidae, Scolytinae), and its fungal symbiont found in South Africa. Zootaxa, 4838(3), 427–435. https://doi.org/10.11646/zootaxa.4838.3.7
 ------- confirmed host in South Africa.</t>
   </si>
   <si>
     <t>ZAPRIN</t>
   </si>
   <si>
     <t>Zaprionus indianus</t>
   </si>
   <si>
     <t>ZEUZCO</t>
   </si>
   <si>
     <t>Zeuzera coffeae</t>
   </si>
   <si>
     <t>Major host</t>
   </si>
   <si>
     <t>ALTRTR</t>
   </si>
   <si>
     <t>Aleurothrixus trachoides</t>
+  </si>
+  <si>
+    <t>* Evans GA (2007) The whiteflies (Hemiptera: Aleyrodidae) of the world and their host plants and natural enemies. USDA/Animal Plant Health Inspection Service (APHIS). http://keys.lucidcentral.org/keys/v3/whitefly/PDF_PwP%20ETC/world-whitefly-catalog-Evans.pdf</t>
   </si>
   <si>
     <t>AMBPLU</t>
   </si>
   <si>
     <t>Amblypelta lutescens</t>
   </si>
   <si>
     <t>* Lindsay KR, Zalucki MP, Newton IR, Furlong MJ (2019) Spatial and Temporal Dynamics of the Native Banana-Spotting Bug, Amblypelta lutescens lutescens (Hemiptera: Coreidae), in Avocado Crops in North Queensland, Australia, Journal of Economic Entomology 112(4), 1812–1820. https://doi.org/10.1093/jee/toz084
 ------- confirmed host</t>
   </si>
   <si>
     <t>ASBVD0</t>
   </si>
   <si>
     <t>Avsunviroid albamaculaperseae</t>
   </si>
   <si>
     <t>* De la Torre R, Téliz-Ortiz D, Pallas V, Sanchez-Navarro JA (2009) First report of Avocado sun blotch viroid in avocado from Michoacan México. Plant Disease 93(2), p 202.</t>
   </si>
   <si>
     <t>CONHAG</t>
   </si>
   <si>
     <t>Conotrachelus aguacatae</t>
@@ -2409,563 +2415,567 @@
     </row>
     <row r="71" spans="1:4">
       <c r="A71" t="s">
         <v>18</v>
       </c>
       <c r="B71" t="s">
         <v>204</v>
       </c>
       <c r="C71" t="s">
         <v>205</v>
       </c>
       <c r="D71" t="s">
         <v>206</v>
       </c>
     </row>
     <row r="72" spans="1:4">
       <c r="A72" t="s">
         <v>18</v>
       </c>
       <c r="B72" t="s">
         <v>207</v>
       </c>
       <c r="C72" t="s">
         <v>208</v>
       </c>
-      <c r="D72"/>
+      <c r="D72" t="s">
+        <v>209</v>
+      </c>
     </row>
     <row r="73" spans="1:4">
       <c r="A73" t="s">
         <v>18</v>
       </c>
       <c r="B73" t="s">
-        <v>209</v>
+        <v>210</v>
       </c>
       <c r="C73" t="s">
-        <v>210</v>
+        <v>211</v>
       </c>
       <c r="D73" t="s">
-        <v>211</v>
+        <v>212</v>
       </c>
     </row>
     <row r="74" spans="1:4">
       <c r="A74" t="s">
         <v>18</v>
       </c>
       <c r="B74" t="s">
-        <v>212</v>
+        <v>213</v>
       </c>
       <c r="C74" t="s">
-        <v>213</v>
+        <v>214</v>
       </c>
       <c r="D74" t="s">
-        <v>214</v>
+        <v>215</v>
       </c>
     </row>
     <row r="75" spans="1:4">
       <c r="A75" t="s">
         <v>18</v>
       </c>
       <c r="B75" t="s">
-        <v>215</v>
+        <v>216</v>
       </c>
       <c r="C75" t="s">
-        <v>216</v>
+        <v>217</v>
       </c>
       <c r="D75" t="s">
-        <v>217</v>
+        <v>218</v>
       </c>
     </row>
     <row r="76" spans="1:4">
       <c r="A76" t="s">
         <v>18</v>
       </c>
       <c r="B76" t="s">
-        <v>218</v>
+        <v>219</v>
       </c>
       <c r="C76" t="s">
-        <v>219</v>
+        <v>220</v>
       </c>
       <c r="D76" t="s">
-        <v>220</v>
+        <v>221</v>
       </c>
     </row>
     <row r="77" spans="1:4">
       <c r="A77" t="s">
         <v>18</v>
       </c>
       <c r="B77" t="s">
-        <v>221</v>
+        <v>222</v>
       </c>
       <c r="C77" t="s">
-        <v>222</v>
+        <v>223</v>
       </c>
       <c r="D77" t="s">
-        <v>223</v>
+        <v>224</v>
       </c>
     </row>
     <row r="78" spans="1:4">
       <c r="A78" t="s">
         <v>18</v>
       </c>
       <c r="B78" t="s">
-        <v>224</v>
+        <v>225</v>
       </c>
       <c r="C78" t="s">
-        <v>225</v>
+        <v>226</v>
       </c>
       <c r="D78" t="s">
-        <v>226</v>
+        <v>227</v>
       </c>
     </row>
     <row r="79" spans="1:4">
       <c r="A79" t="s">
         <v>18</v>
       </c>
       <c r="B79" t="s">
-        <v>227</v>
+        <v>228</v>
       </c>
       <c r="C79" t="s">
-        <v>228</v>
+        <v>229</v>
       </c>
       <c r="D79" t="s">
-        <v>229</v>
+        <v>230</v>
       </c>
     </row>
     <row r="80" spans="1:4">
       <c r="A80" t="s">
         <v>18</v>
       </c>
       <c r="B80" t="s">
-        <v>230</v>
+        <v>231</v>
       </c>
       <c r="C80" t="s">
-        <v>231</v>
+        <v>232</v>
       </c>
       <c r="D80" t="s">
-        <v>232</v>
+        <v>233</v>
       </c>
     </row>
     <row r="81" spans="1:4">
       <c r="A81" t="s">
         <v>18</v>
       </c>
       <c r="B81" t="s">
-        <v>233</v>
+        <v>234</v>
       </c>
       <c r="C81" t="s">
-        <v>234</v>
+        <v>235</v>
       </c>
       <c r="D81" t="s">
-        <v>235</v>
+        <v>236</v>
       </c>
     </row>
     <row r="82" spans="1:4">
       <c r="A82" t="s">
         <v>18</v>
       </c>
       <c r="B82" t="s">
-        <v>236</v>
+        <v>237</v>
       </c>
       <c r="C82" t="s">
-        <v>237</v>
+        <v>238</v>
       </c>
       <c r="D82" t="s">
-        <v>238</v>
+        <v>239</v>
       </c>
     </row>
     <row r="83" spans="1:4">
       <c r="A83" t="s">
         <v>18</v>
       </c>
       <c r="B83" t="s">
-        <v>239</v>
+        <v>240</v>
       </c>
       <c r="C83" t="s">
-        <v>240</v>
+        <v>241</v>
       </c>
       <c r="D83" t="s">
-        <v>241</v>
+        <v>242</v>
       </c>
     </row>
     <row r="84" spans="1:4">
       <c r="A84" t="s">
         <v>18</v>
       </c>
       <c r="B84" t="s">
-        <v>242</v>
+        <v>243</v>
       </c>
       <c r="C84" t="s">
-        <v>243</v>
+        <v>244</v>
       </c>
       <c r="D84" t="s">
-        <v>244</v>
+        <v>245</v>
       </c>
     </row>
     <row r="85" spans="1:4">
       <c r="A85" t="s">
         <v>18</v>
       </c>
       <c r="B85" t="s">
-        <v>245</v>
+        <v>246</v>
       </c>
       <c r="C85" t="s">
-        <v>246</v>
+        <v>247</v>
       </c>
       <c r="D85"/>
     </row>
     <row r="86" spans="1:4">
       <c r="A86" t="s">
         <v>18</v>
       </c>
       <c r="B86" t="s">
-        <v>247</v>
+        <v>248</v>
       </c>
       <c r="C86" t="s">
-        <v>248</v>
+        <v>249</v>
       </c>
       <c r="D86"/>
     </row>
     <row r="87" spans="1:4">
       <c r="A87" t="s">
         <v>18</v>
       </c>
       <c r="B87" t="s">
-        <v>249</v>
+        <v>250</v>
       </c>
       <c r="C87" t="s">
-        <v>250</v>
+        <v>251</v>
       </c>
       <c r="D87" t="s">
-        <v>251</v>
+        <v>252</v>
       </c>
     </row>
     <row r="88" spans="1:4">
       <c r="A88" t="s">
         <v>18</v>
       </c>
       <c r="B88" t="s">
-        <v>252</v>
+        <v>253</v>
       </c>
       <c r="C88" t="s">
-        <v>253</v>
+        <v>254</v>
       </c>
       <c r="D88" t="s">
-        <v>254</v>
+        <v>255</v>
       </c>
     </row>
     <row r="89" spans="1:4">
       <c r="A89" t="s">
         <v>18</v>
       </c>
       <c r="B89" t="s">
-        <v>255</v>
+        <v>256</v>
       </c>
       <c r="C89" t="s">
-        <v>256</v>
+        <v>257</v>
       </c>
       <c r="D89" t="s">
-        <v>257</v>
+        <v>258</v>
       </c>
     </row>
     <row r="90" spans="1:4">
       <c r="A90" t="s">
         <v>18</v>
       </c>
       <c r="B90" t="s">
-        <v>258</v>
+        <v>259</v>
       </c>
       <c r="C90" t="s">
-        <v>259</v>
+        <v>260</v>
       </c>
       <c r="D90"/>
     </row>
     <row r="91" spans="1:4">
       <c r="A91" t="s">
         <v>18</v>
       </c>
       <c r="B91" t="s">
-        <v>260</v>
+        <v>261</v>
       </c>
       <c r="C91" t="s">
-        <v>261</v>
+        <v>262</v>
       </c>
       <c r="D91"/>
     </row>
     <row r="92" spans="1:4">
       <c r="A92" t="s">
-        <v>262</v>
+        <v>263</v>
       </c>
       <c r="B92" t="s">
-        <v>263</v>
+        <v>264</v>
       </c>
       <c r="C92" t="s">
-        <v>264</v>
-[...1 lines deleted...]
-      <c r="D92"/>
+        <v>265</v>
+      </c>
+      <c r="D92" t="s">
+        <v>266</v>
+      </c>
     </row>
     <row r="93" spans="1:4">
       <c r="A93" t="s">
-        <v>262</v>
+        <v>263</v>
       </c>
       <c r="B93" t="s">
-        <v>265</v>
+        <v>267</v>
       </c>
       <c r="C93" t="s">
-        <v>266</v>
+        <v>268</v>
       </c>
       <c r="D93" t="s">
-        <v>267</v>
+        <v>269</v>
       </c>
     </row>
     <row r="94" spans="1:4">
       <c r="A94" t="s">
-        <v>262</v>
+        <v>263</v>
       </c>
       <c r="B94" t="s">
-        <v>268</v>
+        <v>270</v>
       </c>
       <c r="C94" t="s">
-        <v>269</v>
+        <v>271</v>
       </c>
       <c r="D94" t="s">
-        <v>270</v>
+        <v>272</v>
       </c>
     </row>
     <row r="95" spans="1:4">
       <c r="A95" t="s">
-        <v>262</v>
+        <v>263</v>
       </c>
       <c r="B95" t="s">
-        <v>271</v>
+        <v>273</v>
       </c>
       <c r="C95" t="s">
-        <v>272</v>
+        <v>274</v>
       </c>
       <c r="D95" t="s">
-        <v>273</v>
+        <v>275</v>
       </c>
     </row>
     <row r="96" spans="1:4">
       <c r="A96" t="s">
-        <v>262</v>
+        <v>263</v>
       </c>
       <c r="B96" t="s">
-        <v>274</v>
+        <v>276</v>
       </c>
       <c r="C96" t="s">
-        <v>275</v>
+        <v>277</v>
       </c>
       <c r="D96" t="s">
-        <v>276</v>
+        <v>278</v>
       </c>
     </row>
     <row r="97" spans="1:4">
       <c r="A97" t="s">
-        <v>262</v>
+        <v>263</v>
       </c>
       <c r="B97" t="s">
-        <v>277</v>
+        <v>279</v>
       </c>
       <c r="C97" t="s">
-        <v>278</v>
+        <v>280</v>
       </c>
       <c r="D97" t="s">
-        <v>279</v>
+        <v>281</v>
       </c>
     </row>
     <row r="98" spans="1:4">
       <c r="A98" t="s">
-        <v>262</v>
+        <v>263</v>
       </c>
       <c r="B98" t="s">
-        <v>280</v>
+        <v>282</v>
       </c>
       <c r="C98" t="s">
-        <v>281</v>
+        <v>283</v>
       </c>
       <c r="D98" t="s">
-        <v>282</v>
+        <v>284</v>
       </c>
     </row>
     <row r="99" spans="1:4">
       <c r="A99" t="s">
-        <v>262</v>
+        <v>263</v>
       </c>
       <c r="B99" t="s">
-        <v>283</v>
+        <v>285</v>
       </c>
       <c r="C99" t="s">
-        <v>284</v>
+        <v>286</v>
       </c>
       <c r="D99" t="s">
-        <v>285</v>
+        <v>287</v>
       </c>
     </row>
     <row r="100" spans="1:4">
       <c r="A100" t="s">
-        <v>262</v>
+        <v>263</v>
       </c>
       <c r="B100" t="s">
-        <v>286</v>
+        <v>288</v>
       </c>
       <c r="C100" t="s">
-        <v>287</v>
+        <v>289</v>
       </c>
       <c r="D100" t="s">
-        <v>288</v>
+        <v>290</v>
       </c>
     </row>
     <row r="101" spans="1:4">
       <c r="A101" t="s">
-        <v>262</v>
+        <v>263</v>
       </c>
       <c r="B101" t="s">
-        <v>289</v>
+        <v>291</v>
       </c>
       <c r="C101" t="s">
-        <v>290</v>
+        <v>292</v>
       </c>
       <c r="D101" t="s">
-        <v>291</v>
+        <v>293</v>
       </c>
     </row>
     <row r="102" spans="1:4">
       <c r="A102" t="s">
-        <v>262</v>
+        <v>263</v>
       </c>
       <c r="B102" t="s">
-        <v>292</v>
+        <v>294</v>
       </c>
       <c r="C102" t="s">
-        <v>293</v>
+        <v>295</v>
       </c>
       <c r="D102"/>
     </row>
     <row r="103" spans="1:4">
       <c r="A103" t="s">
-        <v>262</v>
+        <v>263</v>
       </c>
       <c r="B103" t="s">
-        <v>294</v>
+        <v>296</v>
       </c>
       <c r="C103" t="s">
-        <v>295</v>
+        <v>297</v>
       </c>
       <c r="D103" t="s">
-        <v>296</v>
+        <v>298</v>
       </c>
     </row>
     <row r="104" spans="1:4">
       <c r="A104" t="s">
-        <v>262</v>
+        <v>263</v>
       </c>
       <c r="B104" t="s">
-        <v>297</v>
+        <v>299</v>
       </c>
       <c r="C104" t="s">
-        <v>298</v>
+        <v>300</v>
       </c>
       <c r="D104" t="s">
-        <v>299</v>
+        <v>301</v>
       </c>
     </row>
     <row r="105" spans="1:4">
       <c r="A105" t="s">
-        <v>262</v>
+        <v>263</v>
       </c>
       <c r="B105" t="s">
-        <v>300</v>
+        <v>302</v>
       </c>
       <c r="C105" t="s">
-        <v>301</v>
+        <v>303</v>
       </c>
       <c r="D105" t="s">
-        <v>302</v>
+        <v>304</v>
       </c>
     </row>
     <row r="106" spans="1:4">
       <c r="A106" t="s">
-        <v>262</v>
+        <v>263</v>
       </c>
       <c r="B106" t="s">
-        <v>303</v>
+        <v>305</v>
       </c>
       <c r="C106" t="s">
-        <v>304</v>
+        <v>306</v>
       </c>
       <c r="D106"/>
     </row>
     <row r="107" spans="1:4">
       <c r="A107" t="s">
-        <v>262</v>
+        <v>263</v>
       </c>
       <c r="B107" t="s">
-        <v>305</v>
+        <v>307</v>
       </c>
       <c r="C107" t="s">
-        <v>306</v>
+        <v>308</v>
       </c>
       <c r="D107" t="s">
-        <v>307</v>
+        <v>309</v>
       </c>
     </row>
     <row r="108" spans="1:4">
       <c r="A108" t="s">
-        <v>262</v>
+        <v>263</v>
       </c>
       <c r="B108" t="s">
-        <v>308</v>
+        <v>310</v>
       </c>
       <c r="C108" t="s">
-        <v>309</v>
+        <v>311</v>
       </c>
       <c r="D108" t="s">
-        <v>310</v>
+        <v>312</v>
       </c>
     </row>
     <row r="109" spans="1:4">
       <c r="A109" t="s">
-        <v>262</v>
+        <v>263</v>
       </c>
       <c r="B109" t="s">
-        <v>311</v>
+        <v>313</v>
       </c>
       <c r="C109" t="s">
-        <v>312</v>
+        <v>314</v>
       </c>
       <c r="D109"/>
     </row>
     <row r="110" spans="1:4">
       <c r="A110" t="s">
-        <v>262</v>
+        <v>263</v>
       </c>
       <c r="B110" t="s">
-        <v>313</v>
+        <v>315</v>
       </c>
       <c r="C110" t="s">
-        <v>314</v>
+        <v>316</v>
       </c>
       <c r="D110"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>