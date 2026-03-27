--- v3 (2026-02-14)
+++ v4 (2026-03-27)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="PEBAM" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="317">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="321">
   <si>
     <t>type</t>
   </si>
   <si>
     <t>EPPOCode</t>
   </si>
   <si>
     <t>Pref_name</t>
   </si>
   <si>
     <t>References</t>
   </si>
   <si>
     <t>Doubtful host</t>
   </si>
   <si>
     <t>PHYPSO</t>
   </si>
   <si>
     <t>'Candidatus Phytoplasma solani'</t>
   </si>
   <si>
     <t>* Laviña A, Batlle A, Garcia Faraco J, López Herrera CJ (2002) First report of stolbur phytoplasma in wvocado in Spain. Plant Disease 86(6), p 692.
 ------- Isolate found on Persea americana is not confirmed to belong 'Ca. Phytoplasma solani' (only the confirmation that the isolate found on this host plant belongs to the stolbur group is given).</t>
   </si>
@@ -608,90 +608,102 @@
   <si>
     <t>* Chang LWH, Miller CE (1996) Pathway Risk Assessment: Pink mealybug from the Caribbean. Animal and Plant Health Inspection Service, U.S. Dept. of Agriculture 61 pp.</t>
   </si>
   <si>
     <t>PLTPMU</t>
   </si>
   <si>
     <t>Megaplatypus mutatus</t>
   </si>
   <si>
     <t>* Costilla MA, Venditti ME (1992) [Importance and control of taladrillo Platypus sulcatus (Coleoptera: Platypodidae), pest of citrus and avocado]. Revista Industrial y Agrícola de Tucumán 69(1-2), 163-166 (in Spanish).</t>
   </si>
   <si>
     <t>NAUPXA</t>
   </si>
   <si>
     <t>Naupactus xanthographus</t>
   </si>
   <si>
     <t>* González (1989) Insectos y acaros de importancia agricola y cuarentenaria en Chile. Universidad de Chile: 310 pp
 ------- confirmed host (as palto)
 * Lanteri A, del Río MG (2017) Naupactus xanthographus (Germar) species group (Curculionidae: Entiminae: Naupactini): a comprehensive taxonomic treatment. Journal of Natural History 51, 27-28.
 * Luppichini B P, Isla F, Henriquez IU, Olivares N, Fernando PY, Alvarez (2013) Manejo del Burrito de la vid, Naupactus xanthographus (Germar) y otros curculiónidos asociados a vides</t>
   </si>
   <si>
+    <t>NPESRS</t>
+  </si>
+  <si>
+    <t>Neopestalotiopsis rosae</t>
+  </si>
+  <si>
+    <t>* Fiorenza A, Gusella G, Aiello D, Polizzi G, Voglmayr H (2022) Neopestalotiopsis siciliana sp. nov. and N. rosae causing stem lesion and dieback on avocado plants in Italy. Journal of Fungi. 8 (6), 562. https://doi.org/10.3390/jof8060562</t>
+  </si>
+  <si>
     <t>NSILGL</t>
   </si>
   <si>
     <t>Neosilba glaberrima</t>
   </si>
   <si>
     <t>* Martins de Almeida LB, Coelho JB, Uchoa MA, Gisloti LJ (2019) Diversity of Fruit Flies (Diptera: Tephritoidea) and Their Host Plants in a Conservation Unit from Midwestern Brazil. Florida Entomologist, 102(3), 562-570. https://doi.org/10.1653/024.102.0333
 ------- confirmed host</t>
   </si>
   <si>
     <t>NSILZA</t>
   </si>
   <si>
     <t>Neosilba zadolicha</t>
   </si>
   <si>
     <t>OEMOHI</t>
   </si>
   <si>
     <t>Oemona hirta</t>
   </si>
   <si>
     <t>* Plant-SyNZ. Landcare Research (NZ). Host plants of a herbivore -Oemona hirta. http://plant-synz.landcareresearch.co.nz/index.asp). Last accessed 2021-06.</t>
   </si>
   <si>
     <t>OLIGPU</t>
   </si>
   <si>
     <t>Oligonychus punicae</t>
   </si>
   <si>
     <t>* Bolland HR, Gutierrez J, Flechtmann CH (1988) World catalogue of the spider mite family (Acari: Tetranychidae). Brill, 392 pp.
 * Gutierrez J,  Etienne J (1986) Les Tetranychidae de l'île de la Réunion et quelques-uns de leurs prédateurs. Agronomie Tropicale 41(1), 84-91.
 * Migeon A, Dorkeld F (2024) Spider Mites Web: a comprehensive database for the Tetranychidae.  https://www1.montpellier.inrae.fr/CBGP/spmweb</t>
   </si>
   <si>
     <t>SAISNI</t>
   </si>
   <si>
     <t>Parasaissetia nigra</t>
+  </si>
+  <si>
+    <t>* Beltran-Moreno M, Llacctas A, Huanca J, Evans G (2025)﻿ A survey of scale insects (Hemiptera, Coccoidea) on avocados, olives, and grapes in the Peruvian region of Arequipa. ZooKeys 1257, 91–125.</t>
   </si>
   <si>
     <t>PETHBE</t>
   </si>
   <si>
     <t>Penthimiola bella</t>
   </si>
   <si>
     <t xml:space="preserve">* Dupont FMAS, Dennill GB (1996) An ecological study of the damage done to avocado fruits by citrus leafhopper Penthimiola bella (Cicadellidae) and coconut bug Pseudotheraptus wayi (Coreidae) in South Africa. International Journal of Pest Management 42(2), 107-112 </t>
   </si>
   <si>
     <t>PHMPOM</t>
   </si>
   <si>
     <t>Phymatotrichopsis omnivora</t>
   </si>
   <si>
     <t>* Anonymous (1960) Index of Plant Diseases in the United States. Agriculture Handbook no 165, USDA-ARS (US) 531 pp.</t>
   </si>
   <si>
     <t>PLAAST</t>
   </si>
   <si>
     <t>Platynota stultana</t>
   </si>
@@ -1415,51 +1427,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:D110"/>
+  <dimension ref="A1:D111"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="16.425" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="10.569" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="50.559" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="395.046" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
@@ -2266,718 +2278,734 @@
     <row r="60" spans="1:4">
       <c r="A60" t="s">
         <v>18</v>
       </c>
       <c r="B60" t="s">
         <v>174</v>
       </c>
       <c r="C60" t="s">
         <v>175</v>
       </c>
       <c r="D60" t="s">
         <v>176</v>
       </c>
     </row>
     <row r="61" spans="1:4">
       <c r="A61" t="s">
         <v>18</v>
       </c>
       <c r="B61" t="s">
         <v>177</v>
       </c>
       <c r="C61" t="s">
         <v>178</v>
       </c>
       <c r="D61" t="s">
-        <v>176</v>
+        <v>179</v>
       </c>
     </row>
     <row r="62" spans="1:4">
       <c r="A62" t="s">
         <v>18</v>
       </c>
       <c r="B62" t="s">
+        <v>180</v>
+      </c>
+      <c r="C62" t="s">
+        <v>181</v>
+      </c>
+      <c r="D62" t="s">
         <v>179</v>
-      </c>
-[...4 lines deleted...]
-        <v>181</v>
       </c>
     </row>
     <row r="63" spans="1:4">
       <c r="A63" t="s">
         <v>18</v>
       </c>
       <c r="B63" t="s">
         <v>182</v>
       </c>
       <c r="C63" t="s">
         <v>183</v>
       </c>
       <c r="D63" t="s">
         <v>184</v>
       </c>
     </row>
     <row r="64" spans="1:4">
       <c r="A64" t="s">
         <v>18</v>
       </c>
       <c r="B64" t="s">
         <v>185</v>
       </c>
       <c r="C64" t="s">
         <v>186</v>
       </c>
-      <c r="D64"/>
+      <c r="D64" t="s">
+        <v>187</v>
+      </c>
     </row>
     <row r="65" spans="1:4">
       <c r="A65" t="s">
         <v>18</v>
       </c>
       <c r="B65" t="s">
-        <v>187</v>
+        <v>188</v>
       </c>
       <c r="C65" t="s">
-        <v>188</v>
+        <v>189</v>
       </c>
       <c r="D65" t="s">
-        <v>189</v>
+        <v>190</v>
       </c>
     </row>
     <row r="66" spans="1:4">
       <c r="A66" t="s">
         <v>18</v>
       </c>
       <c r="B66" t="s">
-        <v>190</v>
+        <v>191</v>
       </c>
       <c r="C66" t="s">
-        <v>191</v>
+        <v>192</v>
       </c>
       <c r="D66" t="s">
-        <v>192</v>
+        <v>193</v>
       </c>
     </row>
     <row r="67" spans="1:4">
       <c r="A67" t="s">
         <v>18</v>
       </c>
       <c r="B67" t="s">
-        <v>193</v>
+        <v>194</v>
       </c>
       <c r="C67" t="s">
-        <v>194</v>
+        <v>195</v>
       </c>
       <c r="D67" t="s">
-        <v>195</v>
+        <v>196</v>
       </c>
     </row>
     <row r="68" spans="1:4">
       <c r="A68" t="s">
         <v>18</v>
       </c>
       <c r="B68" t="s">
-        <v>196</v>
+        <v>197</v>
       </c>
       <c r="C68" t="s">
-        <v>197</v>
+        <v>198</v>
       </c>
       <c r="D68" t="s">
-        <v>198</v>
+        <v>199</v>
       </c>
     </row>
     <row r="69" spans="1:4">
       <c r="A69" t="s">
         <v>18</v>
       </c>
       <c r="B69" t="s">
-        <v>199</v>
+        <v>200</v>
       </c>
       <c r="C69" t="s">
-        <v>200</v>
+        <v>201</v>
       </c>
       <c r="D69" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
     </row>
     <row r="70" spans="1:4">
       <c r="A70" t="s">
         <v>18</v>
       </c>
       <c r="B70" t="s">
-        <v>202</v>
+        <v>203</v>
       </c>
       <c r="C70" t="s">
-        <v>203</v>
-[...1 lines deleted...]
-      <c r="D70"/>
+        <v>204</v>
+      </c>
+      <c r="D70" t="s">
+        <v>205</v>
+      </c>
     </row>
     <row r="71" spans="1:4">
       <c r="A71" t="s">
         <v>18</v>
       </c>
       <c r="B71" t="s">
-        <v>204</v>
+        <v>206</v>
       </c>
       <c r="C71" t="s">
-        <v>205</v>
-[...3 lines deleted...]
-      </c>
+        <v>207</v>
+      </c>
+      <c r="D71"/>
     </row>
     <row r="72" spans="1:4">
       <c r="A72" t="s">
         <v>18</v>
       </c>
       <c r="B72" t="s">
-        <v>207</v>
+        <v>208</v>
       </c>
       <c r="C72" t="s">
-        <v>208</v>
+        <v>209</v>
       </c>
       <c r="D72" t="s">
-        <v>209</v>
+        <v>210</v>
       </c>
     </row>
     <row r="73" spans="1:4">
       <c r="A73" t="s">
         <v>18</v>
       </c>
       <c r="B73" t="s">
-        <v>210</v>
+        <v>211</v>
       </c>
       <c r="C73" t="s">
-        <v>211</v>
+        <v>212</v>
       </c>
       <c r="D73" t="s">
-        <v>212</v>
+        <v>213</v>
       </c>
     </row>
     <row r="74" spans="1:4">
       <c r="A74" t="s">
         <v>18</v>
       </c>
       <c r="B74" t="s">
-        <v>213</v>
+        <v>214</v>
       </c>
       <c r="C74" t="s">
-        <v>214</v>
+        <v>215</v>
       </c>
       <c r="D74" t="s">
-        <v>215</v>
+        <v>216</v>
       </c>
     </row>
     <row r="75" spans="1:4">
       <c r="A75" t="s">
         <v>18</v>
       </c>
       <c r="B75" t="s">
-        <v>216</v>
+        <v>217</v>
       </c>
       <c r="C75" t="s">
-        <v>217</v>
+        <v>218</v>
       </c>
       <c r="D75" t="s">
-        <v>218</v>
+        <v>219</v>
       </c>
     </row>
     <row r="76" spans="1:4">
       <c r="A76" t="s">
         <v>18</v>
       </c>
       <c r="B76" t="s">
-        <v>219</v>
+        <v>220</v>
       </c>
       <c r="C76" t="s">
-        <v>220</v>
+        <v>221</v>
       </c>
       <c r="D76" t="s">
-        <v>221</v>
+        <v>222</v>
       </c>
     </row>
     <row r="77" spans="1:4">
       <c r="A77" t="s">
         <v>18</v>
       </c>
       <c r="B77" t="s">
-        <v>222</v>
+        <v>223</v>
       </c>
       <c r="C77" t="s">
-        <v>223</v>
+        <v>224</v>
       </c>
       <c r="D77" t="s">
-        <v>224</v>
+        <v>225</v>
       </c>
     </row>
     <row r="78" spans="1:4">
       <c r="A78" t="s">
         <v>18</v>
       </c>
       <c r="B78" t="s">
-        <v>225</v>
+        <v>226</v>
       </c>
       <c r="C78" t="s">
-        <v>226</v>
+        <v>227</v>
       </c>
       <c r="D78" t="s">
-        <v>227</v>
+        <v>228</v>
       </c>
     </row>
     <row r="79" spans="1:4">
       <c r="A79" t="s">
         <v>18</v>
       </c>
       <c r="B79" t="s">
-        <v>228</v>
+        <v>229</v>
       </c>
       <c r="C79" t="s">
-        <v>229</v>
+        <v>230</v>
       </c>
       <c r="D79" t="s">
-        <v>230</v>
+        <v>231</v>
       </c>
     </row>
     <row r="80" spans="1:4">
       <c r="A80" t="s">
         <v>18</v>
       </c>
       <c r="B80" t="s">
-        <v>231</v>
+        <v>232</v>
       </c>
       <c r="C80" t="s">
-        <v>232</v>
+        <v>233</v>
       </c>
       <c r="D80" t="s">
-        <v>233</v>
+        <v>234</v>
       </c>
     </row>
     <row r="81" spans="1:4">
       <c r="A81" t="s">
         <v>18</v>
       </c>
       <c r="B81" t="s">
-        <v>234</v>
+        <v>235</v>
       </c>
       <c r="C81" t="s">
-        <v>235</v>
+        <v>236</v>
       </c>
       <c r="D81" t="s">
-        <v>236</v>
+        <v>237</v>
       </c>
     </row>
     <row r="82" spans="1:4">
       <c r="A82" t="s">
         <v>18</v>
       </c>
       <c r="B82" t="s">
-        <v>237</v>
+        <v>238</v>
       </c>
       <c r="C82" t="s">
-        <v>238</v>
+        <v>239</v>
       </c>
       <c r="D82" t="s">
-        <v>239</v>
+        <v>240</v>
       </c>
     </row>
     <row r="83" spans="1:4">
       <c r="A83" t="s">
         <v>18</v>
       </c>
       <c r="B83" t="s">
-        <v>240</v>
+        <v>241</v>
       </c>
       <c r="C83" t="s">
-        <v>241</v>
+        <v>242</v>
       </c>
       <c r="D83" t="s">
-        <v>242</v>
+        <v>243</v>
       </c>
     </row>
     <row r="84" spans="1:4">
       <c r="A84" t="s">
         <v>18</v>
       </c>
       <c r="B84" t="s">
-        <v>243</v>
+        <v>244</v>
       </c>
       <c r="C84" t="s">
-        <v>244</v>
+        <v>245</v>
       </c>
       <c r="D84" t="s">
-        <v>245</v>
+        <v>246</v>
       </c>
     </row>
     <row r="85" spans="1:4">
       <c r="A85" t="s">
         <v>18</v>
       </c>
       <c r="B85" t="s">
-        <v>246</v>
+        <v>247</v>
       </c>
       <c r="C85" t="s">
-        <v>247</v>
-[...1 lines deleted...]
-      <c r="D85"/>
+        <v>248</v>
+      </c>
+      <c r="D85" t="s">
+        <v>249</v>
+      </c>
     </row>
     <row r="86" spans="1:4">
       <c r="A86" t="s">
         <v>18</v>
       </c>
       <c r="B86" t="s">
-        <v>248</v>
+        <v>250</v>
       </c>
       <c r="C86" t="s">
-        <v>249</v>
+        <v>251</v>
       </c>
       <c r="D86"/>
     </row>
     <row r="87" spans="1:4">
       <c r="A87" t="s">
         <v>18</v>
       </c>
       <c r="B87" t="s">
-        <v>250</v>
+        <v>252</v>
       </c>
       <c r="C87" t="s">
-        <v>251</v>
-[...3 lines deleted...]
-      </c>
+        <v>253</v>
+      </c>
+      <c r="D87"/>
     </row>
     <row r="88" spans="1:4">
       <c r="A88" t="s">
         <v>18</v>
       </c>
       <c r="B88" t="s">
-        <v>253</v>
+        <v>254</v>
       </c>
       <c r="C88" t="s">
-        <v>254</v>
+        <v>255</v>
       </c>
       <c r="D88" t="s">
-        <v>255</v>
+        <v>256</v>
       </c>
     </row>
     <row r="89" spans="1:4">
       <c r="A89" t="s">
         <v>18</v>
       </c>
       <c r="B89" t="s">
-        <v>256</v>
+        <v>257</v>
       </c>
       <c r="C89" t="s">
-        <v>257</v>
+        <v>258</v>
       </c>
       <c r="D89" t="s">
-        <v>258</v>
+        <v>259</v>
       </c>
     </row>
     <row r="90" spans="1:4">
       <c r="A90" t="s">
         <v>18</v>
       </c>
       <c r="B90" t="s">
-        <v>259</v>
+        <v>260</v>
       </c>
       <c r="C90" t="s">
-        <v>260</v>
-[...1 lines deleted...]
-      <c r="D90"/>
+        <v>261</v>
+      </c>
+      <c r="D90" t="s">
+        <v>262</v>
+      </c>
     </row>
     <row r="91" spans="1:4">
       <c r="A91" t="s">
         <v>18</v>
       </c>
       <c r="B91" t="s">
-        <v>261</v>
+        <v>263</v>
       </c>
       <c r="C91" t="s">
-        <v>262</v>
+        <v>264</v>
       </c>
       <c r="D91"/>
     </row>
     <row r="92" spans="1:4">
       <c r="A92" t="s">
-        <v>263</v>
+        <v>18</v>
       </c>
       <c r="B92" t="s">
-        <v>264</v>
+        <v>265</v>
       </c>
       <c r="C92" t="s">
-        <v>265</v>
-[...1 lines deleted...]
-      <c r="D92" t="s">
         <v>266</v>
       </c>
+      <c r="D92"/>
     </row>
     <row r="93" spans="1:4">
       <c r="A93" t="s">
-        <v>263</v>
+        <v>267</v>
       </c>
       <c r="B93" t="s">
-        <v>267</v>
+        <v>268</v>
       </c>
       <c r="C93" t="s">
-        <v>268</v>
+        <v>269</v>
       </c>
       <c r="D93" t="s">
-        <v>269</v>
+        <v>270</v>
       </c>
     </row>
     <row r="94" spans="1:4">
       <c r="A94" t="s">
-        <v>263</v>
+        <v>267</v>
       </c>
       <c r="B94" t="s">
-        <v>270</v>
+        <v>271</v>
       </c>
       <c r="C94" t="s">
-        <v>271</v>
+        <v>272</v>
       </c>
       <c r="D94" t="s">
-        <v>272</v>
+        <v>273</v>
       </c>
     </row>
     <row r="95" spans="1:4">
       <c r="A95" t="s">
-        <v>263</v>
+        <v>267</v>
       </c>
       <c r="B95" t="s">
-        <v>273</v>
+        <v>274</v>
       </c>
       <c r="C95" t="s">
-        <v>274</v>
+        <v>275</v>
       </c>
       <c r="D95" t="s">
-        <v>275</v>
+        <v>276</v>
       </c>
     </row>
     <row r="96" spans="1:4">
       <c r="A96" t="s">
-        <v>263</v>
+        <v>267</v>
       </c>
       <c r="B96" t="s">
-        <v>276</v>
+        <v>277</v>
       </c>
       <c r="C96" t="s">
-        <v>277</v>
+        <v>278</v>
       </c>
       <c r="D96" t="s">
-        <v>278</v>
+        <v>279</v>
       </c>
     </row>
     <row r="97" spans="1:4">
       <c r="A97" t="s">
-        <v>263</v>
+        <v>267</v>
       </c>
       <c r="B97" t="s">
-        <v>279</v>
+        <v>280</v>
       </c>
       <c r="C97" t="s">
-        <v>280</v>
+        <v>281</v>
       </c>
       <c r="D97" t="s">
-        <v>281</v>
+        <v>282</v>
       </c>
     </row>
     <row r="98" spans="1:4">
       <c r="A98" t="s">
-        <v>263</v>
+        <v>267</v>
       </c>
       <c r="B98" t="s">
-        <v>282</v>
+        <v>283</v>
       </c>
       <c r="C98" t="s">
-        <v>283</v>
+        <v>284</v>
       </c>
       <c r="D98" t="s">
-        <v>284</v>
+        <v>285</v>
       </c>
     </row>
     <row r="99" spans="1:4">
       <c r="A99" t="s">
-        <v>263</v>
+        <v>267</v>
       </c>
       <c r="B99" t="s">
-        <v>285</v>
+        <v>286</v>
       </c>
       <c r="C99" t="s">
-        <v>286</v>
+        <v>287</v>
       </c>
       <c r="D99" t="s">
-        <v>287</v>
+        <v>288</v>
       </c>
     </row>
     <row r="100" spans="1:4">
       <c r="A100" t="s">
-        <v>263</v>
+        <v>267</v>
       </c>
       <c r="B100" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
       <c r="C100" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="D100" t="s">
-        <v>290</v>
+        <v>291</v>
       </c>
     </row>
     <row r="101" spans="1:4">
       <c r="A101" t="s">
-        <v>263</v>
+        <v>267</v>
       </c>
       <c r="B101" t="s">
-        <v>291</v>
+        <v>292</v>
       </c>
       <c r="C101" t="s">
-        <v>292</v>
+        <v>293</v>
       </c>
       <c r="D101" t="s">
-        <v>293</v>
+        <v>294</v>
       </c>
     </row>
     <row r="102" spans="1:4">
       <c r="A102" t="s">
-        <v>263</v>
+        <v>267</v>
       </c>
       <c r="B102" t="s">
-        <v>294</v>
+        <v>295</v>
       </c>
       <c r="C102" t="s">
-        <v>295</v>
-[...1 lines deleted...]
-      <c r="D102"/>
+        <v>296</v>
+      </c>
+      <c r="D102" t="s">
+        <v>297</v>
+      </c>
     </row>
     <row r="103" spans="1:4">
       <c r="A103" t="s">
-        <v>263</v>
+        <v>267</v>
       </c>
       <c r="B103" t="s">
-        <v>296</v>
+        <v>298</v>
       </c>
       <c r="C103" t="s">
-        <v>297</v>
-[...3 lines deleted...]
-      </c>
+        <v>299</v>
+      </c>
+      <c r="D103"/>
     </row>
     <row r="104" spans="1:4">
       <c r="A104" t="s">
-        <v>263</v>
+        <v>267</v>
       </c>
       <c r="B104" t="s">
-        <v>299</v>
+        <v>300</v>
       </c>
       <c r="C104" t="s">
-        <v>300</v>
+        <v>301</v>
       </c>
       <c r="D104" t="s">
-        <v>301</v>
+        <v>302</v>
       </c>
     </row>
     <row r="105" spans="1:4">
       <c r="A105" t="s">
-        <v>263</v>
+        <v>267</v>
       </c>
       <c r="B105" t="s">
-        <v>302</v>
+        <v>303</v>
       </c>
       <c r="C105" t="s">
-        <v>303</v>
+        <v>304</v>
       </c>
       <c r="D105" t="s">
-        <v>304</v>
+        <v>305</v>
       </c>
     </row>
     <row r="106" spans="1:4">
       <c r="A106" t="s">
-        <v>263</v>
+        <v>267</v>
       </c>
       <c r="B106" t="s">
-        <v>305</v>
+        <v>306</v>
       </c>
       <c r="C106" t="s">
-        <v>306</v>
-[...1 lines deleted...]
-      <c r="D106"/>
+        <v>307</v>
+      </c>
+      <c r="D106" t="s">
+        <v>308</v>
+      </c>
     </row>
     <row r="107" spans="1:4">
       <c r="A107" t="s">
-        <v>263</v>
+        <v>267</v>
       </c>
       <c r="B107" t="s">
-        <v>307</v>
+        <v>309</v>
       </c>
       <c r="C107" t="s">
-        <v>308</v>
-[...3 lines deleted...]
-      </c>
+        <v>310</v>
+      </c>
+      <c r="D107"/>
     </row>
     <row r="108" spans="1:4">
       <c r="A108" t="s">
-        <v>263</v>
+        <v>267</v>
       </c>
       <c r="B108" t="s">
-        <v>310</v>
+        <v>311</v>
       </c>
       <c r="C108" t="s">
-        <v>311</v>
+        <v>312</v>
       </c>
       <c r="D108" t="s">
-        <v>312</v>
+        <v>313</v>
       </c>
     </row>
     <row r="109" spans="1:4">
       <c r="A109" t="s">
-        <v>263</v>
+        <v>267</v>
       </c>
       <c r="B109" t="s">
-        <v>313</v>
+        <v>314</v>
       </c>
       <c r="C109" t="s">
-        <v>314</v>
-[...1 lines deleted...]
-      <c r="D109"/>
+        <v>315</v>
+      </c>
+      <c r="D109" t="s">
+        <v>316</v>
+      </c>
     </row>
     <row r="110" spans="1:4">
       <c r="A110" t="s">
-        <v>263</v>
+        <v>267</v>
       </c>
       <c r="B110" t="s">
-        <v>315</v>
+        <v>317</v>
       </c>
       <c r="C110" t="s">
-        <v>316</v>
+        <v>318</v>
       </c>
       <c r="D110"/>
+    </row>
+    <row r="111" spans="1:4">
+      <c r="A111" t="s">
+        <v>267</v>
+      </c>
+      <c r="B111" t="s">
+        <v>319</v>
+      </c>
+      <c r="C111" t="s">
+        <v>320</v>
+      </c>
+      <c r="D111"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>