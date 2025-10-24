--- v0 (2025-10-04)
+++ v1 (2025-10-24)
@@ -347,51 +347,51 @@
               <w:t xml:space="preserve">Prunus virus 5</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> American mosaic of peach, mosaic of peach</w:t>
             </w:r>
-            <w:hyperlink r:id="rId393868e101d14c51b" w:history="1">
+            <w:hyperlink r:id="rId664168fc108c8aecf" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -407,51 +407,51 @@
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 Quarantine pest (Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId425968e101d14c584" w:history="1">
+            <w:hyperlink r:id="rId389168fc108c8af44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -1662,63 +1662,63 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">There are no records of PcMV outside North America.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="81024238" name="name178768e101d14dba8" descr="PCMV00_distribution_map.jpg"/>
+            <wp:docPr id="18083653" name="name349168fc108c8ce05" descr="PCMV00_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="PCMV00_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId136068e101d14dba5" cstate="print"/>
+                    <a:blip r:embed="rId999168fc108c8ce02" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -3051,51 +3051,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">42</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1225-1228. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId950968e101d14e6c7" w:history="1">
+      <w:hyperlink r:id="rId547968fc108c8e55c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://babel.hathitrust.org/cgi/pt?id=uc1.31210002702445&amp;seq=1233</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3121,51 +3121,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">164</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 2617-2620. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId367868e101d14e740" w:history="1">
+      <w:hyperlink r:id="rId353768fc108c8e5f1" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/s00705-019-04358-y</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3191,51 +3191,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">67</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 315-323. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId209968e101d14e7b2" w:history="1">
+      <w:hyperlink r:id="rId481068fc108c8e66b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.17660/ActaHortic.1976.67.41</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3261,51 +3261,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">193</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 51-57. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId308668e101d14e825" w:history="1">
+      <w:hyperlink r:id="rId856268fc108c8e6e6" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/ 10.17660/ActaHortic.1986.193.6</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3400,51 +3400,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">17</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, e05735. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId890168e101d14e909" w:history="1">
+      <w:hyperlink r:id="rId739068fc108c8e7d5" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2019.5735</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3470,51 +3470,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">31</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 463-478. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId397968e101d14e97c" w:history="1">
+      <w:hyperlink r:id="rId577468fc108c8e84d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.2001.tb01028.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3580,51 +3580,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">52</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 354-386. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId815868e101d14ea2c" w:history="1">
+      <w:hyperlink r:id="rId197268fc108c8e923" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.12771</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3708,51 +3708,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">235</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, pp. 325-332. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId982468e101d14ec3f" w:history="1">
+      <w:hyperlink r:id="rId705968fc108c8ef4a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.17660/ActaHortic.1989.235.47</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3796,51 +3796,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">141</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 109-118. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId622868e101d14ecd4" w:history="1">
+      <w:hyperlink r:id="rId127268fc108c8eff1" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1016/0923-2516(90)90060-V</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3886,51 +3886,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">82</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1371-1374. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId120468e101d14ed65" w:history="1">
+      <w:hyperlink r:id="rId528868fc108c8f6af" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PDIS.1998.82.12.1371</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3956,51 +3956,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">82</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 905-908. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId800768e101d14edd5" w:history="1">
+      <w:hyperlink r:id="rId804868fc108c8f74a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PDIS.1998.82.8.905</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4017,101 +4017,101 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Science </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">76</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 123. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId240068e101d14ee39" w:history="1">
+      <w:hyperlink r:id="rId485268fc108c8fbaf" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.science.org/doi/10.1126/science.76.1962.123.a</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">James D &amp; Howell WE (1998) Isolation and partial characterization of a filamentous virus associated with peach mosaic disease. Plant Disease </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">82</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 909-913. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId617768e101d14ee8d" w:history="1">
+      <w:hyperlink r:id="rId982768fc108c8fe1a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PDIS.1998.82.8.909</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4137,51 +4137,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">83</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 103-111. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId368968e101d14eefd" w:history="1">
+      <w:hyperlink r:id="rId979668fc108c8fec8" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1016/s0166-0934(99)00112-3</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4207,51 +4207,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">96</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 137-144. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId709668e101d14ef6e" w:history="1">
+      <w:hyperlink r:id="rId237568fc108c8ff4c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PHYTO-96-0137</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4297,51 +4297,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">63</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1551-1552. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId298368e101d14effe" w:history="1">
+      <w:hyperlink r:id="rId990668fc108c8ffe9" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1093/jee/63.5.1551</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4481,51 +4481,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">472</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 277-280. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId634168e101d14f13d" w:history="1">
+      <w:hyperlink r:id="rId450068fc108c907a5" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.17660/ActaHortic.1998.472.31</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4571,51 +4571,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">79</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 186-189. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId464568e101d14f1e3" w:history="1">
+      <w:hyperlink r:id="rId812968fc108c90b17" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PD-79-0186</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4795,51 +4795,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">39</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 889-892. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId361868e101d14f353" w:history="1">
+      <w:hyperlink r:id="rId615268fc108c91813" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://babel.hathitrust.org/cgi/pt?id=mdp.39015001262420&amp;seq=895</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -4905,51 +4905,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Trichovirus persicae</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId882168e101d14f40e" w:history="1">
+      <w:hyperlink r:id="rId387968fc108c91bf8" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -5121,88 +5121,88 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">8</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), 6 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId704468e101d14f562" w:history="1">
+      <w:hyperlink r:id="rId574268fc108c928b4" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.1978.tb02761.x</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="95059759" name="name482968e101d14f5cb" descr="eu_funding_250.png"/>
+            <wp:docPr id="16958850" name="name748668fc108c9295c" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId742868e101d14f5ca" cstate="print"/>
+                    <a:blip r:embed="rId191468fc108c9295a" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -5300,137 +5300,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="63696916">
+  <w:abstractNum w:abstractNumId="20877406">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="38718012">
+    <w:lvl w:ilvl="0" w:tplc="18365930">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="38718012" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="18365930" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="38718012" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="18365930" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="38718012" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="18365930" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="38718012" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="18365930" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="38718012" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="18365930" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="38718012" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="18365930" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="38718012" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="18365930" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="38718012" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="18365930" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="63696915">
+  <w:abstractNum w:abstractNumId="20877405">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="97978553">
+    <w:lvl w:ilvl="0" w:tplc="78007566">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -6182,55 +6182,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="63696915">
-    <w:abstractNumId w:val="63696915"/>
+  <w:num w:numId="20877405">
+    <w:abstractNumId w:val="20877405"/>
   </w:num>
-  <w:num w:numId="63696916">
-    <w:abstractNumId w:val="63696916"/>
+  <w:num w:numId="20877406">
+    <w:abstractNumId w:val="20877406"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -17780,51 +17780,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId692314984" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId390936641" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId393868e101d14c51b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PCMV00/" TargetMode="External"/><Relationship Id="rId425968e101d14c584" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PCMV00/categorization" TargetMode="External"/><Relationship Id="rId950968e101d14e6c7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://babel.hathitrust.org/cgi/pt?id=uc1.31210002702445&amp;seq=1233" TargetMode="External"/><Relationship Id="rId367868e101d14e740" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s00705-019-04358-y" TargetMode="External"/><Relationship Id="rId209968e101d14e7b2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.17660/ActaHortic.1976.67.41" TargetMode="External"/><Relationship Id="rId308668e101d14e825" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/%2010.17660/ActaHortic.1986.193.6" TargetMode="External"/><Relationship Id="rId890168e101d14e909" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2019.5735" TargetMode="External"/><Relationship Id="rId397968e101d14e97c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.2001.tb01028.x" TargetMode="External"/><Relationship Id="rId815868e101d14ea2c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12771" TargetMode="External"/><Relationship Id="rId982468e101d14ec3f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://%20https%3A/doi.org/10.17660/ActaHortic.1989.235.47" TargetMode="External"/><Relationship Id="rId622868e101d14ecd4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/0923-2516(90)90060-V" TargetMode="External"/><Relationship Id="rId120468e101d14ed65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS.1998.82.12.1371" TargetMode="External"/><Relationship Id="rId800768e101d14edd5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS.1998.82.8.905" TargetMode="External"/><Relationship Id="rId240068e101d14ee39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.science.org/doi/10.1126/science.76.1962.123.a" TargetMode="External"/><Relationship Id="rId617768e101d14ee8d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS.1998.82.8.909" TargetMode="External"/><Relationship Id="rId368968e101d14eefd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/s0166-0934(99)00112-3" TargetMode="External"/><Relationship Id="rId709668e101d14ef6e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHYTO-96-0137" TargetMode="External"/><Relationship Id="rId298368e101d14effe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1093/jee/63.5.1551" TargetMode="External"/><Relationship Id="rId634168e101d14f13d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.17660/ActaHortic.1998.472.31" TargetMode="External"/><Relationship Id="rId464568e101d14f1e3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PD-79-0186" TargetMode="External"/><Relationship Id="rId361868e101d14f353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://babel.hathitrust.org/cgi/pt?id=mdp.39015001262420&amp;seq=895" TargetMode="External"/><Relationship Id="rId882168e101d14f40e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId704468e101d14f562" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1978.tb02761.x" TargetMode="External"/><Relationship Id="rId136068e101d14dba5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId136068e101d14dba5.jpg"/><Relationship Id="rId742868e101d14f5ca" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId742868e101d14f5ca.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId602797651" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId353922808" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId664168fc108c8aecf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PCMV00/" TargetMode="External"/><Relationship Id="rId389168fc108c8af44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PCMV00/categorization" TargetMode="External"/><Relationship Id="rId547968fc108c8e55c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://babel.hathitrust.org/cgi/pt?id=uc1.31210002702445&amp;seq=1233" TargetMode="External"/><Relationship Id="rId353768fc108c8e5f1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s00705-019-04358-y" TargetMode="External"/><Relationship Id="rId481068fc108c8e66b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.17660/ActaHortic.1976.67.41" TargetMode="External"/><Relationship Id="rId856268fc108c8e6e6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/%2010.17660/ActaHortic.1986.193.6" TargetMode="External"/><Relationship Id="rId739068fc108c8e7d5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2019.5735" TargetMode="External"/><Relationship Id="rId577468fc108c8e84d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.2001.tb01028.x" TargetMode="External"/><Relationship Id="rId197268fc108c8e923" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12771" TargetMode="External"/><Relationship Id="rId705968fc108c8ef4a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://%20https%3A/doi.org/10.17660/ActaHortic.1989.235.47" TargetMode="External"/><Relationship Id="rId127268fc108c8eff1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/0923-2516(90)90060-V" TargetMode="External"/><Relationship Id="rId528868fc108c8f6af" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS.1998.82.12.1371" TargetMode="External"/><Relationship Id="rId804868fc108c8f74a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS.1998.82.8.905" TargetMode="External"/><Relationship Id="rId485268fc108c8fbaf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.science.org/doi/10.1126/science.76.1962.123.a" TargetMode="External"/><Relationship Id="rId982768fc108c8fe1a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS.1998.82.8.909" TargetMode="External"/><Relationship Id="rId979668fc108c8fec8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/s0166-0934(99)00112-3" TargetMode="External"/><Relationship Id="rId237568fc108c8ff4c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHYTO-96-0137" TargetMode="External"/><Relationship Id="rId990668fc108c8ffe9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1093/jee/63.5.1551" TargetMode="External"/><Relationship Id="rId450068fc108c907a5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.17660/ActaHortic.1998.472.31" TargetMode="External"/><Relationship Id="rId812968fc108c90b17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PD-79-0186" TargetMode="External"/><Relationship Id="rId615268fc108c91813" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://babel.hathitrust.org/cgi/pt?id=mdp.39015001262420&amp;seq=895" TargetMode="External"/><Relationship Id="rId387968fc108c91bf8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId574268fc108c928b4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1978.tb02761.x" TargetMode="External"/><Relationship Id="rId999168fc108c8ce02" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId999168fc108c8ce02.jpg"/><Relationship Id="rId191468fc108c9295a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId191468fc108c9295a.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>