--- v1 (2025-10-24)
+++ v2 (2025-11-15)
@@ -347,51 +347,51 @@
               <w:t xml:space="preserve">Prunus virus 5</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> American mosaic of peach, mosaic of peach</w:t>
             </w:r>
-            <w:hyperlink r:id="rId664168fc108c8aecf" w:history="1">
+            <w:hyperlink r:id="rId45636917d02e62bcf" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -407,51 +407,51 @@
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 Quarantine pest (Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId389168fc108c8af44" w:history="1">
+            <w:hyperlink r:id="rId42306917d02e62c53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -1662,63 +1662,63 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">There are no records of PcMV outside North America.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="18083653" name="name349168fc108c8ce05" descr="PCMV00_distribution_map.jpg"/>
+            <wp:docPr id="67273066" name="name91946917d02e64435" descr="PCMV00_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="PCMV00_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId999168fc108c8ce02" cstate="print"/>
+                    <a:blip r:embed="rId35646917d02e64432" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -3051,51 +3051,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">42</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1225-1228. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId547968fc108c8e55c" w:history="1">
+      <w:hyperlink r:id="rId35646917d02e65116" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://babel.hathitrust.org/cgi/pt?id=uc1.31210002702445&amp;seq=1233</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3121,51 +3121,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">164</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 2617-2620. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId353768fc108c8e5f1" w:history="1">
+      <w:hyperlink r:id="rId84796917d02e65192" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/s00705-019-04358-y</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3191,51 +3191,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">67</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 315-323. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId481068fc108c8e66b" w:history="1">
+      <w:hyperlink r:id="rId30786917d02e65206" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.17660/ActaHortic.1976.67.41</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3261,51 +3261,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">193</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 51-57. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId856268fc108c8e6e6" w:history="1">
+      <w:hyperlink r:id="rId35166917d02e65287" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/ 10.17660/ActaHortic.1986.193.6</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3400,51 +3400,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">17</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, e05735. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId739068fc108c8e7d5" w:history="1">
+      <w:hyperlink r:id="rId34986917d02e65371" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2019.5735</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3470,51 +3470,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">31</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 463-478. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId577468fc108c8e84d" w:history="1">
+      <w:hyperlink r:id="rId13116917d02e653f0" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.2001.tb01028.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3580,51 +3580,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">52</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 354-386. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId197268fc108c8e923" w:history="1">
+      <w:hyperlink r:id="rId24196917d02e654a4" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.12771</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3708,51 +3708,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">235</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, pp. 325-332. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId705968fc108c8ef4a" w:history="1">
+      <w:hyperlink r:id="rId20216917d02e65575" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.17660/ActaHortic.1989.235.47</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3796,51 +3796,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">141</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 109-118. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId127268fc108c8eff1" w:history="1">
+      <w:hyperlink r:id="rId73336917d02e65607" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1016/0923-2516(90)90060-V</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3886,51 +3886,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">82</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1371-1374. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId528868fc108c8f6af" w:history="1">
+      <w:hyperlink r:id="rId78986917d02e65695" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PDIS.1998.82.12.1371</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3956,51 +3956,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">82</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 905-908. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId804868fc108c8f74a" w:history="1">
+      <w:hyperlink r:id="rId69796917d02e65704" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PDIS.1998.82.8.905</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4017,101 +4017,101 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Science </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">76</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 123. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId485268fc108c8fbaf" w:history="1">
+      <w:hyperlink r:id="rId49756917d02e65767" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.science.org/doi/10.1126/science.76.1962.123.a</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">James D &amp; Howell WE (1998) Isolation and partial characterization of a filamentous virus associated with peach mosaic disease. Plant Disease </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">82</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 909-913. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId982768fc108c8fe1a" w:history="1">
+      <w:hyperlink r:id="rId76556917d02e657ba" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PDIS.1998.82.8.909</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4137,51 +4137,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">83</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 103-111. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId979668fc108c8fec8" w:history="1">
+      <w:hyperlink r:id="rId51346917d02e6582a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1016/s0166-0934(99)00112-3</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4207,51 +4207,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">96</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 137-144. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId237568fc108c8ff4c" w:history="1">
+      <w:hyperlink r:id="rId26786917d02e658a4" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PHYTO-96-0137</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4297,51 +4297,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">63</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1551-1552. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId990668fc108c8ffe9" w:history="1">
+      <w:hyperlink r:id="rId84066917d02e65948" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1093/jee/63.5.1551</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4481,51 +4481,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">472</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 277-280. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId450068fc108c907a5" w:history="1">
+      <w:hyperlink r:id="rId35606917d02e65a79" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.17660/ActaHortic.1998.472.31</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4571,51 +4571,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">79</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 186-189. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId812968fc108c90b17" w:history="1">
+      <w:hyperlink r:id="rId92766917d02e65b14" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PD-79-0186</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4795,51 +4795,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">39</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 889-892. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId615268fc108c91813" w:history="1">
+      <w:hyperlink r:id="rId97826917d02e65c7d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://babel.hathitrust.org/cgi/pt?id=mdp.39015001262420&amp;seq=895</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -4905,51 +4905,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Trichovirus persicae</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId387968fc108c91bf8" w:history="1">
+      <w:hyperlink r:id="rId80836917d02e65d34" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -5121,88 +5121,88 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">8</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), 6 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId574268fc108c928b4" w:history="1">
+      <w:hyperlink r:id="rId51146917d02e65e87" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.1978.tb02761.x</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="16958850" name="name748668fc108c9295c" descr="eu_funding_250.png"/>
+            <wp:docPr id="50840189" name="name50606917d02e668a4" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId191468fc108c9295a" cstate="print"/>
+                    <a:blip r:embed="rId14566917d02e668a2" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -5300,137 +5300,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="20877406">
+  <w:abstractNum w:abstractNumId="41032546">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="18365930">
+    <w:lvl w:ilvl="0" w:tplc="35511349">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="18365930" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="35511349" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="18365930" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="35511349" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="18365930" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="35511349" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="18365930" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="35511349" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="18365930" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="35511349" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="18365930" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="35511349" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="18365930" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="35511349" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="18365930" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="35511349" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="20877405">
+  <w:abstractNum w:abstractNumId="41032545">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="78007566">
+    <w:lvl w:ilvl="0" w:tplc="19364167">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -6182,55 +6182,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="20877405">
-    <w:abstractNumId w:val="20877405"/>
+  <w:num w:numId="41032545">
+    <w:abstractNumId w:val="41032545"/>
   </w:num>
-  <w:num w:numId="20877406">
-    <w:abstractNumId w:val="20877406"/>
+  <w:num w:numId="41032546">
+    <w:abstractNumId w:val="41032546"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -17780,51 +17780,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId602797651" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId353922808" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId664168fc108c8aecf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PCMV00/" TargetMode="External"/><Relationship Id="rId389168fc108c8af44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PCMV00/categorization" TargetMode="External"/><Relationship Id="rId547968fc108c8e55c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://babel.hathitrust.org/cgi/pt?id=uc1.31210002702445&amp;seq=1233" TargetMode="External"/><Relationship Id="rId353768fc108c8e5f1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s00705-019-04358-y" TargetMode="External"/><Relationship Id="rId481068fc108c8e66b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.17660/ActaHortic.1976.67.41" TargetMode="External"/><Relationship Id="rId856268fc108c8e6e6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/%2010.17660/ActaHortic.1986.193.6" TargetMode="External"/><Relationship Id="rId739068fc108c8e7d5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2019.5735" TargetMode="External"/><Relationship Id="rId577468fc108c8e84d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.2001.tb01028.x" TargetMode="External"/><Relationship Id="rId197268fc108c8e923" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12771" TargetMode="External"/><Relationship Id="rId705968fc108c8ef4a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://%20https%3A/doi.org/10.17660/ActaHortic.1989.235.47" TargetMode="External"/><Relationship Id="rId127268fc108c8eff1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/0923-2516(90)90060-V" TargetMode="External"/><Relationship Id="rId528868fc108c8f6af" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS.1998.82.12.1371" TargetMode="External"/><Relationship Id="rId804868fc108c8f74a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS.1998.82.8.905" TargetMode="External"/><Relationship Id="rId485268fc108c8fbaf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.science.org/doi/10.1126/science.76.1962.123.a" TargetMode="External"/><Relationship Id="rId982768fc108c8fe1a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS.1998.82.8.909" TargetMode="External"/><Relationship Id="rId979668fc108c8fec8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/s0166-0934(99)00112-3" TargetMode="External"/><Relationship Id="rId237568fc108c8ff4c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHYTO-96-0137" TargetMode="External"/><Relationship Id="rId990668fc108c8ffe9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1093/jee/63.5.1551" TargetMode="External"/><Relationship Id="rId450068fc108c907a5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.17660/ActaHortic.1998.472.31" TargetMode="External"/><Relationship Id="rId812968fc108c90b17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PD-79-0186" TargetMode="External"/><Relationship Id="rId615268fc108c91813" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://babel.hathitrust.org/cgi/pt?id=mdp.39015001262420&amp;seq=895" TargetMode="External"/><Relationship Id="rId387968fc108c91bf8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId574268fc108c928b4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1978.tb02761.x" TargetMode="External"/><Relationship Id="rId999168fc108c8ce02" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId999168fc108c8ce02.jpg"/><Relationship Id="rId191468fc108c9295a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId191468fc108c9295a.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId219082566" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId724627613" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId45636917d02e62bcf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PCMV00/" TargetMode="External"/><Relationship Id="rId42306917d02e62c53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PCMV00/categorization" TargetMode="External"/><Relationship Id="rId35646917d02e65116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://babel.hathitrust.org/cgi/pt?id=uc1.31210002702445&amp;seq=1233" TargetMode="External"/><Relationship Id="rId84796917d02e65192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s00705-019-04358-y" TargetMode="External"/><Relationship Id="rId30786917d02e65206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.17660/ActaHortic.1976.67.41" TargetMode="External"/><Relationship Id="rId35166917d02e65287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/%2010.17660/ActaHortic.1986.193.6" TargetMode="External"/><Relationship Id="rId34986917d02e65371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2019.5735" TargetMode="External"/><Relationship Id="rId13116917d02e653f0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.2001.tb01028.x" TargetMode="External"/><Relationship Id="rId24196917d02e654a4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12771" TargetMode="External"/><Relationship Id="rId20216917d02e65575" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://%20https%3A/doi.org/10.17660/ActaHortic.1989.235.47" TargetMode="External"/><Relationship Id="rId73336917d02e65607" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/0923-2516(90)90060-V" TargetMode="External"/><Relationship Id="rId78986917d02e65695" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS.1998.82.12.1371" TargetMode="External"/><Relationship Id="rId69796917d02e65704" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS.1998.82.8.905" TargetMode="External"/><Relationship Id="rId49756917d02e65767" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.science.org/doi/10.1126/science.76.1962.123.a" TargetMode="External"/><Relationship Id="rId76556917d02e657ba" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS.1998.82.8.909" TargetMode="External"/><Relationship Id="rId51346917d02e6582a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/s0166-0934(99)00112-3" TargetMode="External"/><Relationship Id="rId26786917d02e658a4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHYTO-96-0137" TargetMode="External"/><Relationship Id="rId84066917d02e65948" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1093/jee/63.5.1551" TargetMode="External"/><Relationship Id="rId35606917d02e65a79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.17660/ActaHortic.1998.472.31" TargetMode="External"/><Relationship Id="rId92766917d02e65b14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PD-79-0186" TargetMode="External"/><Relationship Id="rId97826917d02e65c7d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://babel.hathitrust.org/cgi/pt?id=mdp.39015001262420&amp;seq=895" TargetMode="External"/><Relationship Id="rId80836917d02e65d34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId51146917d02e65e87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1978.tb02761.x" TargetMode="External"/><Relationship Id="rId35646917d02e64432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId35646917d02e64432.jpg"/><Relationship Id="rId14566917d02e668a2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId14566917d02e668a2.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>