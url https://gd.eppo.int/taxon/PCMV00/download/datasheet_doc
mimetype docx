--- v2 (2025-11-15)
+++ v3 (2025-12-05)
@@ -347,51 +347,51 @@
               <w:t xml:space="preserve">Prunus virus 5</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> American mosaic of peach, mosaic of peach</w:t>
             </w:r>
-            <w:hyperlink r:id="rId45636917d02e62bcf" w:history="1">
+            <w:hyperlink r:id="rId25786932856e7c520" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -407,51 +407,51 @@
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 Quarantine pest (Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId42306917d02e62c53" w:history="1">
+            <w:hyperlink r:id="rId89936932856e7c58d" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -1662,63 +1662,63 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">There are no records of PcMV outside North America.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="67273066" name="name91946917d02e64435" descr="PCMV00_distribution_map.jpg"/>
+            <wp:docPr id="71890593" name="name47146932856e82882" descr="PCMV00_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="PCMV00_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId35646917d02e64432" cstate="print"/>
+                    <a:blip r:embed="rId70526932856e8287f" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -3051,51 +3051,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">42</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1225-1228. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId35646917d02e65116" w:history="1">
+      <w:hyperlink r:id="rId94646932856e83423" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://babel.hathitrust.org/cgi/pt?id=uc1.31210002702445&amp;seq=1233</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3121,51 +3121,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">164</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 2617-2620. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId84796917d02e65192" w:history="1">
+      <w:hyperlink r:id="rId88526932856e8349d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/s00705-019-04358-y</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3191,51 +3191,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">67</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 315-323. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId30786917d02e65206" w:history="1">
+      <w:hyperlink r:id="rId50816932856e8350f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.17660/ActaHortic.1976.67.41</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3261,51 +3261,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">193</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 51-57. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId35166917d02e65287" w:history="1">
+      <w:hyperlink r:id="rId36096932856e83582" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/ 10.17660/ActaHortic.1986.193.6</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3400,51 +3400,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">17</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, e05735. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId34986917d02e65371" w:history="1">
+      <w:hyperlink r:id="rId59926932856e83665" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2019.5735</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3470,51 +3470,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">31</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 463-478. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId13116917d02e653f0" w:history="1">
+      <w:hyperlink r:id="rId54386932856e836d7" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.2001.tb01028.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3580,51 +3580,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">52</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 354-386. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId24196917d02e654a4" w:history="1">
+      <w:hyperlink r:id="rId53116932856e83785" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.12771</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3708,51 +3708,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">235</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, pp. 325-332. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId20216917d02e65575" w:history="1">
+      <w:hyperlink r:id="rId49826932856e83853" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.17660/ActaHortic.1989.235.47</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3796,51 +3796,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">141</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 109-118. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId73336917d02e65607" w:history="1">
+      <w:hyperlink r:id="rId70196932856e838e5" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1016/0923-2516(90)90060-V</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3886,51 +3886,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">82</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1371-1374. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId78986917d02e65695" w:history="1">
+      <w:hyperlink r:id="rId33586932856e8397a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PDIS.1998.82.12.1371</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3956,51 +3956,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">82</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 905-908. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId69796917d02e65704" w:history="1">
+      <w:hyperlink r:id="rId82906932856e839ec" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PDIS.1998.82.8.905</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4017,101 +4017,101 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Science </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">76</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 123. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId49756917d02e65767" w:history="1">
+      <w:hyperlink r:id="rId33596932856e83a51" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.science.org/doi/10.1126/science.76.1962.123.a</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">James D &amp; Howell WE (1998) Isolation and partial characterization of a filamentous virus associated with peach mosaic disease. Plant Disease </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">82</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 909-913. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId76556917d02e657ba" w:history="1">
+      <w:hyperlink r:id="rId59906932856e83aa6" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PDIS.1998.82.8.909</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4137,51 +4137,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">83</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 103-111. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId51346917d02e6582a" w:history="1">
+      <w:hyperlink r:id="rId32576932856e83b16" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1016/s0166-0934(99)00112-3</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4207,51 +4207,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">96</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 137-144. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId26786917d02e658a4" w:history="1">
+      <w:hyperlink r:id="rId76966932856e83b95" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PHYTO-96-0137</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4297,51 +4297,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">63</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1551-1552. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId84066917d02e65948" w:history="1">
+      <w:hyperlink r:id="rId27486932856e83c28" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1093/jee/63.5.1551</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4481,51 +4481,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">472</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 277-280. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId35606917d02e65a79" w:history="1">
+      <w:hyperlink r:id="rId65246932856e85cf1" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.17660/ActaHortic.1998.472.31</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4571,51 +4571,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">79</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 186-189. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId92766917d02e65b14" w:history="1">
+      <w:hyperlink r:id="rId80816932856e85db2" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PD-79-0186</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4795,51 +4795,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">39</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 889-892. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId97826917d02e65c7d" w:history="1">
+      <w:hyperlink r:id="rId45516932856e85f3e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://babel.hathitrust.org/cgi/pt?id=mdp.39015001262420&amp;seq=895</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -4905,51 +4905,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Trichovirus persicae</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId80836917d02e65d34" w:history="1">
+      <w:hyperlink r:id="rId99886932856e86005" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -5121,88 +5121,88 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">8</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), 6 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId51146917d02e65e87" w:history="1">
+      <w:hyperlink r:id="rId86576932856e86166" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.1978.tb02761.x</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="50840189" name="name50606917d02e668a4" descr="eu_funding_250.png"/>
+            <wp:docPr id="91743284" name="name13506932856e86a65" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId14566917d02e668a2" cstate="print"/>
+                    <a:blip r:embed="rId48196932856e86a63" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -5300,137 +5300,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="41032546">
+  <w:abstractNum w:abstractNumId="33981347">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="35511349">
+    <w:lvl w:ilvl="0" w:tplc="45978277">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="35511349" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="45978277" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="35511349" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="45978277" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="35511349" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="45978277" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="35511349" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="45978277" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="35511349" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="45978277" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="35511349" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="45978277" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="35511349" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="45978277" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="35511349" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="45978277" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="41032545">
+  <w:abstractNum w:abstractNumId="33981346">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="19364167">
+    <w:lvl w:ilvl="0" w:tplc="72243075">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -6182,55 +6182,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="41032545">
-    <w:abstractNumId w:val="41032545"/>
+  <w:num w:numId="33981346">
+    <w:abstractNumId w:val="33981346"/>
   </w:num>
-  <w:num w:numId="41032546">
-    <w:abstractNumId w:val="41032546"/>
+  <w:num w:numId="33981347">
+    <w:abstractNumId w:val="33981347"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -17780,51 +17780,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId219082566" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId724627613" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId45636917d02e62bcf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PCMV00/" TargetMode="External"/><Relationship Id="rId42306917d02e62c53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PCMV00/categorization" TargetMode="External"/><Relationship Id="rId35646917d02e65116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://babel.hathitrust.org/cgi/pt?id=uc1.31210002702445&amp;seq=1233" TargetMode="External"/><Relationship Id="rId84796917d02e65192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s00705-019-04358-y" TargetMode="External"/><Relationship Id="rId30786917d02e65206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.17660/ActaHortic.1976.67.41" TargetMode="External"/><Relationship Id="rId35166917d02e65287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/%2010.17660/ActaHortic.1986.193.6" TargetMode="External"/><Relationship Id="rId34986917d02e65371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2019.5735" TargetMode="External"/><Relationship Id="rId13116917d02e653f0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.2001.tb01028.x" TargetMode="External"/><Relationship Id="rId24196917d02e654a4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12771" TargetMode="External"/><Relationship Id="rId20216917d02e65575" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://%20https%3A/doi.org/10.17660/ActaHortic.1989.235.47" TargetMode="External"/><Relationship Id="rId73336917d02e65607" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/0923-2516(90)90060-V" TargetMode="External"/><Relationship Id="rId78986917d02e65695" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS.1998.82.12.1371" TargetMode="External"/><Relationship Id="rId69796917d02e65704" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS.1998.82.8.905" TargetMode="External"/><Relationship Id="rId49756917d02e65767" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.science.org/doi/10.1126/science.76.1962.123.a" TargetMode="External"/><Relationship Id="rId76556917d02e657ba" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS.1998.82.8.909" TargetMode="External"/><Relationship Id="rId51346917d02e6582a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/s0166-0934(99)00112-3" TargetMode="External"/><Relationship Id="rId26786917d02e658a4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHYTO-96-0137" TargetMode="External"/><Relationship Id="rId84066917d02e65948" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1093/jee/63.5.1551" TargetMode="External"/><Relationship Id="rId35606917d02e65a79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.17660/ActaHortic.1998.472.31" TargetMode="External"/><Relationship Id="rId92766917d02e65b14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PD-79-0186" TargetMode="External"/><Relationship Id="rId97826917d02e65c7d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://babel.hathitrust.org/cgi/pt?id=mdp.39015001262420&amp;seq=895" TargetMode="External"/><Relationship Id="rId80836917d02e65d34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId51146917d02e65e87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1978.tb02761.x" TargetMode="External"/><Relationship Id="rId35646917d02e64432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId35646917d02e64432.jpg"/><Relationship Id="rId14566917d02e668a2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId14566917d02e668a2.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId482451096" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId329725875" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId25786932856e7c520" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PCMV00/" TargetMode="External"/><Relationship Id="rId89936932856e7c58d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PCMV00/categorization" TargetMode="External"/><Relationship Id="rId94646932856e83423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://babel.hathitrust.org/cgi/pt?id=uc1.31210002702445&amp;seq=1233" TargetMode="External"/><Relationship Id="rId88526932856e8349d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s00705-019-04358-y" TargetMode="External"/><Relationship Id="rId50816932856e8350f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.17660/ActaHortic.1976.67.41" TargetMode="External"/><Relationship Id="rId36096932856e83582" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/%2010.17660/ActaHortic.1986.193.6" TargetMode="External"/><Relationship Id="rId59926932856e83665" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2019.5735" TargetMode="External"/><Relationship Id="rId54386932856e836d7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.2001.tb01028.x" TargetMode="External"/><Relationship Id="rId53116932856e83785" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12771" TargetMode="External"/><Relationship Id="rId49826932856e83853" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://%20https%3A/doi.org/10.17660/ActaHortic.1989.235.47" TargetMode="External"/><Relationship Id="rId70196932856e838e5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/0923-2516(90)90060-V" TargetMode="External"/><Relationship Id="rId33586932856e8397a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS.1998.82.12.1371" TargetMode="External"/><Relationship Id="rId82906932856e839ec" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS.1998.82.8.905" TargetMode="External"/><Relationship Id="rId33596932856e83a51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.science.org/doi/10.1126/science.76.1962.123.a" TargetMode="External"/><Relationship Id="rId59906932856e83aa6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS.1998.82.8.909" TargetMode="External"/><Relationship Id="rId32576932856e83b16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/s0166-0934(99)00112-3" TargetMode="External"/><Relationship Id="rId76966932856e83b95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHYTO-96-0137" TargetMode="External"/><Relationship Id="rId27486932856e83c28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1093/jee/63.5.1551" TargetMode="External"/><Relationship Id="rId65246932856e85cf1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.17660/ActaHortic.1998.472.31" TargetMode="External"/><Relationship Id="rId80816932856e85db2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PD-79-0186" TargetMode="External"/><Relationship Id="rId45516932856e85f3e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://babel.hathitrust.org/cgi/pt?id=mdp.39015001262420&amp;seq=895" TargetMode="External"/><Relationship Id="rId99886932856e86005" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId86576932856e86166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1978.tb02761.x" TargetMode="External"/><Relationship Id="rId70526932856e8287f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId70526932856e8287f.jpg"/><Relationship Id="rId48196932856e86a63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId48196932856e86a63.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>