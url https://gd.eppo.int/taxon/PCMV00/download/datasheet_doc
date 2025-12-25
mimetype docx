--- v3 (2025-12-05)
+++ v4 (2025-12-25)
@@ -347,51 +347,51 @@
               <w:t xml:space="preserve">Prunus virus 5</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> American mosaic of peach, mosaic of peach</w:t>
             </w:r>
-            <w:hyperlink r:id="rId25786932856e7c520" w:history="1">
+            <w:hyperlink r:id="rId3455694d538a73223" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -407,51 +407,51 @@
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 Quarantine pest (Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId89936932856e7c58d" w:history="1">
+            <w:hyperlink r:id="rId5808694d538a7328c" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -1662,63 +1662,63 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">There are no records of PcMV outside North America.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="71890593" name="name47146932856e82882" descr="PCMV00_distribution_map.jpg"/>
+            <wp:docPr id="74697634" name="name2045694d538a748e2" descr="PCMV00_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="PCMV00_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId70526932856e8287f" cstate="print"/>
+                    <a:blip r:embed="rId8030694d538a748df" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -3051,51 +3051,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">42</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1225-1228. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId94646932856e83423" w:history="1">
+      <w:hyperlink r:id="rId9167694d538a753f0" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://babel.hathitrust.org/cgi/pt?id=uc1.31210002702445&amp;seq=1233</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3121,51 +3121,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">164</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 2617-2620. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId88526932856e8349d" w:history="1">
+      <w:hyperlink r:id="rId5997694d538a75468" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/s00705-019-04358-y</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3191,51 +3191,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">67</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 315-323. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId50816932856e8350f" w:history="1">
+      <w:hyperlink r:id="rId8329694d538a754da" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.17660/ActaHortic.1976.67.41</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3261,51 +3261,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">193</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 51-57. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId36096932856e83582" w:history="1">
+      <w:hyperlink r:id="rId5994694d538a7554c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/ 10.17660/ActaHortic.1986.193.6</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3400,51 +3400,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">17</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, e05735. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId59926932856e83665" w:history="1">
+      <w:hyperlink r:id="rId3324694d538a75630" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2019.5735</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3470,51 +3470,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">31</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 463-478. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId54386932856e836d7" w:history="1">
+      <w:hyperlink r:id="rId6634694d538a756a1" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.2001.tb01028.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3580,51 +3580,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">52</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 354-386. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId53116932856e83785" w:history="1">
+      <w:hyperlink r:id="rId2203694d538a7574f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.12771</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3708,51 +3708,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">235</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, pp. 325-332. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId49826932856e83853" w:history="1">
+      <w:hyperlink r:id="rId6165694d538a7581e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.17660/ActaHortic.1989.235.47</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3796,51 +3796,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">141</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 109-118. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId70196932856e838e5" w:history="1">
+      <w:hyperlink r:id="rId5344694d538a758af" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1016/0923-2516(90)90060-V</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3886,51 +3886,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">82</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1371-1374. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId33586932856e8397a" w:history="1">
+      <w:hyperlink r:id="rId5674694d538a7593d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PDIS.1998.82.12.1371</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3956,51 +3956,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">82</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 905-908. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId82906932856e839ec" w:history="1">
+      <w:hyperlink r:id="rId7040694d538a759ac" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PDIS.1998.82.8.905</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4017,101 +4017,101 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Science </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">76</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 123. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId33596932856e83a51" w:history="1">
+      <w:hyperlink r:id="rId2788694d538a75a10" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.science.org/doi/10.1126/science.76.1962.123.a</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">James D &amp; Howell WE (1998) Isolation and partial characterization of a filamentous virus associated with peach mosaic disease. Plant Disease </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">82</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 909-913. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId59906932856e83aa6" w:history="1">
+      <w:hyperlink r:id="rId4187694d538a75a61" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PDIS.1998.82.8.909</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4137,51 +4137,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">83</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 103-111. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId32576932856e83b16" w:history="1">
+      <w:hyperlink r:id="rId1095694d538a75ad1" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1016/s0166-0934(99)00112-3</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4207,51 +4207,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">96</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 137-144. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId76966932856e83b95" w:history="1">
+      <w:hyperlink r:id="rId7203694d538a75b40" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PHYTO-96-0137</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4297,51 +4297,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">63</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1551-1552. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId27486932856e83c28" w:history="1">
+      <w:hyperlink r:id="rId7695694d538a75bcf" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1093/jee/63.5.1551</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4481,51 +4481,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">472</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 277-280. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId65246932856e85cf1" w:history="1">
+      <w:hyperlink r:id="rId7905694d538a75cf8" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.17660/ActaHortic.1998.472.31</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4571,51 +4571,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">79</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 186-189. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId80816932856e85db2" w:history="1">
+      <w:hyperlink r:id="rId4726694d538a75d85" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PD-79-0186</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4795,51 +4795,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">39</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 889-892. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId45516932856e85f3e" w:history="1">
+      <w:hyperlink r:id="rId3204694d538a75ef4" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://babel.hathitrust.org/cgi/pt?id=mdp.39015001262420&amp;seq=895</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -4905,51 +4905,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Trichovirus persicae</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId99886932856e86005" w:history="1">
+      <w:hyperlink r:id="rId9364694d538a75fb9" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -5121,88 +5121,88 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">8</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), 6 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId86576932856e86166" w:history="1">
+      <w:hyperlink r:id="rId6890694d538a76108" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.1978.tb02761.x</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="91743284" name="name13506932856e86a65" descr="eu_funding_250.png"/>
+            <wp:docPr id="32749881" name="name7859694d538a76170" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId48196932856e86a63" cstate="print"/>
+                    <a:blip r:embed="rId9111694d538a7616f" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -5300,137 +5300,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="33981347">
+  <w:abstractNum w:abstractNumId="95266356">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="45978277">
+    <w:lvl w:ilvl="0" w:tplc="82745052">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="45978277" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="82745052" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="45978277" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="82745052" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="45978277" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="82745052" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="45978277" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="82745052" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="45978277" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="82745052" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="45978277" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="82745052" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="45978277" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="82745052" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="45978277" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="82745052" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="33981346">
+  <w:abstractNum w:abstractNumId="95266355">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="72243075">
+    <w:lvl w:ilvl="0" w:tplc="13966816">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -6182,55 +6182,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="33981346">
-    <w:abstractNumId w:val="33981346"/>
+  <w:num w:numId="95266355">
+    <w:abstractNumId w:val="95266355"/>
   </w:num>
-  <w:num w:numId="33981347">
-    <w:abstractNumId w:val="33981347"/>
+  <w:num w:numId="95266356">
+    <w:abstractNumId w:val="95266356"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -17780,51 +17780,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId482451096" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId329725875" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId25786932856e7c520" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PCMV00/" TargetMode="External"/><Relationship Id="rId89936932856e7c58d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PCMV00/categorization" TargetMode="External"/><Relationship Id="rId94646932856e83423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://babel.hathitrust.org/cgi/pt?id=uc1.31210002702445&amp;seq=1233" TargetMode="External"/><Relationship Id="rId88526932856e8349d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s00705-019-04358-y" TargetMode="External"/><Relationship Id="rId50816932856e8350f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.17660/ActaHortic.1976.67.41" TargetMode="External"/><Relationship Id="rId36096932856e83582" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/%2010.17660/ActaHortic.1986.193.6" TargetMode="External"/><Relationship Id="rId59926932856e83665" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2019.5735" TargetMode="External"/><Relationship Id="rId54386932856e836d7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.2001.tb01028.x" TargetMode="External"/><Relationship Id="rId53116932856e83785" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12771" TargetMode="External"/><Relationship Id="rId49826932856e83853" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://%20https%3A/doi.org/10.17660/ActaHortic.1989.235.47" TargetMode="External"/><Relationship Id="rId70196932856e838e5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/0923-2516(90)90060-V" TargetMode="External"/><Relationship Id="rId33586932856e8397a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS.1998.82.12.1371" TargetMode="External"/><Relationship Id="rId82906932856e839ec" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS.1998.82.8.905" TargetMode="External"/><Relationship Id="rId33596932856e83a51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.science.org/doi/10.1126/science.76.1962.123.a" TargetMode="External"/><Relationship Id="rId59906932856e83aa6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS.1998.82.8.909" TargetMode="External"/><Relationship Id="rId32576932856e83b16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/s0166-0934(99)00112-3" TargetMode="External"/><Relationship Id="rId76966932856e83b95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHYTO-96-0137" TargetMode="External"/><Relationship Id="rId27486932856e83c28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1093/jee/63.5.1551" TargetMode="External"/><Relationship Id="rId65246932856e85cf1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.17660/ActaHortic.1998.472.31" TargetMode="External"/><Relationship Id="rId80816932856e85db2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PD-79-0186" TargetMode="External"/><Relationship Id="rId45516932856e85f3e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://babel.hathitrust.org/cgi/pt?id=mdp.39015001262420&amp;seq=895" TargetMode="External"/><Relationship Id="rId99886932856e86005" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId86576932856e86166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1978.tb02761.x" TargetMode="External"/><Relationship Id="rId70526932856e8287f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId70526932856e8287f.jpg"/><Relationship Id="rId48196932856e86a63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId48196932856e86a63.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId619142691" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId442591116" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId3455694d538a73223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PCMV00/" TargetMode="External"/><Relationship Id="rId5808694d538a7328c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PCMV00/categorization" TargetMode="External"/><Relationship Id="rId9167694d538a753f0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://babel.hathitrust.org/cgi/pt?id=uc1.31210002702445&amp;seq=1233" TargetMode="External"/><Relationship Id="rId5997694d538a75468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s00705-019-04358-y" TargetMode="External"/><Relationship Id="rId8329694d538a754da" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.17660/ActaHortic.1976.67.41" TargetMode="External"/><Relationship Id="rId5994694d538a7554c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/%2010.17660/ActaHortic.1986.193.6" TargetMode="External"/><Relationship Id="rId3324694d538a75630" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2019.5735" TargetMode="External"/><Relationship Id="rId6634694d538a756a1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.2001.tb01028.x" TargetMode="External"/><Relationship Id="rId2203694d538a7574f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12771" TargetMode="External"/><Relationship Id="rId6165694d538a7581e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://%20https%3A/doi.org/10.17660/ActaHortic.1989.235.47" TargetMode="External"/><Relationship Id="rId5344694d538a758af" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/0923-2516(90)90060-V" TargetMode="External"/><Relationship Id="rId5674694d538a7593d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS.1998.82.12.1371" TargetMode="External"/><Relationship Id="rId7040694d538a759ac" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS.1998.82.8.905" TargetMode="External"/><Relationship Id="rId2788694d538a75a10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.science.org/doi/10.1126/science.76.1962.123.a" TargetMode="External"/><Relationship Id="rId4187694d538a75a61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS.1998.82.8.909" TargetMode="External"/><Relationship Id="rId1095694d538a75ad1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/s0166-0934(99)00112-3" TargetMode="External"/><Relationship Id="rId7203694d538a75b40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHYTO-96-0137" TargetMode="External"/><Relationship Id="rId7695694d538a75bcf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1093/jee/63.5.1551" TargetMode="External"/><Relationship Id="rId7905694d538a75cf8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.17660/ActaHortic.1998.472.31" TargetMode="External"/><Relationship Id="rId4726694d538a75d85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PD-79-0186" TargetMode="External"/><Relationship Id="rId3204694d538a75ef4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://babel.hathitrust.org/cgi/pt?id=mdp.39015001262420&amp;seq=895" TargetMode="External"/><Relationship Id="rId9364694d538a75fb9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId6890694d538a76108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1978.tb02761.x" TargetMode="External"/><Relationship Id="rId8030694d538a748df" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId8030694d538a748df.jpg"/><Relationship Id="rId9111694d538a7616f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId9111694d538a7616f.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>