--- v4 (2025-12-25)
+++ v5 (2026-01-14)
@@ -347,51 +347,51 @@
               <w:t xml:space="preserve">Prunus virus 5</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> American mosaic of peach, mosaic of peach</w:t>
             </w:r>
-            <w:hyperlink r:id="rId3455694d538a73223" w:history="1">
+            <w:hyperlink r:id="rId99706968046a1ecf1" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -407,51 +407,51 @@
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 Quarantine pest (Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId5808694d538a7328c" w:history="1">
+            <w:hyperlink r:id="rId33546968046a1ed5b" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -1662,63 +1662,63 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">There are no records of PcMV outside North America.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="74697634" name="name2045694d538a748e2" descr="PCMV00_distribution_map.jpg"/>
+            <wp:docPr id="66474795" name="name71996968046a203b3" descr="PCMV00_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="PCMV00_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId8030694d538a748df" cstate="print"/>
+                    <a:blip r:embed="rId83606968046a203af" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -3051,51 +3051,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">42</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1225-1228. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9167694d538a753f0" w:history="1">
+      <w:hyperlink r:id="rId28126968046a20e92" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://babel.hathitrust.org/cgi/pt?id=uc1.31210002702445&amp;seq=1233</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3121,51 +3121,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">164</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 2617-2620. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5997694d538a75468" w:history="1">
+      <w:hyperlink r:id="rId16646968046a20f08" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/s00705-019-04358-y</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3191,51 +3191,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">67</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 315-323. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8329694d538a754da" w:history="1">
+      <w:hyperlink r:id="rId67536968046a20f79" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.17660/ActaHortic.1976.67.41</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3261,51 +3261,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">193</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 51-57. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5994694d538a7554c" w:history="1">
+      <w:hyperlink r:id="rId65066968046a20fe9" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/ 10.17660/ActaHortic.1986.193.6</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3400,51 +3400,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">17</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, e05735. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3324694d538a75630" w:history="1">
+      <w:hyperlink r:id="rId62906968046a210dc" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2019.5735</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3470,51 +3470,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">31</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 463-478. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6634694d538a756a1" w:history="1">
+      <w:hyperlink r:id="rId15766968046a2114d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.2001.tb01028.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3580,51 +3580,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">52</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 354-386. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2203694d538a7574f" w:history="1">
+      <w:hyperlink r:id="rId79026968046a211fc" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.12771</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3708,51 +3708,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">235</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, pp. 325-332. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6165694d538a7581e" w:history="1">
+      <w:hyperlink r:id="rId96876968046a212cb" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.17660/ActaHortic.1989.235.47</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3796,51 +3796,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">141</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 109-118. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5344694d538a758af" w:history="1">
+      <w:hyperlink r:id="rId89416968046a2137a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1016/0923-2516(90)90060-V</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3886,51 +3886,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">82</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1371-1374. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5674694d538a7593d" w:history="1">
+      <w:hyperlink r:id="rId69086968046a2140c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PDIS.1998.82.12.1371</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3956,51 +3956,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">82</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 905-908. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7040694d538a759ac" w:history="1">
+      <w:hyperlink r:id="rId74266968046a2147c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PDIS.1998.82.8.905</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4017,101 +4017,101 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Science </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">76</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 123. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2788694d538a75a10" w:history="1">
+      <w:hyperlink r:id="rId81596968046a214de" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.science.org/doi/10.1126/science.76.1962.123.a</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">James D &amp; Howell WE (1998) Isolation and partial characterization of a filamentous virus associated with peach mosaic disease. Plant Disease </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">82</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 909-913. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4187694d538a75a61" w:history="1">
+      <w:hyperlink r:id="rId40126968046a21530" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PDIS.1998.82.8.909</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4137,51 +4137,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">83</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 103-111. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1095694d538a75ad1" w:history="1">
+      <w:hyperlink r:id="rId38026968046a2159f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1016/s0166-0934(99)00112-3</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4207,51 +4207,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">96</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 137-144. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7203694d538a75b40" w:history="1">
+      <w:hyperlink r:id="rId40576968046a2160f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PHYTO-96-0137</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4297,51 +4297,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">63</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1551-1552. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7695694d538a75bcf" w:history="1">
+      <w:hyperlink r:id="rId24376968046a2169c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1093/jee/63.5.1551</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4481,51 +4481,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">472</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 277-280. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7905694d538a75cf8" w:history="1">
+      <w:hyperlink r:id="rId30386968046a217c5" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.17660/ActaHortic.1998.472.31</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4571,51 +4571,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">79</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 186-189. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4726694d538a75d85" w:history="1">
+      <w:hyperlink r:id="rId70516968046a21852" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PD-79-0186</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4795,51 +4795,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">39</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 889-892. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3204694d538a75ef4" w:history="1">
+      <w:hyperlink r:id="rId10536968046a219c3" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://babel.hathitrust.org/cgi/pt?id=mdp.39015001262420&amp;seq=895</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -4883,73 +4883,73 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">How to cite this datasheet?</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">EPPO (2025) </w:t>
+        <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Trichovirus persicae</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9364694d538a75fb9" w:history="1">
+      <w:hyperlink r:id="rId41346968046a21a75" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -5121,88 +5121,88 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">8</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), 6 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6890694d538a76108" w:history="1">
+      <w:hyperlink r:id="rId22196968046a21bbf" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.1978.tb02761.x</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="32749881" name="name7859694d538a76170" descr="eu_funding_250.png"/>
+            <wp:docPr id="9915507" name="name98726968046a21c84" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId9111694d538a7616f" cstate="print"/>
+                    <a:blip r:embed="rId26686968046a21c83" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -5300,137 +5300,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="95266356">
+  <w:abstractNum w:abstractNumId="18162126">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="82745052">
+    <w:lvl w:ilvl="0" w:tplc="53480302">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="82745052" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="53480302" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="82745052" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="53480302" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="82745052" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="53480302" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="82745052" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="53480302" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="82745052" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="53480302" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="82745052" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="53480302" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="82745052" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="53480302" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="82745052" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="53480302" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="95266355">
+  <w:abstractNum w:abstractNumId="18162125">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="13966816">
+    <w:lvl w:ilvl="0" w:tplc="67375619">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -6182,55 +6182,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="95266355">
-    <w:abstractNumId w:val="95266355"/>
+  <w:num w:numId="18162125">
+    <w:abstractNumId w:val="18162125"/>
   </w:num>
-  <w:num w:numId="95266356">
-    <w:abstractNumId w:val="95266356"/>
+  <w:num w:numId="18162126">
+    <w:abstractNumId w:val="18162126"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -17780,51 +17780,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId619142691" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId442591116" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId3455694d538a73223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PCMV00/" TargetMode="External"/><Relationship Id="rId5808694d538a7328c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PCMV00/categorization" TargetMode="External"/><Relationship Id="rId9167694d538a753f0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://babel.hathitrust.org/cgi/pt?id=uc1.31210002702445&amp;seq=1233" TargetMode="External"/><Relationship Id="rId5997694d538a75468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s00705-019-04358-y" TargetMode="External"/><Relationship Id="rId8329694d538a754da" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.17660/ActaHortic.1976.67.41" TargetMode="External"/><Relationship Id="rId5994694d538a7554c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/%2010.17660/ActaHortic.1986.193.6" TargetMode="External"/><Relationship Id="rId3324694d538a75630" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2019.5735" TargetMode="External"/><Relationship Id="rId6634694d538a756a1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.2001.tb01028.x" TargetMode="External"/><Relationship Id="rId2203694d538a7574f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12771" TargetMode="External"/><Relationship Id="rId6165694d538a7581e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://%20https%3A/doi.org/10.17660/ActaHortic.1989.235.47" TargetMode="External"/><Relationship Id="rId5344694d538a758af" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/0923-2516(90)90060-V" TargetMode="External"/><Relationship Id="rId5674694d538a7593d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS.1998.82.12.1371" TargetMode="External"/><Relationship Id="rId7040694d538a759ac" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS.1998.82.8.905" TargetMode="External"/><Relationship Id="rId2788694d538a75a10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.science.org/doi/10.1126/science.76.1962.123.a" TargetMode="External"/><Relationship Id="rId4187694d538a75a61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS.1998.82.8.909" TargetMode="External"/><Relationship Id="rId1095694d538a75ad1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/s0166-0934(99)00112-3" TargetMode="External"/><Relationship Id="rId7203694d538a75b40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHYTO-96-0137" TargetMode="External"/><Relationship Id="rId7695694d538a75bcf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1093/jee/63.5.1551" TargetMode="External"/><Relationship Id="rId7905694d538a75cf8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.17660/ActaHortic.1998.472.31" TargetMode="External"/><Relationship Id="rId4726694d538a75d85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PD-79-0186" TargetMode="External"/><Relationship Id="rId3204694d538a75ef4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://babel.hathitrust.org/cgi/pt?id=mdp.39015001262420&amp;seq=895" TargetMode="External"/><Relationship Id="rId9364694d538a75fb9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId6890694d538a76108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1978.tb02761.x" TargetMode="External"/><Relationship Id="rId8030694d538a748df" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId8030694d538a748df.jpg"/><Relationship Id="rId9111694d538a7616f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId9111694d538a7616f.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId597552068" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId679462635" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId99706968046a1ecf1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PCMV00/" TargetMode="External"/><Relationship Id="rId33546968046a1ed5b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PCMV00/categorization" TargetMode="External"/><Relationship Id="rId28126968046a20e92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://babel.hathitrust.org/cgi/pt?id=uc1.31210002702445&amp;seq=1233" TargetMode="External"/><Relationship Id="rId16646968046a20f08" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s00705-019-04358-y" TargetMode="External"/><Relationship Id="rId67536968046a20f79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.17660/ActaHortic.1976.67.41" TargetMode="External"/><Relationship Id="rId65066968046a20fe9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/%2010.17660/ActaHortic.1986.193.6" TargetMode="External"/><Relationship Id="rId62906968046a210dc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2019.5735" TargetMode="External"/><Relationship Id="rId15766968046a2114d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.2001.tb01028.x" TargetMode="External"/><Relationship Id="rId79026968046a211fc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12771" TargetMode="External"/><Relationship Id="rId96876968046a212cb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://%20https%3A/doi.org/10.17660/ActaHortic.1989.235.47" TargetMode="External"/><Relationship Id="rId89416968046a2137a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/0923-2516(90)90060-V" TargetMode="External"/><Relationship Id="rId69086968046a2140c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS.1998.82.12.1371" TargetMode="External"/><Relationship Id="rId74266968046a2147c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS.1998.82.8.905" TargetMode="External"/><Relationship Id="rId81596968046a214de" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.science.org/doi/10.1126/science.76.1962.123.a" TargetMode="External"/><Relationship Id="rId40126968046a21530" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS.1998.82.8.909" TargetMode="External"/><Relationship Id="rId38026968046a2159f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/s0166-0934(99)00112-3" TargetMode="External"/><Relationship Id="rId40576968046a2160f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHYTO-96-0137" TargetMode="External"/><Relationship Id="rId24376968046a2169c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1093/jee/63.5.1551" TargetMode="External"/><Relationship Id="rId30386968046a217c5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.17660/ActaHortic.1998.472.31" TargetMode="External"/><Relationship Id="rId70516968046a21852" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PD-79-0186" TargetMode="External"/><Relationship Id="rId10536968046a219c3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://babel.hathitrust.org/cgi/pt?id=mdp.39015001262420&amp;seq=895" TargetMode="External"/><Relationship Id="rId41346968046a21a75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId22196968046a21bbf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1978.tb02761.x" TargetMode="External"/><Relationship Id="rId83606968046a203af" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId83606968046a203af.jpg"/><Relationship Id="rId26686968046a21c83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId26686968046a21c83.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>