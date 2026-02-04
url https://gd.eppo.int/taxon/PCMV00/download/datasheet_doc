--- v5 (2026-01-14)
+++ v6 (2026-02-04)
@@ -347,51 +347,51 @@
               <w:t xml:space="preserve">Prunus virus 5</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> American mosaic of peach, mosaic of peach</w:t>
             </w:r>
-            <w:hyperlink r:id="rId99706968046a1ecf1" w:history="1">
+            <w:hyperlink r:id="rId102769828e62dd03d" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -405,53 +405,53 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve"> A1 Quarantine pest (Annex II A)</w:t>
+              <w:t xml:space="preserve"> Quarantine pest ((EU) 2019/2072 Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId33546968046a1ed5b" w:history="1">
+            <w:hyperlink r:id="rId997969828e62dd0a6" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -1662,63 +1662,63 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">There are no records of PcMV outside North America.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="66474795" name="name71996968046a203b3" descr="PCMV00_distribution_map.jpg"/>
+            <wp:docPr id="46438598" name="name900869828e62de618" descr="PCMV00_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="PCMV00_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId83606968046a203af" cstate="print"/>
+                    <a:blip r:embed="rId640269828e62de617" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -3051,51 +3051,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">42</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1225-1228. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId28126968046a20e92" w:history="1">
+      <w:hyperlink r:id="rId433769828e62df13f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://babel.hathitrust.org/cgi/pt?id=uc1.31210002702445&amp;seq=1233</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3121,51 +3121,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">164</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 2617-2620. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId16646968046a20f08" w:history="1">
+      <w:hyperlink r:id="rId450269828e62df1b7" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/s00705-019-04358-y</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3191,51 +3191,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">67</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 315-323. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId67536968046a20f79" w:history="1">
+      <w:hyperlink r:id="rId534469828e62df229" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.17660/ActaHortic.1976.67.41</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3261,51 +3261,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">193</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 51-57. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId65066968046a20fe9" w:history="1">
+      <w:hyperlink r:id="rId221369828e62df29a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/ 10.17660/ActaHortic.1986.193.6</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3400,51 +3400,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">17</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, e05735. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId62906968046a210dc" w:history="1">
+      <w:hyperlink r:id="rId709269828e62df37f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2019.5735</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3470,51 +3470,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">31</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 463-478. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId15766968046a2114d" w:history="1">
+      <w:hyperlink r:id="rId800369828e62df3ef" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.2001.tb01028.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3580,51 +3580,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">52</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 354-386. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId79026968046a211fc" w:history="1">
+      <w:hyperlink r:id="rId470569828e62df49d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.12771</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3708,51 +3708,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">235</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, pp. 325-332. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId96876968046a212cb" w:history="1">
+      <w:hyperlink r:id="rId939069828e62df56b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.17660/ActaHortic.1989.235.47</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3796,51 +3796,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">141</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 109-118. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId89416968046a2137a" w:history="1">
+      <w:hyperlink r:id="rId988569828e62df5fc" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1016/0923-2516(90)90060-V</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3886,51 +3886,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">82</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1371-1374. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId69086968046a2140c" w:history="1">
+      <w:hyperlink r:id="rId772169828e62df68b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PDIS.1998.82.12.1371</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3956,51 +3956,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">82</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 905-908. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId74266968046a2147c" w:history="1">
+      <w:hyperlink r:id="rId695369828e62df6f9" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PDIS.1998.82.8.905</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4017,101 +4017,101 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Science </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">76</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 123. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId81596968046a214de" w:history="1">
+      <w:hyperlink r:id="rId878069828e62df75b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.science.org/doi/10.1126/science.76.1962.123.a</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">James D &amp; Howell WE (1998) Isolation and partial characterization of a filamentous virus associated with peach mosaic disease. Plant Disease </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">82</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 909-913. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId40126968046a21530" w:history="1">
+      <w:hyperlink r:id="rId372369828e62df7ac" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PDIS.1998.82.8.909</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4137,51 +4137,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">83</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 103-111. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId38026968046a2159f" w:history="1">
+      <w:hyperlink r:id="rId355069828e62df81c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1016/s0166-0934(99)00112-3</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4207,51 +4207,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">96</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 137-144. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId40576968046a2160f" w:history="1">
+      <w:hyperlink r:id="rId412269828e62df88c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PHYTO-96-0137</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4297,51 +4297,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">63</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1551-1552. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId24376968046a2169c" w:history="1">
+      <w:hyperlink r:id="rId982869828e62df91b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1093/jee/63.5.1551</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4481,51 +4481,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">472</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 277-280. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId30386968046a217c5" w:history="1">
+      <w:hyperlink r:id="rId921569828e62dfa5a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.17660/ActaHortic.1998.472.31</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4571,51 +4571,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">79</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 186-189. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId70516968046a21852" w:history="1">
+      <w:hyperlink r:id="rId343969828e62dfaeb" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PD-79-0186</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4795,51 +4795,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">39</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 889-892. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId10536968046a219c3" w:history="1">
+      <w:hyperlink r:id="rId673969828e62dfc62" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://babel.hathitrust.org/cgi/pt?id=mdp.39015001262420&amp;seq=895</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -4905,51 +4905,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Trichovirus persicae</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId41346968046a21a75" w:history="1">
+      <w:hyperlink r:id="rId199369828e62dfd1d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -5121,88 +5121,88 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">8</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), 6 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId22196968046a21bbf" w:history="1">
+      <w:hyperlink r:id="rId513169828e62dfe6b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.1978.tb02761.x</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="9915507" name="name98726968046a21c84" descr="eu_funding_250.png"/>
+            <wp:docPr id="35415819" name="name237869828e62dfefc" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId26686968046a21c83" cstate="print"/>
+                    <a:blip r:embed="rId932469828e62dfefb" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -5300,137 +5300,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="18162126">
+  <w:abstractNum w:abstractNumId="56418588">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="53480302">
+    <w:lvl w:ilvl="0" w:tplc="63762612">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="53480302" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="63762612" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="53480302" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="63762612" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="53480302" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="63762612" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="53480302" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="63762612" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="53480302" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="63762612" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="53480302" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="63762612" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="53480302" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="63762612" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="53480302" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="63762612" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="18162125">
+  <w:abstractNum w:abstractNumId="56418587">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="67375619">
+    <w:lvl w:ilvl="0" w:tplc="69983946">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -6182,55 +6182,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="18162125">
-    <w:abstractNumId w:val="18162125"/>
+  <w:num w:numId="56418587">
+    <w:abstractNumId w:val="56418587"/>
   </w:num>
-  <w:num w:numId="18162126">
-    <w:abstractNumId w:val="18162126"/>
+  <w:num w:numId="56418588">
+    <w:abstractNumId w:val="56418588"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -17780,51 +17780,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId597552068" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId679462635" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId99706968046a1ecf1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PCMV00/" TargetMode="External"/><Relationship Id="rId33546968046a1ed5b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PCMV00/categorization" TargetMode="External"/><Relationship Id="rId28126968046a20e92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://babel.hathitrust.org/cgi/pt?id=uc1.31210002702445&amp;seq=1233" TargetMode="External"/><Relationship Id="rId16646968046a20f08" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s00705-019-04358-y" TargetMode="External"/><Relationship Id="rId67536968046a20f79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.17660/ActaHortic.1976.67.41" TargetMode="External"/><Relationship Id="rId65066968046a20fe9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/%2010.17660/ActaHortic.1986.193.6" TargetMode="External"/><Relationship Id="rId62906968046a210dc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2019.5735" TargetMode="External"/><Relationship Id="rId15766968046a2114d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.2001.tb01028.x" TargetMode="External"/><Relationship Id="rId79026968046a211fc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12771" TargetMode="External"/><Relationship Id="rId96876968046a212cb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://%20https%3A/doi.org/10.17660/ActaHortic.1989.235.47" TargetMode="External"/><Relationship Id="rId89416968046a2137a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/0923-2516(90)90060-V" TargetMode="External"/><Relationship Id="rId69086968046a2140c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS.1998.82.12.1371" TargetMode="External"/><Relationship Id="rId74266968046a2147c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS.1998.82.8.905" TargetMode="External"/><Relationship Id="rId81596968046a214de" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.science.org/doi/10.1126/science.76.1962.123.a" TargetMode="External"/><Relationship Id="rId40126968046a21530" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS.1998.82.8.909" TargetMode="External"/><Relationship Id="rId38026968046a2159f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/s0166-0934(99)00112-3" TargetMode="External"/><Relationship Id="rId40576968046a2160f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHYTO-96-0137" TargetMode="External"/><Relationship Id="rId24376968046a2169c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1093/jee/63.5.1551" TargetMode="External"/><Relationship Id="rId30386968046a217c5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.17660/ActaHortic.1998.472.31" TargetMode="External"/><Relationship Id="rId70516968046a21852" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PD-79-0186" TargetMode="External"/><Relationship Id="rId10536968046a219c3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://babel.hathitrust.org/cgi/pt?id=mdp.39015001262420&amp;seq=895" TargetMode="External"/><Relationship Id="rId41346968046a21a75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId22196968046a21bbf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1978.tb02761.x" TargetMode="External"/><Relationship Id="rId83606968046a203af" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId83606968046a203af.jpg"/><Relationship Id="rId26686968046a21c83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId26686968046a21c83.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId819990762" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId519844011" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId102769828e62dd03d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PCMV00/" TargetMode="External"/><Relationship Id="rId997969828e62dd0a6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PCMV00/categorization" TargetMode="External"/><Relationship Id="rId433769828e62df13f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://babel.hathitrust.org/cgi/pt?id=uc1.31210002702445&amp;seq=1233" TargetMode="External"/><Relationship Id="rId450269828e62df1b7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s00705-019-04358-y" TargetMode="External"/><Relationship Id="rId534469828e62df229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.17660/ActaHortic.1976.67.41" TargetMode="External"/><Relationship Id="rId221369828e62df29a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/%2010.17660/ActaHortic.1986.193.6" TargetMode="External"/><Relationship Id="rId709269828e62df37f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2019.5735" TargetMode="External"/><Relationship Id="rId800369828e62df3ef" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.2001.tb01028.x" TargetMode="External"/><Relationship Id="rId470569828e62df49d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12771" TargetMode="External"/><Relationship Id="rId939069828e62df56b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://%20https%3A/doi.org/10.17660/ActaHortic.1989.235.47" TargetMode="External"/><Relationship Id="rId988569828e62df5fc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/0923-2516(90)90060-V" TargetMode="External"/><Relationship Id="rId772169828e62df68b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS.1998.82.12.1371" TargetMode="External"/><Relationship Id="rId695369828e62df6f9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS.1998.82.8.905" TargetMode="External"/><Relationship Id="rId878069828e62df75b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.science.org/doi/10.1126/science.76.1962.123.a" TargetMode="External"/><Relationship Id="rId372369828e62df7ac" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS.1998.82.8.909" TargetMode="External"/><Relationship Id="rId355069828e62df81c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/s0166-0934(99)00112-3" TargetMode="External"/><Relationship Id="rId412269828e62df88c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHYTO-96-0137" TargetMode="External"/><Relationship Id="rId982869828e62df91b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1093/jee/63.5.1551" TargetMode="External"/><Relationship Id="rId921569828e62dfa5a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.17660/ActaHortic.1998.472.31" TargetMode="External"/><Relationship Id="rId343969828e62dfaeb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PD-79-0186" TargetMode="External"/><Relationship Id="rId673969828e62dfc62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://babel.hathitrust.org/cgi/pt?id=mdp.39015001262420&amp;seq=895" TargetMode="External"/><Relationship Id="rId199369828e62dfd1d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId513169828e62dfe6b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1978.tb02761.x" TargetMode="External"/><Relationship Id="rId640269828e62de617" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId640269828e62de617.jpg"/><Relationship Id="rId932469828e62dfefb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId932469828e62dfefb.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>