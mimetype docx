--- v6 (2026-02-04)
+++ v7 (2026-03-16)
@@ -347,51 +347,51 @@
               <w:t xml:space="preserve">Prunus virus 5</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> American mosaic of peach, mosaic of peach</w:t>
             </w:r>
-            <w:hyperlink r:id="rId102769828e62dd03d" w:history="1">
+            <w:hyperlink r:id="rId762369b84142e8247" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -407,51 +407,51 @@
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Quarantine pest ((EU) 2019/2072 Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId997969828e62dd0a6" w:history="1">
+            <w:hyperlink r:id="rId187769b84142e82b1" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -1662,63 +1662,63 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">There are no records of PcMV outside North America.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="46438598" name="name900869828e62de618" descr="PCMV00_distribution_map.jpg"/>
+            <wp:docPr id="33089603" name="name285569b84142e9d1c" descr="PCMV00_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="PCMV00_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId640269828e62de617" cstate="print"/>
+                    <a:blip r:embed="rId134069b84142e9d19" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -3051,51 +3051,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">42</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1225-1228. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId433769828e62df13f" w:history="1">
+      <w:hyperlink r:id="rId199569b84142eaba0" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://babel.hathitrust.org/cgi/pt?id=uc1.31210002702445&amp;seq=1233</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3121,51 +3121,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">164</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 2617-2620. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId450269828e62df1b7" w:history="1">
+      <w:hyperlink r:id="rId453769b84142eac1b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/s00705-019-04358-y</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3191,51 +3191,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">67</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 315-323. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId534469828e62df229" w:history="1">
+      <w:hyperlink r:id="rId238369b84142eac8e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.17660/ActaHortic.1976.67.41</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3261,51 +3261,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">193</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 51-57. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId221369828e62df29a" w:history="1">
+      <w:hyperlink r:id="rId959569b84142eacff" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/ 10.17660/ActaHortic.1986.193.6</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3400,51 +3400,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">17</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, e05735. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId709269828e62df37f" w:history="1">
+      <w:hyperlink r:id="rId704869b84142eade5" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2019.5735</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3470,51 +3470,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">31</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 463-478. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId800369828e62df3ef" w:history="1">
+      <w:hyperlink r:id="rId984669b84142eae57" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.2001.tb01028.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3580,51 +3580,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">52</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 354-386. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId470569828e62df49d" w:history="1">
+      <w:hyperlink r:id="rId322369b84142eaf04" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.12771</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3708,51 +3708,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">235</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, pp. 325-332. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId939069828e62df56b" w:history="1">
+      <w:hyperlink r:id="rId497769b84142eaff8" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.17660/ActaHortic.1989.235.47</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3796,51 +3796,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">141</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 109-118. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId988569828e62df5fc" w:history="1">
+      <w:hyperlink r:id="rId226269b84142eb090" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1016/0923-2516(90)90060-V</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3886,51 +3886,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">82</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1371-1374. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId772169828e62df68b" w:history="1">
+      <w:hyperlink r:id="rId981769b84142eb120" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PDIS.1998.82.12.1371</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3956,51 +3956,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">82</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 905-908. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId695369828e62df6f9" w:history="1">
+      <w:hyperlink r:id="rId432469b84142eb191" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PDIS.1998.82.8.905</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4017,101 +4017,101 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Science </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">76</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 123. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId878069828e62df75b" w:history="1">
+      <w:hyperlink r:id="rId302169b84142eb1f5" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.science.org/doi/10.1126/science.76.1962.123.a</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">James D &amp; Howell WE (1998) Isolation and partial characterization of a filamentous virus associated with peach mosaic disease. Plant Disease </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">82</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 909-913. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId372369828e62df7ac" w:history="1">
+      <w:hyperlink r:id="rId780869b84142eb249" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PDIS.1998.82.8.909</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4137,51 +4137,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">83</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 103-111. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId355069828e62df81c" w:history="1">
+      <w:hyperlink r:id="rId545269b84142eb2ba" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1016/s0166-0934(99)00112-3</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4207,51 +4207,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">96</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 137-144. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId412269828e62df88c" w:history="1">
+      <w:hyperlink r:id="rId555169b84142eb32c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PHYTO-96-0137</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4297,51 +4297,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">63</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1551-1552. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId982869828e62df91b" w:history="1">
+      <w:hyperlink r:id="rId445669b84142eb3bd" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1093/jee/63.5.1551</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4481,51 +4481,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">472</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 277-280. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId921569828e62dfa5a" w:history="1">
+      <w:hyperlink r:id="rId965869b84142eb4eb" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.17660/ActaHortic.1998.472.31</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4571,51 +4571,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">79</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 186-189. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId343969828e62dfaeb" w:history="1">
+      <w:hyperlink r:id="rId382269b84142eb58d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PD-79-0186</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4795,51 +4795,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">39</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 889-892. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId673969828e62dfc62" w:history="1">
+      <w:hyperlink r:id="rId565469b84142eb6fc" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://babel.hathitrust.org/cgi/pt?id=mdp.39015001262420&amp;seq=895</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -4905,51 +4905,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Trichovirus persicae</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId199369828e62dfd1d" w:history="1">
+      <w:hyperlink r:id="rId602169b84142eb7b3" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -5121,88 +5121,88 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">8</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), 6 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId513169828e62dfe6b" w:history="1">
+      <w:hyperlink r:id="rId138969b84142eb903" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.1978.tb02761.x</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="35415819" name="name237869828e62dfefc" descr="eu_funding_250.png"/>
+            <wp:docPr id="57803828" name="name909869b84142ebc5d" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId932469828e62dfefb" cstate="print"/>
+                    <a:blip r:embed="rId954469b84142ebc5b" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -5300,137 +5300,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="56418588">
+  <w:abstractNum w:abstractNumId="25825365">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="63762612">
+    <w:lvl w:ilvl="0" w:tplc="32917586">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="63762612" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="32917586" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="63762612" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="32917586" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="63762612" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="32917586" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="63762612" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="32917586" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="63762612" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="32917586" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="63762612" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="32917586" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="63762612" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="32917586" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="63762612" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="32917586" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="56418587">
+  <w:abstractNum w:abstractNumId="25825364">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="69983946">
+    <w:lvl w:ilvl="0" w:tplc="91378523">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -6182,55 +6182,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="56418587">
-    <w:abstractNumId w:val="56418587"/>
+  <w:num w:numId="25825364">
+    <w:abstractNumId w:val="25825364"/>
   </w:num>
-  <w:num w:numId="56418588">
-    <w:abstractNumId w:val="56418588"/>
+  <w:num w:numId="25825365">
+    <w:abstractNumId w:val="25825365"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -17780,51 +17780,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId819990762" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId519844011" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId102769828e62dd03d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PCMV00/" TargetMode="External"/><Relationship Id="rId997969828e62dd0a6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PCMV00/categorization" TargetMode="External"/><Relationship Id="rId433769828e62df13f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://babel.hathitrust.org/cgi/pt?id=uc1.31210002702445&amp;seq=1233" TargetMode="External"/><Relationship Id="rId450269828e62df1b7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s00705-019-04358-y" TargetMode="External"/><Relationship Id="rId534469828e62df229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.17660/ActaHortic.1976.67.41" TargetMode="External"/><Relationship Id="rId221369828e62df29a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/%2010.17660/ActaHortic.1986.193.6" TargetMode="External"/><Relationship Id="rId709269828e62df37f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2019.5735" TargetMode="External"/><Relationship Id="rId800369828e62df3ef" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.2001.tb01028.x" TargetMode="External"/><Relationship Id="rId470569828e62df49d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12771" TargetMode="External"/><Relationship Id="rId939069828e62df56b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://%20https%3A/doi.org/10.17660/ActaHortic.1989.235.47" TargetMode="External"/><Relationship Id="rId988569828e62df5fc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/0923-2516(90)90060-V" TargetMode="External"/><Relationship Id="rId772169828e62df68b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS.1998.82.12.1371" TargetMode="External"/><Relationship Id="rId695369828e62df6f9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS.1998.82.8.905" TargetMode="External"/><Relationship Id="rId878069828e62df75b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.science.org/doi/10.1126/science.76.1962.123.a" TargetMode="External"/><Relationship Id="rId372369828e62df7ac" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS.1998.82.8.909" TargetMode="External"/><Relationship Id="rId355069828e62df81c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/s0166-0934(99)00112-3" TargetMode="External"/><Relationship Id="rId412269828e62df88c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHYTO-96-0137" TargetMode="External"/><Relationship Id="rId982869828e62df91b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1093/jee/63.5.1551" TargetMode="External"/><Relationship Id="rId921569828e62dfa5a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.17660/ActaHortic.1998.472.31" TargetMode="External"/><Relationship Id="rId343969828e62dfaeb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PD-79-0186" TargetMode="External"/><Relationship Id="rId673969828e62dfc62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://babel.hathitrust.org/cgi/pt?id=mdp.39015001262420&amp;seq=895" TargetMode="External"/><Relationship Id="rId199369828e62dfd1d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId513169828e62dfe6b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1978.tb02761.x" TargetMode="External"/><Relationship Id="rId640269828e62de617" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId640269828e62de617.jpg"/><Relationship Id="rId932469828e62dfefb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId932469828e62dfefb.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId740433706" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId839844020" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId762369b84142e8247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PCMV00/" TargetMode="External"/><Relationship Id="rId187769b84142e82b1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PCMV00/categorization" TargetMode="External"/><Relationship Id="rId199569b84142eaba0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://babel.hathitrust.org/cgi/pt?id=uc1.31210002702445&amp;seq=1233" TargetMode="External"/><Relationship Id="rId453769b84142eac1b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s00705-019-04358-y" TargetMode="External"/><Relationship Id="rId238369b84142eac8e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.17660/ActaHortic.1976.67.41" TargetMode="External"/><Relationship Id="rId959569b84142eacff" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/%2010.17660/ActaHortic.1986.193.6" TargetMode="External"/><Relationship Id="rId704869b84142eade5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2019.5735" TargetMode="External"/><Relationship Id="rId984669b84142eae57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.2001.tb01028.x" TargetMode="External"/><Relationship Id="rId322369b84142eaf04" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12771" TargetMode="External"/><Relationship Id="rId497769b84142eaff8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://%20https%3A/doi.org/10.17660/ActaHortic.1989.235.47" TargetMode="External"/><Relationship Id="rId226269b84142eb090" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/0923-2516(90)90060-V" TargetMode="External"/><Relationship Id="rId981769b84142eb120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS.1998.82.12.1371" TargetMode="External"/><Relationship Id="rId432469b84142eb191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS.1998.82.8.905" TargetMode="External"/><Relationship Id="rId302169b84142eb1f5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.science.org/doi/10.1126/science.76.1962.123.a" TargetMode="External"/><Relationship Id="rId780869b84142eb249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS.1998.82.8.909" TargetMode="External"/><Relationship Id="rId545269b84142eb2ba" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/s0166-0934(99)00112-3" TargetMode="External"/><Relationship Id="rId555169b84142eb32c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHYTO-96-0137" TargetMode="External"/><Relationship Id="rId445669b84142eb3bd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1093/jee/63.5.1551" TargetMode="External"/><Relationship Id="rId965869b84142eb4eb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.17660/ActaHortic.1998.472.31" TargetMode="External"/><Relationship Id="rId382269b84142eb58d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PD-79-0186" TargetMode="External"/><Relationship Id="rId565469b84142eb6fc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://babel.hathitrust.org/cgi/pt?id=mdp.39015001262420&amp;seq=895" TargetMode="External"/><Relationship Id="rId602169b84142eb7b3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId138969b84142eb903" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1978.tb02761.x" TargetMode="External"/><Relationship Id="rId134069b84142e9d19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId134069b84142e9d19.jpg"/><Relationship Id="rId954469b84142ebc5b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId954469b84142ebc5b.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>