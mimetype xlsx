--- v0 (2025-10-10)
+++ v1 (2026-02-09)
@@ -12,80 +12,89 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="PCJSS" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="13">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="16">
   <si>
     <t>type</t>
   </si>
   <si>
     <t>EPPOCode</t>
   </si>
   <si>
     <t>Pref_name</t>
   </si>
   <si>
     <t>References</t>
   </si>
   <si>
     <t>Host</t>
   </si>
   <si>
     <t>CHRYFI</t>
   </si>
   <si>
     <t>Chrysomphalus aonidum</t>
   </si>
   <si>
     <t>* Kreiter P, Germain JF, Balmes V, Belet A, Cambournac L, Correa M, Descamps S, Faten A, Graverol S, Henry S, Japoshvili G, Lépinay V, Paris B, Ris N, Tourlourat A, Warot S, Robert F (2020) Diversité des cochenilles en horticulture ornementale. Phytoma no. 736, 41-46.</t>
   </si>
   <si>
     <t>FIORCO</t>
   </si>
   <si>
     <t>Fiorinia phantasma (as Pachira)</t>
+  </si>
+  <si>
+    <t>PHENHI</t>
+  </si>
+  <si>
+    <t>Maconellicoccus hirsutus</t>
+  </si>
+  <si>
+    <t>* von Ellenrieder (2025) New records of scale insects (Hemiptera: Sternorrhyncha: Coccomorpha) from California with an updated checklist for the state. The Pan-Pacific Entomologist 101(1), 15-50.</t>
   </si>
   <si>
     <t>OPOGSC</t>
   </si>
   <si>
     <t>Opogona sacchari (as Pachira)</t>
   </si>
   <si>
     <t>* van der Gaag DJ, van der Straten M, Ramel JM, Baufeld P , Schrader G (2013) Pest Risk Analysis for Opogona sacchari. Netherlands Food and Consumer Product Safety Authority. 48 pp. Available at https://pra.eppo.int/pra/2823b66f-ce73-48eb-8272-082124412092.
 ------- intercepted in consignments of plants for planting.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
@@ -399,51 +408,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:D4"/>
+  <dimension ref="A1:D5"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="10.569" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="37.705" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="317.208" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
@@ -465,50 +474,64 @@
     </row>
     <row r="3" spans="1:4">
       <c r="A3" t="s">
         <v>4</v>
       </c>
       <c r="B3" t="s">
         <v>8</v>
       </c>
       <c r="C3" t="s">
         <v>9</v>
       </c>
       <c r="D3"/>
     </row>
     <row r="4" spans="1:4">
       <c r="A4" t="s">
         <v>4</v>
       </c>
       <c r="B4" t="s">
         <v>10</v>
       </c>
       <c r="C4" t="s">
         <v>11</v>
       </c>
       <c r="D4" t="s">
         <v>12</v>
+      </c>
+    </row>
+    <row r="5" spans="1:4">
+      <c r="A5" t="s">
+        <v>4</v>
+      </c>
+      <c r="B5" t="s">
+        <v>13</v>
+      </c>
+      <c r="C5" t="s">
+        <v>14</v>
+      </c>
+      <c r="D5" t="s">
+        <v>15</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">