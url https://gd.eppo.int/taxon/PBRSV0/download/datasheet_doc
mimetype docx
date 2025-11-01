--- v0 (2025-10-09)
+++ v1 (2025-11-01)
@@ -347,51 +347,51 @@
               <w:t xml:space="preserve">Tobacco ringspot virus Andean calico strain</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Andean calico of potato</w:t>
             </w:r>
-            <w:hyperlink r:id="rId137768e707d78999c" w:history="1">
+            <w:hyperlink r:id="rId83446905fd642bcc5" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -407,51 +407,51 @@
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 Quarantine pest (Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId124368e707d789a04" w:history="1">
+            <w:hyperlink r:id="rId64606905fd642bd3a" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -465,86 +465,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> PBRSV0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="2377765" name="name938368e707d78a06b" descr="1175.jpg"/>
+                  <wp:docPr id="58109637" name="name86996905fd642be2d" descr="1175.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="1175.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId524468e707d78a06a" cstate="print"/>
+                          <a:blip r:embed="rId69076905fd642be2c" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId243968e707d78a14a" w:history="1">
+            <w:hyperlink r:id="rId71236905fd642bfad" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -1317,63 +1317,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">., 2006). However, confirmation of TRSV is required, since the supplier of the TRSV polyclonal antibody used in this study has reported cross reaction with PBRSV (Agdia, 2021). TRSV antibodies from other sources have also been reported to cross react with PBRSV (EPPO, 2017a).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="55136338" name="name824968e707d78b285" descr="PBRSV0_distribution_map.jpg"/>
+            <wp:docPr id="7868977" name="name54796905fd642d2ee" descr="PBRSV0_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="PBRSV0_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId438168e707d78b283" cstate="print"/>
+                    <a:blip r:embed="rId85976905fd642d2eb" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -1592,51 +1592,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Virus particles are isometric, non-enveloped of two types but similar in size, 25–30 nm in diameter, and exhibit icosahedral symmetry (T = 1, pseudo T = 3) (ICTV (2022a)). The genome is a bipartite, linear positive-sense, single-stranded RNA. Complete sequences are available for a number of PBRSV isolates. RNA1 ranges from 7,579-7,598 bases between the different isolates and contains one single open reading frame (ORF), which is translated into a large polyprotein with 2 325 amino acids and a molecular weight of 257 kDa. RNA2 ranges from 3857 to 3918 bases for the different isolates, and it encodes a polyprotein of 1079–1082 amino acids with a molecular weight of 120 kDa (Souza Richards </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">., 2014). The complete coding sequence of PBRSV isolates are available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId159268e707d78b605" w:history="1">
+      <w:hyperlink r:id="rId81596905fd642d65c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.ncbi.nlm.nih.gov/nuccore/?term=potato+black+ringspot+virus</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -2552,90 +2552,90 @@
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">REFERENCES</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Agdia (2021) Validation Report: ELISA PSA/SRA 64001. Tobacco ringspot virus (TRSV). Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId660268e707d78bcd9" w:history="1">
+      <w:hyperlink r:id="rId99076905fd642dcf5" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://d163axztg8am2h.cloudfront.net/static/doc/f5/05/e77d30230e5b60ff7b9f2041e76c.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 21/01/2023]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Anses (2015) Summary sheet of validation data for a diagnostic test: Nepovirus. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId665468e707d78bd27" w:history="1">
+      <w:hyperlink r:id="rId86636905fd642dd38" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://dc.eppo.int/validation_data/dwvalidation?id=124</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 5 December 2022]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -2719,51 +2719,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA Journal </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">18</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 5853, 134pp.  Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId303068e707d78bdfe" w:history="1">
+      <w:hyperlink r:id="rId39126905fd642de0c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2020.5853</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 5 December 2022]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -2789,51 +2789,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Bulletin </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">37</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 592-597. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId212268e707d78be70" w:history="1">
+      <w:hyperlink r:id="rId79496905fd642de9b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/download/standard/76/pm3-071-1-en.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 12 December 2022]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -2868,51 +2868,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">47</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 135–145. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId687168e707d78beed" w:history="1">
+      <w:hyperlink r:id="rId98296905fd642df1b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/download/standard/126/pm7-002-2-en.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 5 December 2022]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -2938,51 +2938,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Bulletin </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">47</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 487-503. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId812368e707d78bf5e" w:history="1">
+      <w:hyperlink r:id="rId95366905fd642df8e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/download/standard/243/pm8-001-2-en.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 5 December 2022]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3017,51 +3017,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">49</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 452–479. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId227168e707d78bfda" w:history="1">
+      <w:hyperlink r:id="rId38466905fd642e00d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/download/standard/26/pm3-021-3-en.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 5 December 2022]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3087,51 +3087,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Bulletin </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">49</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 480–481.  Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId112268e707d78c049" w:history="1">
+      <w:hyperlink r:id="rId56726905fd642e07e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/download/standard/66/pm3-061-2-en.pdf </w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 5 December 2022]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3166,51 +3166,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">49</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 482–483. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId891068e707d78c0c5" w:history="1">
+      <w:hyperlink r:id="rId10836905fd642e0fc" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/download/standard/67/pm3-062-3-en.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 5 December 2022]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3245,207 +3245,207 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">49</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 484–485. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId509168e707d78c140" w:history="1">
+      <w:hyperlink r:id="rId96446905fd642e17a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/download/standard/68/pm3-063-3-en.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 5 December 2022]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2022) EPPO A1 List of pests recommended for regulation as quarantine pests version 2020-09. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId132068e707d78c17d" w:history="1">
+      <w:hyperlink r:id="rId57066905fd642e1b9" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.eppo.int/ACTIVITIES/plant_quarantine/A1_list</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 5 December 2022]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EU (2022) Consolidated text: Commission Implementing Regulation (EU) 2019/2072 of 28 November 2019 establishing uniform conditions for the implementation of Regulation (EU) 2016/2031 of the European Parliament and the Council, as regards protective measures against pests of plants, and repealing Commission Regulation (EC) No 690/2008 and amending Commission Implementing Regulation (EU) 2018/2019. Lastly revised in 2022. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId874268e707d78c1be" w:history="1">
+      <w:hyperlink r:id="rId41836905fd642e1fb" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02019R2072-202207141</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 5 December 2022]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EU (2018) Commission Implementing Regulation (EU) 2018/2019 of 18 December 2018 establishing a provisional list of high risk plants, plant products or other objects, within the meaning of Article 42 of Regulation (EU) 2016/2031 and a list of plants for which phytosanitary certificates are not required for introduction into the Union, within the meaning of Article 73 of that Regulation. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId330468e707d78c1ff" w:history="1">
+      <w:hyperlink r:id="rId10266905fd642e23e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A32018R2019</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 24 December 2022]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EU (2022) Consolidated text: Commission Implementing Regulation (EU) 2019/2072 of 28 November 2019 establishing uniform conditions for the implementation of Regulation (EU) 2016/2031 of the European Parliament and the Council, as regards protective measures against pests of plants, and repealing Commission Regulation (EC) No 690/2008 and amending Commission Implementing Regulation (EU) 2018/2019. Lastly revised in 2022. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId538968e707d78c240" w:history="1">
+      <w:hyperlink r:id="rId75396905fd642e27f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://eur-lex.europa.eu/eli/reg_impl/2019/2072#:~:text=Consolidated%20text%3A%20Commission%20Implementing%20Regulation%20%28EU%29%202019%2F2072%20of,690%2F2008%20and%20amending%20Commission%20Implementing%20Regulation%20%28EU%29%202018%2F2019</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 6 November 2022]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3574,72 +3574,72 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (ed. French ER), pp 230-233. International Potato Center, Peru</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Fuentes S, Perez A &amp; Kreuze J (2019) Dataset for: The Peruvian potato virome, V1. International Potato Center. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId662768e707d78c498" w:history="1">
+      <w:hyperlink r:id="rId35776905fd642e39b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://popathodiv.org</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> or </w:t>
       </w:r>
-      <w:hyperlink r:id="rId525368e707d78c4b8" w:history="1">
+      <w:hyperlink r:id="rId23326905fd642e3b9" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.21223/P3/YFHLQU</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 5 December 2022]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3736,101 +3736,101 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, pp</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">75-172. Institute of Plant Genetics and Crop Plant Research, Gatersleben, Germany and International Plant Genetic Resources Institute, Rome, Italy. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId925768e707d78c59a" w:history="1">
+      <w:hyperlink r:id="rId49596905fd642e499" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://cgspace.cgiar.org/handle/10568/104208</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 27 December 2022]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">ICTV (2022a) The ICTV Report on Virus Classification and Taxon Nomenclature: </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Secoviridae. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId374968e707d78c5ec" w:history="1">
+      <w:hyperlink r:id="rId56406905fd642e4eb" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://ictv.global/report/chapter/secoviridae/secoviridae</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 9 December 2022]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3845,111 +3845,111 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">ICTV (2022b) The ICTV Report on Virus Classification and Taxon Nomenclature: </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Nepovirus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId435068e707d78c64a" w:history="1">
+      <w:hyperlink r:id="rId24326905fd642e549" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://ictv.global/report/chapter/secoviridae/secoviridae/nepovirus</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 5 December 2022]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Kreuze J, Fuentes S, Pérez A, Gutierrez D &amp; Cadenas C (2019) Viroma de la papa en el Perú y fortalecimiento de capacidades INIA y UNALM en el diagnóstico de patógenos con técnicas de última generación para enfrentar al riesgo de enfermedades emergentes por el calentamiento global” Programa Nacional de Innovación Agraria : 029-2015-INIA-PNIA/UPMSI/IE [Potato viruses in Peru and strengthening of INIA and UNALM capacities in the diagnosis of pathogens with state-of-the-art techniques to face the risk of emerging diseases due to global warming” National Program for Agrarian Innovation: 029-2015-INIA-PNIA/ UPMSI/IE]. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId496768e707d78c68e" w:history="1">
+      <w:hyperlink r:id="rId37906905fd642e58d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://popathodiv.org</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> or </w:t>
       </w:r>
-      <w:hyperlink r:id="rId460168e707d78c6ad" w:history="1">
+      <w:hyperlink r:id="rId54966905fd642e5ab" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://potpathodiv.org/static/papers/2_Resultados_Viroma%20de%20la%20Papa_Marzo%202019_(SFD).pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 5 December 2022]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3964,51 +3964,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Kreuze JF, Souza-Dias JAC, Jeevalatha A, Figueira AR, Valkonen JPT &amp; Jones RAC (2020) Viral diseases in potato. In </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">The Potato Crop. Its Agricultural, Nutritional and Social Contribution to Humankind</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (eds)Campos H &amp; Ortiz O), pp. 389-430. Springer, Cham (CH). Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId498768e707d78c70c" w:history="1">
+      <w:hyperlink r:id="rId47916905fd642e60a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://link.springer.com/content/pdf/10.1007%2F978-3-030-28683-5_11.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 5 December 2022]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4121,81 +4121,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Lizarraga C, Santa Cruz M, &amp; Salazar LF (1997) Progress in identifying viruses infecting Andean root and tuber crops. In</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">: CIP Program Report 1995-1996, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">pp 156-158. International Potato Centre, Lima, Peru. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId164668e707d78c805" w:history="1">
+      <w:hyperlink r:id="rId52526905fd642e704" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://cgspace.cgiar.org/handle/10568/109459</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">NRC (1989) Lost crops of the Incas: Little-Known Plants of the Andes with Promise for Worldwide Cultivation. The National Academies Press, Washington, DC, USA. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId417268e707d78c837" w:history="1">
+      <w:hyperlink r:id="rId92556905fd642e736" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://nap.nationalacademies.org/download/1398</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4277,51 +4277,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Pacheco JAS (2021)Caracterización molecular de secuencias asociadas a virus provenientes de arracacha (A</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">rracacia xanthorrhiza B</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">ancroft) y su detección en papa [Molecular characterization of sequences associated with viruses from arracacha (Arracacia xanthorrhiza Bancroft) and their detection in potato]. Msc thesis, National Agrarian University, Lima, Peru. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId322068e707d78c914" w:history="1">
+      <w:hyperlink r:id="rId83086905fd642e805" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://core.ac.uk/download/pdf/482041718.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 5 December 2022]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4780,51 +4780,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">54</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1135-1141. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId129868e707d78cc50" w:history="1">
+      <w:hyperlink r:id="rId29376905fd642eb33" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://revistas.ucr.ac.cr/index.php/rbt/article/view/3090/2998</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 2 May 2021]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4955,129 +4955,129 @@
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">AAB, CABI and other resources used when preparing this datasheet</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI Datasheet on Andean potato mottle virus. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId155968e707d78cd6c" w:history="1">
+      <w:hyperlink r:id="rId58406905fd642ec50" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.cabi.org/isc/datasheet/42520</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 5 December 2022]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Jeffries C (1998) FAO/IPGRI Technical Guidelines for the Safe Movement of Germplasm. No.19. Potato. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId124568e707d78cdab" w:history="1">
+      <w:hyperlink r:id="rId92796905fd642ec8e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.bioversityinternational.org/fileadmin/user_upload/Potato_booklet_reduced.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 5 December 2022]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Salazar LF &amp; Harrison BD (1979) AAB description of plant viruses. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId658968e707d78cde9" w:history="1">
+      <w:hyperlink r:id="rId12046905fd642ecd5" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.dpvweb.net/dpv/showdpv/?dpvno=206</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 5 December 2022]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5152,51 +5152,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Nepovirus solani</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId451268e707d78ceab" w:history="1">
+      <w:hyperlink r:id="rId35696905fd642ed95" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -5387,90 +5387,90 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 11-22.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId109468e707d78d019" w:history="1">
+      <w:hyperlink r:id="rId44826905fd642ef1d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.1984.tb01975.x</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="34497024" name="name241268e707d78d09d" descr="eu_funding_250.png"/>
+            <wp:docPr id="60108079" name="name29386905fd642efb4" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId818668e707d78d09b" cstate="print"/>
+                    <a:blip r:embed="rId39096905fd642efb3" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -5568,137 +5568,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="41998436">
+  <w:abstractNum w:abstractNumId="36238402">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="68246704">
+    <w:lvl w:ilvl="0" w:tplc="87095897">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="68246704" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="87095897" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="68246704" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="87095897" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="68246704" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="87095897" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="68246704" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="87095897" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="68246704" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="87095897" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="68246704" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="87095897" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="68246704" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="87095897" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="68246704" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="87095897" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="41998435">
+  <w:abstractNum w:abstractNumId="36238401">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="51865112">
+    <w:lvl w:ilvl="0" w:tplc="63867438">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -6450,55 +6450,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="41998435">
-    <w:abstractNumId w:val="41998435"/>
+  <w:num w:numId="36238401">
+    <w:abstractNumId w:val="36238401"/>
   </w:num>
-  <w:num w:numId="41998436">
-    <w:abstractNumId w:val="41998436"/>
+  <w:num w:numId="36238402">
+    <w:abstractNumId w:val="36238402"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -18048,51 +18048,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId334226418" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId601117546" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId137768e707d78999c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PBRSV0/" TargetMode="External"/><Relationship Id="rId124368e707d789a04" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PBRSV0/categorization" TargetMode="External"/><Relationship Id="rId243968e707d78a14a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PBRSV0/photos" TargetMode="External"/><Relationship Id="rId159268e707d78b605" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/nuccore/?term=potato+black+ringspot+virus" TargetMode="External"/><Relationship Id="rId660268e707d78bcd9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://d163axztg8am2h.cloudfront.net/static/doc/f5/05/e77d30230e5b60ff7b9f2041e76c.pdf" TargetMode="External"/><Relationship Id="rId665468e707d78bd27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dc.eppo.int/validation_data/dwvalidation?id=124" TargetMode="External"/><Relationship Id="rId303068e707d78bdfe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2020.5853" TargetMode="External"/><Relationship Id="rId212268e707d78be70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/download/standard/76/pm3-071-1-en.pdf" TargetMode="External"/><Relationship Id="rId687168e707d78beed" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/download/standard/126/pm7-002-2-en.pdf" TargetMode="External"/><Relationship Id="rId812368e707d78bf5e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/download/standard/243/pm8-001-2-en.pdf%20" TargetMode="External"/><Relationship Id="rId227168e707d78bfda" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/download/standard/26/pm3-021-3-en.pdf" TargetMode="External"/><Relationship Id="rId112268e707d78c049" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/download/standard/66/pm3-061-2-en.pdf" TargetMode="External"/><Relationship Id="rId891068e707d78c0c5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/download/standard/67/pm3-062-3-en.pdf" TargetMode="External"/><Relationship Id="rId509168e707d78c140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/download/standard/68/pm3-063-3-en.pdf" TargetMode="External"/><Relationship Id="rId132068e707d78c17d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.eppo.int/ACTIVITIES/plant_quarantine/A1_list" TargetMode="External"/><Relationship Id="rId874268e707d78c1be" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02019R2072-202207141" TargetMode="External"/><Relationship Id="rId330468e707d78c1ff" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A32018R2019" TargetMode="External"/><Relationship Id="rId538968e707d78c240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/eli/reg_impl/2019/2072#:~:text=Consolidated%20text%3A%20Commission%20Implementing%20Regulation%20%28EU%29%202019%2F2072%20of,690%2F2008%20and%20amending%20Commission%20Implementing%20Regulation%20%28EU%29%202018%2F2019" TargetMode="External"/><Relationship Id="rId662768e707d78c498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://popathodiv.org" TargetMode="External"/><Relationship Id="rId525368e707d78c4b8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.21223/P3/YFHLQU" TargetMode="External"/><Relationship Id="rId925768e707d78c59a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cgspace.cgiar.org/handle/10568/104208" TargetMode="External"/><Relationship Id="rId374968e707d78c5ec" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ictv.global/report/chapter/secoviridae/secoviridae" TargetMode="External"/><Relationship Id="rId435068e707d78c64a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ictv.global/report/chapter/secoviridae/secoviridae/nepovirus" TargetMode="External"/><Relationship Id="rId496768e707d78c68e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://popathodiv.org" TargetMode="External"/><Relationship Id="rId460168e707d78c6ad" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://potpathodiv.org/static/papers/2_Resultados_Viroma%20de%20la%20Papa_Marzo%202019_(SFD).pdf" TargetMode="External"/><Relationship Id="rId498768e707d78c70c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://link.springer.com/content/pdf/10.1007%2F978-3-030-28683-5_11.pdf" TargetMode="External"/><Relationship Id="rId164668e707d78c805" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cgspace.cgiar.org/handle/10568/109459" TargetMode="External"/><Relationship Id="rId417268e707d78c837" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nap.nationalacademies.org/download/1398" TargetMode="External"/><Relationship Id="rId322068e707d78c914" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://core.ac.uk/download/pdf/482041718.pdf" TargetMode="External"/><Relationship Id="rId129868e707d78cc50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://revistas.ucr.ac.cr/index.php/rbt/article/view/3090/2998" TargetMode="External"/><Relationship Id="rId155968e707d78cd6c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/42520" TargetMode="External"/><Relationship Id="rId124568e707d78cdab" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bioversityinternational.org/fileadmin/user_upload/Potato_booklet_reduced.pdf" TargetMode="External"/><Relationship Id="rId658968e707d78cde9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.dpvweb.net/dpv/showdpv/?dpvno=206" TargetMode="External"/><Relationship Id="rId451268e707d78ceab" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId109468e707d78d019" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1984.tb01975.x" TargetMode="External"/><Relationship Id="rId524468e707d78a06a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId524468e707d78a06a.jpg"/><Relationship Id="rId438168e707d78b283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId438168e707d78b283.jpg"/><Relationship Id="rId818668e707d78d09b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId818668e707d78d09b.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId742216680" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId472022797" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId83446905fd642bcc5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PBRSV0/" TargetMode="External"/><Relationship Id="rId64606905fd642bd3a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PBRSV0/categorization" TargetMode="External"/><Relationship Id="rId71236905fd642bfad" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PBRSV0/photos" TargetMode="External"/><Relationship Id="rId81596905fd642d65c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/nuccore/?term=potato+black+ringspot+virus" TargetMode="External"/><Relationship Id="rId99076905fd642dcf5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://d163axztg8am2h.cloudfront.net/static/doc/f5/05/e77d30230e5b60ff7b9f2041e76c.pdf" TargetMode="External"/><Relationship Id="rId86636905fd642dd38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dc.eppo.int/validation_data/dwvalidation?id=124" TargetMode="External"/><Relationship Id="rId39126905fd642de0c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2020.5853" TargetMode="External"/><Relationship Id="rId79496905fd642de9b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/download/standard/76/pm3-071-1-en.pdf" TargetMode="External"/><Relationship Id="rId98296905fd642df1b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/download/standard/126/pm7-002-2-en.pdf" TargetMode="External"/><Relationship Id="rId95366905fd642df8e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/download/standard/243/pm8-001-2-en.pdf%20" TargetMode="External"/><Relationship Id="rId38466905fd642e00d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/download/standard/26/pm3-021-3-en.pdf" TargetMode="External"/><Relationship Id="rId56726905fd642e07e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/download/standard/66/pm3-061-2-en.pdf" TargetMode="External"/><Relationship Id="rId10836905fd642e0fc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/download/standard/67/pm3-062-3-en.pdf" TargetMode="External"/><Relationship Id="rId96446905fd642e17a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/download/standard/68/pm3-063-3-en.pdf" TargetMode="External"/><Relationship Id="rId57066905fd642e1b9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.eppo.int/ACTIVITIES/plant_quarantine/A1_list" TargetMode="External"/><Relationship Id="rId41836905fd642e1fb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02019R2072-202207141" TargetMode="External"/><Relationship Id="rId10266905fd642e23e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A32018R2019" TargetMode="External"/><Relationship Id="rId75396905fd642e27f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/eli/reg_impl/2019/2072#:~:text=Consolidated%20text%3A%20Commission%20Implementing%20Regulation%20%28EU%29%202019%2F2072%20of,690%2F2008%20and%20amending%20Commission%20Implementing%20Regulation%20%28EU%29%202018%2F2019" TargetMode="External"/><Relationship Id="rId35776905fd642e39b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://popathodiv.org" TargetMode="External"/><Relationship Id="rId23326905fd642e3b9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.21223/P3/YFHLQU" TargetMode="External"/><Relationship Id="rId49596905fd642e499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cgspace.cgiar.org/handle/10568/104208" TargetMode="External"/><Relationship Id="rId56406905fd642e4eb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ictv.global/report/chapter/secoviridae/secoviridae" TargetMode="External"/><Relationship Id="rId24326905fd642e549" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ictv.global/report/chapter/secoviridae/secoviridae/nepovirus" TargetMode="External"/><Relationship Id="rId37906905fd642e58d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://popathodiv.org" TargetMode="External"/><Relationship Id="rId54966905fd642e5ab" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://potpathodiv.org/static/papers/2_Resultados_Viroma%20de%20la%20Papa_Marzo%202019_(SFD).pdf" TargetMode="External"/><Relationship Id="rId47916905fd642e60a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://link.springer.com/content/pdf/10.1007%2F978-3-030-28683-5_11.pdf" TargetMode="External"/><Relationship Id="rId52526905fd642e704" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cgspace.cgiar.org/handle/10568/109459" TargetMode="External"/><Relationship Id="rId92556905fd642e736" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nap.nationalacademies.org/download/1398" TargetMode="External"/><Relationship Id="rId83086905fd642e805" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://core.ac.uk/download/pdf/482041718.pdf" TargetMode="External"/><Relationship Id="rId29376905fd642eb33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://revistas.ucr.ac.cr/index.php/rbt/article/view/3090/2998" TargetMode="External"/><Relationship Id="rId58406905fd642ec50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/42520" TargetMode="External"/><Relationship Id="rId92796905fd642ec8e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bioversityinternational.org/fileadmin/user_upload/Potato_booklet_reduced.pdf" TargetMode="External"/><Relationship Id="rId12046905fd642ecd5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.dpvweb.net/dpv/showdpv/?dpvno=206" TargetMode="External"/><Relationship Id="rId35696905fd642ed95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId44826905fd642ef1d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1984.tb01975.x" TargetMode="External"/><Relationship Id="rId69076905fd642be2c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId69076905fd642be2c.jpg"/><Relationship Id="rId85976905fd642d2eb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId85976905fd642d2eb.jpg"/><Relationship Id="rId39096905fd642efb3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId39096905fd642efb3.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>