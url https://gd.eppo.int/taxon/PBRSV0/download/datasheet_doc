--- v1 (2025-11-01)
+++ v2 (2025-11-24)
@@ -347,51 +347,51 @@
               <w:t xml:space="preserve">Tobacco ringspot virus Andean calico strain</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Andean calico of potato</w:t>
             </w:r>
-            <w:hyperlink r:id="rId83446905fd642bcc5" w:history="1">
+            <w:hyperlink r:id="rId9141692453fc83762" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -407,51 +407,51 @@
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 Quarantine pest (Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId64606905fd642bd3a" w:history="1">
+            <w:hyperlink r:id="rId2868692453fc837cc" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -465,86 +465,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> PBRSV0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="58109637" name="name86996905fd642be2d" descr="1175.jpg"/>
+                  <wp:docPr id="59121290" name="name3028692453fc8389a" descr="1175.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="1175.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId69076905fd642be2c" cstate="print"/>
+                          <a:blip r:embed="rId2993692453fc83899" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId71236905fd642bfad" w:history="1">
+            <w:hyperlink r:id="rId3507692453fc839ad" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -1317,63 +1317,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">., 2006). However, confirmation of TRSV is required, since the supplier of the TRSV polyclonal antibody used in this study has reported cross reaction with PBRSV (Agdia, 2021). TRSV antibodies from other sources have also been reported to cross react with PBRSV (EPPO, 2017a).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="7868977" name="name54796905fd642d2ee" descr="PBRSV0_distribution_map.jpg"/>
+            <wp:docPr id="85461961" name="name1376692453fc84fd5" descr="PBRSV0_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="PBRSV0_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId85976905fd642d2eb" cstate="print"/>
+                    <a:blip r:embed="rId3888692453fc84fd3" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -1592,51 +1592,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Virus particles are isometric, non-enveloped of two types but similar in size, 25–30 nm in diameter, and exhibit icosahedral symmetry (T = 1, pseudo T = 3) (ICTV (2022a)). The genome is a bipartite, linear positive-sense, single-stranded RNA. Complete sequences are available for a number of PBRSV isolates. RNA1 ranges from 7,579-7,598 bases between the different isolates and contains one single open reading frame (ORF), which is translated into a large polyprotein with 2 325 amino acids and a molecular weight of 257 kDa. RNA2 ranges from 3857 to 3918 bases for the different isolates, and it encodes a polyprotein of 1079–1082 amino acids with a molecular weight of 120 kDa (Souza Richards </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">., 2014). The complete coding sequence of PBRSV isolates are available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId81596905fd642d65c" w:history="1">
+      <w:hyperlink r:id="rId2163692453fc854ce" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.ncbi.nlm.nih.gov/nuccore/?term=potato+black+ringspot+virus</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -2552,90 +2552,90 @@
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">REFERENCES</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Agdia (2021) Validation Report: ELISA PSA/SRA 64001. Tobacco ringspot virus (TRSV). Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId99076905fd642dcf5" w:history="1">
+      <w:hyperlink r:id="rId3937692453fc85b91" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://d163axztg8am2h.cloudfront.net/static/doc/f5/05/e77d30230e5b60ff7b9f2041e76c.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 21/01/2023]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Anses (2015) Summary sheet of validation data for a diagnostic test: Nepovirus. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId86636905fd642dd38" w:history="1">
+      <w:hyperlink r:id="rId3401692453fc85bd3" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://dc.eppo.int/validation_data/dwvalidation?id=124</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 5 December 2022]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -2719,51 +2719,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA Journal </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">18</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 5853, 134pp.  Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId39126905fd642de0c" w:history="1">
+      <w:hyperlink r:id="rId2809692453fc85ccd" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2020.5853</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 5 December 2022]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -2789,51 +2789,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Bulletin </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">37</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 592-597. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId79496905fd642de9b" w:history="1">
+      <w:hyperlink r:id="rId7720692453fc85d4e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/download/standard/76/pm3-071-1-en.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 12 December 2022]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -2868,51 +2868,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">47</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 135–145. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId98296905fd642df1b" w:history="1">
+      <w:hyperlink r:id="rId1806692453fc85dd1" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/download/standard/126/pm7-002-2-en.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 5 December 2022]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -2938,51 +2938,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Bulletin </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">47</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 487-503. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId95366905fd642df8e" w:history="1">
+      <w:hyperlink r:id="rId6023692453fc85e42" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/download/standard/243/pm8-001-2-en.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 5 December 2022]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3017,51 +3017,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">49</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 452–479. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId38466905fd642e00d" w:history="1">
+      <w:hyperlink r:id="rId6092692453fc85ecc" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/download/standard/26/pm3-021-3-en.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 5 December 2022]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3087,51 +3087,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Bulletin </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">49</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 480–481.  Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId56726905fd642e07e" w:history="1">
+      <w:hyperlink r:id="rId2643692453fc85f3f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/download/standard/66/pm3-061-2-en.pdf </w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 5 December 2022]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3166,51 +3166,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">49</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 482–483. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId10836905fd642e0fc" w:history="1">
+      <w:hyperlink r:id="rId9235692453fc85fbe" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/download/standard/67/pm3-062-3-en.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 5 December 2022]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3245,207 +3245,207 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">49</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 484–485. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId96446905fd642e17a" w:history="1">
+      <w:hyperlink r:id="rId8947692453fc8603b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/download/standard/68/pm3-063-3-en.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 5 December 2022]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2022) EPPO A1 List of pests recommended for regulation as quarantine pests version 2020-09. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId57066905fd642e1b9" w:history="1">
+      <w:hyperlink r:id="rId3188692453fc8607a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.eppo.int/ACTIVITIES/plant_quarantine/A1_list</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 5 December 2022]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EU (2022) Consolidated text: Commission Implementing Regulation (EU) 2019/2072 of 28 November 2019 establishing uniform conditions for the implementation of Regulation (EU) 2016/2031 of the European Parliament and the Council, as regards protective measures against pests of plants, and repealing Commission Regulation (EC) No 690/2008 and amending Commission Implementing Regulation (EU) 2018/2019. Lastly revised in 2022. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId41836905fd642e1fb" w:history="1">
+      <w:hyperlink r:id="rId6935692453fc860cb" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02019R2072-202207141</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 5 December 2022]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EU (2018) Commission Implementing Regulation (EU) 2018/2019 of 18 December 2018 establishing a provisional list of high risk plants, plant products or other objects, within the meaning of Article 42 of Regulation (EU) 2016/2031 and a list of plants for which phytosanitary certificates are not required for introduction into the Union, within the meaning of Article 73 of that Regulation. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId10266905fd642e23e" w:history="1">
+      <w:hyperlink r:id="rId1352692453fc8610e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A32018R2019</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 24 December 2022]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EU (2022) Consolidated text: Commission Implementing Regulation (EU) 2019/2072 of 28 November 2019 establishing uniform conditions for the implementation of Regulation (EU) 2016/2031 of the European Parliament and the Council, as regards protective measures against pests of plants, and repealing Commission Regulation (EC) No 690/2008 and amending Commission Implementing Regulation (EU) 2018/2019. Lastly revised in 2022. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId75396905fd642e27f" w:history="1">
+      <w:hyperlink r:id="rId7370692453fc86150" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://eur-lex.europa.eu/eli/reg_impl/2019/2072#:~:text=Consolidated%20text%3A%20Commission%20Implementing%20Regulation%20%28EU%29%202019%2F2072%20of,690%2F2008%20and%20amending%20Commission%20Implementing%20Regulation%20%28EU%29%202018%2F2019</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 6 November 2022]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3574,72 +3574,72 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (ed. French ER), pp 230-233. International Potato Center, Peru</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Fuentes S, Perez A &amp; Kreuze J (2019) Dataset for: The Peruvian potato virome, V1. International Potato Center. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId35776905fd642e39b" w:history="1">
+      <w:hyperlink r:id="rId4723692453fc86276" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://popathodiv.org</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> or </w:t>
       </w:r>
-      <w:hyperlink r:id="rId23326905fd642e3b9" w:history="1">
+      <w:hyperlink r:id="rId6275692453fc86295" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.21223/P3/YFHLQU</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 5 December 2022]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3736,101 +3736,101 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, pp</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">75-172. Institute of Plant Genetics and Crop Plant Research, Gatersleben, Germany and International Plant Genetic Resources Institute, Rome, Italy. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId49596905fd642e499" w:history="1">
+      <w:hyperlink r:id="rId8371692453fc8637a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://cgspace.cgiar.org/handle/10568/104208</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 27 December 2022]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">ICTV (2022a) The ICTV Report on Virus Classification and Taxon Nomenclature: </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Secoviridae. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId56406905fd642e4eb" w:history="1">
+      <w:hyperlink r:id="rId3923692453fc863cc" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://ictv.global/report/chapter/secoviridae/secoviridae</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 9 December 2022]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3845,111 +3845,111 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">ICTV (2022b) The ICTV Report on Virus Classification and Taxon Nomenclature: </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Nepovirus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId24326905fd642e549" w:history="1">
+      <w:hyperlink r:id="rId9770692453fc8642a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://ictv.global/report/chapter/secoviridae/secoviridae/nepovirus</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 5 December 2022]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Kreuze J, Fuentes S, Pérez A, Gutierrez D &amp; Cadenas C (2019) Viroma de la papa en el Perú y fortalecimiento de capacidades INIA y UNALM en el diagnóstico de patógenos con técnicas de última generación para enfrentar al riesgo de enfermedades emergentes por el calentamiento global” Programa Nacional de Innovación Agraria : 029-2015-INIA-PNIA/UPMSI/IE [Potato viruses in Peru and strengthening of INIA and UNALM capacities in the diagnosis of pathogens with state-of-the-art techniques to face the risk of emerging diseases due to global warming” National Program for Agrarian Innovation: 029-2015-INIA-PNIA/ UPMSI/IE]. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId37906905fd642e58d" w:history="1">
+      <w:hyperlink r:id="rId3511692453fc86470" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://popathodiv.org</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> or </w:t>
       </w:r>
-      <w:hyperlink r:id="rId54966905fd642e5ab" w:history="1">
+      <w:hyperlink r:id="rId9827692453fc8648e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://potpathodiv.org/static/papers/2_Resultados_Viroma%20de%20la%20Papa_Marzo%202019_(SFD).pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 5 December 2022]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3964,51 +3964,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Kreuze JF, Souza-Dias JAC, Jeevalatha A, Figueira AR, Valkonen JPT &amp; Jones RAC (2020) Viral diseases in potato. In </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">The Potato Crop. Its Agricultural, Nutritional and Social Contribution to Humankind</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (eds)Campos H &amp; Ortiz O), pp. 389-430. Springer, Cham (CH). Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId47916905fd642e60a" w:history="1">
+      <w:hyperlink r:id="rId9223692453fc864ee" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://link.springer.com/content/pdf/10.1007%2F978-3-030-28683-5_11.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 5 December 2022]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4121,81 +4121,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Lizarraga C, Santa Cruz M, &amp; Salazar LF (1997) Progress in identifying viruses infecting Andean root and tuber crops. In</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">: CIP Program Report 1995-1996, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">pp 156-158. International Potato Centre, Lima, Peru. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId52526905fd642e704" w:history="1">
+      <w:hyperlink r:id="rId2258692453fc865ee" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://cgspace.cgiar.org/handle/10568/109459</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">NRC (1989) Lost crops of the Incas: Little-Known Plants of the Andes with Promise for Worldwide Cultivation. The National Academies Press, Washington, DC, USA. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId92556905fd642e736" w:history="1">
+      <w:hyperlink r:id="rId7381692453fc86621" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://nap.nationalacademies.org/download/1398</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4277,51 +4277,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Pacheco JAS (2021)Caracterización molecular de secuencias asociadas a virus provenientes de arracacha (A</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">rracacia xanthorrhiza B</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">ancroft) y su detección en papa [Molecular characterization of sequences associated with viruses from arracacha (Arracacia xanthorrhiza Bancroft) and their detection in potato]. Msc thesis, National Agrarian University, Lima, Peru. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId83086905fd642e805" w:history="1">
+      <w:hyperlink r:id="rId2273692453fc866f4" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://core.ac.uk/download/pdf/482041718.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 5 December 2022]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4780,51 +4780,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">54</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1135-1141. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId29376905fd642eb33" w:history="1">
+      <w:hyperlink r:id="rId4731692453fc86a26" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://revistas.ucr.ac.cr/index.php/rbt/article/view/3090/2998</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 2 May 2021]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4955,129 +4955,129 @@
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">AAB, CABI and other resources used when preparing this datasheet</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI Datasheet on Andean potato mottle virus. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId58406905fd642ec50" w:history="1">
+      <w:hyperlink r:id="rId8238692453fc86b49" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.cabi.org/isc/datasheet/42520</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 5 December 2022]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Jeffries C (1998) FAO/IPGRI Technical Guidelines for the Safe Movement of Germplasm. No.19. Potato. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId92796905fd642ec8e" w:history="1">
+      <w:hyperlink r:id="rId2623692453fc86b8a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.bioversityinternational.org/fileadmin/user_upload/Potato_booklet_reduced.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 5 December 2022]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Salazar LF &amp; Harrison BD (1979) AAB description of plant viruses. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId12046905fd642ecd5" w:history="1">
+      <w:hyperlink r:id="rId9435692453fc86bc9" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.dpvweb.net/dpv/showdpv/?dpvno=206</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 5 December 2022]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5152,51 +5152,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Nepovirus solani</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId35696905fd642ed95" w:history="1">
+      <w:hyperlink r:id="rId5678692453fc86cb2" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -5387,90 +5387,90 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 11-22.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId44826905fd642ef1d" w:history="1">
+      <w:hyperlink r:id="rId7310692453fc86e2c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.1984.tb01975.x</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="60108079" name="name29386905fd642efb4" descr="eu_funding_250.png"/>
+            <wp:docPr id="30081311" name="name7217692453fc86edb" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId39096905fd642efb3" cstate="print"/>
+                    <a:blip r:embed="rId5080692453fc86ed9" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -5568,137 +5568,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="36238402">
+  <w:abstractNum w:abstractNumId="98064927">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="87095897">
+    <w:lvl w:ilvl="0" w:tplc="95376472">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="87095897" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="95376472" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="87095897" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="95376472" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="87095897" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="95376472" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="87095897" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="95376472" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="87095897" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="95376472" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="87095897" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="95376472" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="87095897" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="95376472" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="87095897" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="95376472" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="36238401">
+  <w:abstractNum w:abstractNumId="98064926">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="63867438">
+    <w:lvl w:ilvl="0" w:tplc="50284619">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -6450,55 +6450,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="36238401">
-    <w:abstractNumId w:val="36238401"/>
+  <w:num w:numId="98064926">
+    <w:abstractNumId w:val="98064926"/>
   </w:num>
-  <w:num w:numId="36238402">
-    <w:abstractNumId w:val="36238402"/>
+  <w:num w:numId="98064927">
+    <w:abstractNumId w:val="98064927"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -18048,51 +18048,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId742216680" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId472022797" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId83446905fd642bcc5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PBRSV0/" TargetMode="External"/><Relationship Id="rId64606905fd642bd3a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PBRSV0/categorization" TargetMode="External"/><Relationship Id="rId71236905fd642bfad" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PBRSV0/photos" TargetMode="External"/><Relationship Id="rId81596905fd642d65c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/nuccore/?term=potato+black+ringspot+virus" TargetMode="External"/><Relationship Id="rId99076905fd642dcf5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://d163axztg8am2h.cloudfront.net/static/doc/f5/05/e77d30230e5b60ff7b9f2041e76c.pdf" TargetMode="External"/><Relationship Id="rId86636905fd642dd38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dc.eppo.int/validation_data/dwvalidation?id=124" TargetMode="External"/><Relationship Id="rId39126905fd642de0c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2020.5853" TargetMode="External"/><Relationship Id="rId79496905fd642de9b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/download/standard/76/pm3-071-1-en.pdf" TargetMode="External"/><Relationship Id="rId98296905fd642df1b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/download/standard/126/pm7-002-2-en.pdf" TargetMode="External"/><Relationship Id="rId95366905fd642df8e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/download/standard/243/pm8-001-2-en.pdf%20" TargetMode="External"/><Relationship Id="rId38466905fd642e00d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/download/standard/26/pm3-021-3-en.pdf" TargetMode="External"/><Relationship Id="rId56726905fd642e07e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/download/standard/66/pm3-061-2-en.pdf" TargetMode="External"/><Relationship Id="rId10836905fd642e0fc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/download/standard/67/pm3-062-3-en.pdf" TargetMode="External"/><Relationship Id="rId96446905fd642e17a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/download/standard/68/pm3-063-3-en.pdf" TargetMode="External"/><Relationship Id="rId57066905fd642e1b9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.eppo.int/ACTIVITIES/plant_quarantine/A1_list" TargetMode="External"/><Relationship Id="rId41836905fd642e1fb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02019R2072-202207141" TargetMode="External"/><Relationship Id="rId10266905fd642e23e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A32018R2019" TargetMode="External"/><Relationship Id="rId75396905fd642e27f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/eli/reg_impl/2019/2072#:~:text=Consolidated%20text%3A%20Commission%20Implementing%20Regulation%20%28EU%29%202019%2F2072%20of,690%2F2008%20and%20amending%20Commission%20Implementing%20Regulation%20%28EU%29%202018%2F2019" TargetMode="External"/><Relationship Id="rId35776905fd642e39b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://popathodiv.org" TargetMode="External"/><Relationship Id="rId23326905fd642e3b9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.21223/P3/YFHLQU" TargetMode="External"/><Relationship Id="rId49596905fd642e499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cgspace.cgiar.org/handle/10568/104208" TargetMode="External"/><Relationship Id="rId56406905fd642e4eb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ictv.global/report/chapter/secoviridae/secoviridae" TargetMode="External"/><Relationship Id="rId24326905fd642e549" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ictv.global/report/chapter/secoviridae/secoviridae/nepovirus" TargetMode="External"/><Relationship Id="rId37906905fd642e58d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://popathodiv.org" TargetMode="External"/><Relationship Id="rId54966905fd642e5ab" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://potpathodiv.org/static/papers/2_Resultados_Viroma%20de%20la%20Papa_Marzo%202019_(SFD).pdf" TargetMode="External"/><Relationship Id="rId47916905fd642e60a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://link.springer.com/content/pdf/10.1007%2F978-3-030-28683-5_11.pdf" TargetMode="External"/><Relationship Id="rId52526905fd642e704" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cgspace.cgiar.org/handle/10568/109459" TargetMode="External"/><Relationship Id="rId92556905fd642e736" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nap.nationalacademies.org/download/1398" TargetMode="External"/><Relationship Id="rId83086905fd642e805" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://core.ac.uk/download/pdf/482041718.pdf" TargetMode="External"/><Relationship Id="rId29376905fd642eb33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://revistas.ucr.ac.cr/index.php/rbt/article/view/3090/2998" TargetMode="External"/><Relationship Id="rId58406905fd642ec50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/42520" TargetMode="External"/><Relationship Id="rId92796905fd642ec8e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bioversityinternational.org/fileadmin/user_upload/Potato_booklet_reduced.pdf" TargetMode="External"/><Relationship Id="rId12046905fd642ecd5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.dpvweb.net/dpv/showdpv/?dpvno=206" TargetMode="External"/><Relationship Id="rId35696905fd642ed95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId44826905fd642ef1d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1984.tb01975.x" TargetMode="External"/><Relationship Id="rId69076905fd642be2c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId69076905fd642be2c.jpg"/><Relationship Id="rId85976905fd642d2eb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId85976905fd642d2eb.jpg"/><Relationship Id="rId39096905fd642efb3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId39096905fd642efb3.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId500590988" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId326853606" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId9141692453fc83762" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PBRSV0/" TargetMode="External"/><Relationship Id="rId2868692453fc837cc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PBRSV0/categorization" TargetMode="External"/><Relationship Id="rId3507692453fc839ad" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PBRSV0/photos" TargetMode="External"/><Relationship Id="rId2163692453fc854ce" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/nuccore/?term=potato+black+ringspot+virus" TargetMode="External"/><Relationship Id="rId3937692453fc85b91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://d163axztg8am2h.cloudfront.net/static/doc/f5/05/e77d30230e5b60ff7b9f2041e76c.pdf" TargetMode="External"/><Relationship Id="rId3401692453fc85bd3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dc.eppo.int/validation_data/dwvalidation?id=124" TargetMode="External"/><Relationship Id="rId2809692453fc85ccd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2020.5853" TargetMode="External"/><Relationship Id="rId7720692453fc85d4e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/download/standard/76/pm3-071-1-en.pdf" TargetMode="External"/><Relationship Id="rId1806692453fc85dd1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/download/standard/126/pm7-002-2-en.pdf" TargetMode="External"/><Relationship Id="rId6023692453fc85e42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/download/standard/243/pm8-001-2-en.pdf%20" TargetMode="External"/><Relationship Id="rId6092692453fc85ecc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/download/standard/26/pm3-021-3-en.pdf" TargetMode="External"/><Relationship Id="rId2643692453fc85f3f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/download/standard/66/pm3-061-2-en.pdf" TargetMode="External"/><Relationship Id="rId9235692453fc85fbe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/download/standard/67/pm3-062-3-en.pdf" TargetMode="External"/><Relationship Id="rId8947692453fc8603b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/download/standard/68/pm3-063-3-en.pdf" TargetMode="External"/><Relationship Id="rId3188692453fc8607a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.eppo.int/ACTIVITIES/plant_quarantine/A1_list" TargetMode="External"/><Relationship Id="rId6935692453fc860cb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02019R2072-202207141" TargetMode="External"/><Relationship Id="rId1352692453fc8610e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A32018R2019" TargetMode="External"/><Relationship Id="rId7370692453fc86150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/eli/reg_impl/2019/2072#:~:text=Consolidated%20text%3A%20Commission%20Implementing%20Regulation%20%28EU%29%202019%2F2072%20of,690%2F2008%20and%20amending%20Commission%20Implementing%20Regulation%20%28EU%29%202018%2F2019" TargetMode="External"/><Relationship Id="rId4723692453fc86276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://popathodiv.org" TargetMode="External"/><Relationship Id="rId6275692453fc86295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.21223/P3/YFHLQU" TargetMode="External"/><Relationship Id="rId8371692453fc8637a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cgspace.cgiar.org/handle/10568/104208" TargetMode="External"/><Relationship Id="rId3923692453fc863cc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ictv.global/report/chapter/secoviridae/secoviridae" TargetMode="External"/><Relationship Id="rId9770692453fc8642a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ictv.global/report/chapter/secoviridae/secoviridae/nepovirus" TargetMode="External"/><Relationship Id="rId3511692453fc86470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://popathodiv.org" TargetMode="External"/><Relationship Id="rId9827692453fc8648e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://potpathodiv.org/static/papers/2_Resultados_Viroma%20de%20la%20Papa_Marzo%202019_(SFD).pdf" TargetMode="External"/><Relationship Id="rId9223692453fc864ee" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://link.springer.com/content/pdf/10.1007%2F978-3-030-28683-5_11.pdf" TargetMode="External"/><Relationship Id="rId2258692453fc865ee" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cgspace.cgiar.org/handle/10568/109459" TargetMode="External"/><Relationship Id="rId7381692453fc86621" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nap.nationalacademies.org/download/1398" TargetMode="External"/><Relationship Id="rId2273692453fc866f4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://core.ac.uk/download/pdf/482041718.pdf" TargetMode="External"/><Relationship Id="rId4731692453fc86a26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://revistas.ucr.ac.cr/index.php/rbt/article/view/3090/2998" TargetMode="External"/><Relationship Id="rId8238692453fc86b49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/42520" TargetMode="External"/><Relationship Id="rId2623692453fc86b8a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bioversityinternational.org/fileadmin/user_upload/Potato_booklet_reduced.pdf" TargetMode="External"/><Relationship Id="rId9435692453fc86bc9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.dpvweb.net/dpv/showdpv/?dpvno=206" TargetMode="External"/><Relationship Id="rId5678692453fc86cb2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId7310692453fc86e2c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1984.tb01975.x" TargetMode="External"/><Relationship Id="rId2993692453fc83899" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId2993692453fc83899.jpg"/><Relationship Id="rId3888692453fc84fd3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId3888692453fc84fd3.jpg"/><Relationship Id="rId5080692453fc86ed9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId5080692453fc86ed9.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>