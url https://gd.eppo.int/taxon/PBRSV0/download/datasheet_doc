--- v2 (2025-11-24)
+++ v3 (2025-12-15)
@@ -347,51 +347,51 @@
               <w:t xml:space="preserve">Tobacco ringspot virus Andean calico strain</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Andean calico of potato</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9141692453fc83762" w:history="1">
+            <w:hyperlink r:id="rId1739693f933abd14e" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -407,51 +407,51 @@
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 Quarantine pest (Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId2868692453fc837cc" w:history="1">
+            <w:hyperlink r:id="rId9248693f933abd1b8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -465,86 +465,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> PBRSV0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="59121290" name="name3028692453fc8389a" descr="1175.jpg"/>
+                  <wp:docPr id="27446167" name="name2701693f933abd2f6" descr="1175.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="1175.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId2993692453fc83899" cstate="print"/>
+                          <a:blip r:embed="rId9402693f933abd2f4" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId3507692453fc839ad" w:history="1">
+            <w:hyperlink r:id="rId8318693f933abd466" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -1317,63 +1317,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">., 2006). However, confirmation of TRSV is required, since the supplier of the TRSV polyclonal antibody used in this study has reported cross reaction with PBRSV (Agdia, 2021). TRSV antibodies from other sources have also been reported to cross react with PBRSV (EPPO, 2017a).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="85461961" name="name1376692453fc84fd5" descr="PBRSV0_distribution_map.jpg"/>
+            <wp:docPr id="48940017" name="name6456693f933abebc3" descr="PBRSV0_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="PBRSV0_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId3888692453fc84fd3" cstate="print"/>
+                    <a:blip r:embed="rId4196693f933abebbf" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -1592,51 +1592,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Virus particles are isometric, non-enveloped of two types but similar in size, 25–30 nm in diameter, and exhibit icosahedral symmetry (T = 1, pseudo T = 3) (ICTV (2022a)). The genome is a bipartite, linear positive-sense, single-stranded RNA. Complete sequences are available for a number of PBRSV isolates. RNA1 ranges from 7,579-7,598 bases between the different isolates and contains one single open reading frame (ORF), which is translated into a large polyprotein with 2 325 amino acids and a molecular weight of 257 kDa. RNA2 ranges from 3857 to 3918 bases for the different isolates, and it encodes a polyprotein of 1079–1082 amino acids with a molecular weight of 120 kDa (Souza Richards </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">., 2014). The complete coding sequence of PBRSV isolates are available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2163692453fc854ce" w:history="1">
+      <w:hyperlink r:id="rId4349693f933abef45" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.ncbi.nlm.nih.gov/nuccore/?term=potato+black+ringspot+virus</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -2552,90 +2552,90 @@
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">REFERENCES</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Agdia (2021) Validation Report: ELISA PSA/SRA 64001. Tobacco ringspot virus (TRSV). Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3937692453fc85b91" w:history="1">
+      <w:hyperlink r:id="rId2977693f933abf5cb" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://d163axztg8am2h.cloudfront.net/static/doc/f5/05/e77d30230e5b60ff7b9f2041e76c.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 21/01/2023]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Anses (2015) Summary sheet of validation data for a diagnostic test: Nepovirus. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3401692453fc85bd3" w:history="1">
+      <w:hyperlink r:id="rId9710693f933abf60d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://dc.eppo.int/validation_data/dwvalidation?id=124</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 5 December 2022]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -2719,51 +2719,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA Journal </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">18</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 5853, 134pp.  Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2809692453fc85ccd" w:history="1">
+      <w:hyperlink r:id="rId4368693f933abf70c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2020.5853</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 5 December 2022]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -2789,51 +2789,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Bulletin </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">37</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 592-597. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7720692453fc85d4e" w:history="1">
+      <w:hyperlink r:id="rId9407693f933abf780" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/download/standard/76/pm3-071-1-en.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 12 December 2022]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -2868,51 +2868,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">47</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 135–145. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1806692453fc85dd1" w:history="1">
+      <w:hyperlink r:id="rId7806693f933abf802" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/download/standard/126/pm7-002-2-en.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 5 December 2022]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -2938,51 +2938,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Bulletin </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">47</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 487-503. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6023692453fc85e42" w:history="1">
+      <w:hyperlink r:id="rId3391693f933abf875" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/download/standard/243/pm8-001-2-en.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 5 December 2022]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3017,51 +3017,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">49</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 452–479. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6092692453fc85ecc" w:history="1">
+      <w:hyperlink r:id="rId2290693f933abf8f5" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/download/standard/26/pm3-021-3-en.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 5 December 2022]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3087,51 +3087,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Bulletin </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">49</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 480–481.  Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2643692453fc85f3f" w:history="1">
+      <w:hyperlink r:id="rId1284693f933abf966" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/download/standard/66/pm3-061-2-en.pdf </w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 5 December 2022]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3166,51 +3166,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">49</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 482–483. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9235692453fc85fbe" w:history="1">
+      <w:hyperlink r:id="rId4894693f933abf9e5" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/download/standard/67/pm3-062-3-en.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 5 December 2022]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3245,207 +3245,207 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">49</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 484–485. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8947692453fc8603b" w:history="1">
+      <w:hyperlink r:id="rId1185693f933abfa63" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/download/standard/68/pm3-063-3-en.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 5 December 2022]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2022) EPPO A1 List of pests recommended for regulation as quarantine pests version 2020-09. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3188692453fc8607a" w:history="1">
+      <w:hyperlink r:id="rId4748693f933abfaa2" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.eppo.int/ACTIVITIES/plant_quarantine/A1_list</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 5 December 2022]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EU (2022) Consolidated text: Commission Implementing Regulation (EU) 2019/2072 of 28 November 2019 establishing uniform conditions for the implementation of Regulation (EU) 2016/2031 of the European Parliament and the Council, as regards protective measures against pests of plants, and repealing Commission Regulation (EC) No 690/2008 and amending Commission Implementing Regulation (EU) 2018/2019. Lastly revised in 2022. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6935692453fc860cb" w:history="1">
+      <w:hyperlink r:id="rId7003693f933abfae5" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02019R2072-202207141</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 5 December 2022]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EU (2018) Commission Implementing Regulation (EU) 2018/2019 of 18 December 2018 establishing a provisional list of high risk plants, plant products or other objects, within the meaning of Article 42 of Regulation (EU) 2016/2031 and a list of plants for which phytosanitary certificates are not required for introduction into the Union, within the meaning of Article 73 of that Regulation. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1352692453fc8610e" w:history="1">
+      <w:hyperlink r:id="rId1370693f933abfb27" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A32018R2019</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 24 December 2022]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EU (2022) Consolidated text: Commission Implementing Regulation (EU) 2019/2072 of 28 November 2019 establishing uniform conditions for the implementation of Regulation (EU) 2016/2031 of the European Parliament and the Council, as regards protective measures against pests of plants, and repealing Commission Regulation (EC) No 690/2008 and amending Commission Implementing Regulation (EU) 2018/2019. Lastly revised in 2022. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7370692453fc86150" w:history="1">
+      <w:hyperlink r:id="rId2265693f933abfb69" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://eur-lex.europa.eu/eli/reg_impl/2019/2072#:~:text=Consolidated%20text%3A%20Commission%20Implementing%20Regulation%20%28EU%29%202019%2F2072%20of,690%2F2008%20and%20amending%20Commission%20Implementing%20Regulation%20%28EU%29%202018%2F2019</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 6 November 2022]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3574,72 +3574,72 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (ed. French ER), pp 230-233. International Potato Center, Peru</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Fuentes S, Perez A &amp; Kreuze J (2019) Dataset for: The Peruvian potato virome, V1. International Potato Center. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4723692453fc86276" w:history="1">
+      <w:hyperlink r:id="rId8573693f933abfc89" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://popathodiv.org</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> or </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6275692453fc86295" w:history="1">
+      <w:hyperlink r:id="rId1057693f933abfca8" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.21223/P3/YFHLQU</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 5 December 2022]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3736,101 +3736,101 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, pp</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">75-172. Institute of Plant Genetics and Crop Plant Research, Gatersleben, Germany and International Plant Genetic Resources Institute, Rome, Italy. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8371692453fc8637a" w:history="1">
+      <w:hyperlink r:id="rId5639693f933abfd8b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://cgspace.cgiar.org/handle/10568/104208</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 27 December 2022]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">ICTV (2022a) The ICTV Report on Virus Classification and Taxon Nomenclature: </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Secoviridae. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3923692453fc863cc" w:history="1">
+      <w:hyperlink r:id="rId1001693f933abfddd" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://ictv.global/report/chapter/secoviridae/secoviridae</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 9 December 2022]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3845,111 +3845,111 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">ICTV (2022b) The ICTV Report on Virus Classification and Taxon Nomenclature: </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Nepovirus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9770692453fc8642a" w:history="1">
+      <w:hyperlink r:id="rId2041693f933abfe3a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://ictv.global/report/chapter/secoviridae/secoviridae/nepovirus</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 5 December 2022]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Kreuze J, Fuentes S, Pérez A, Gutierrez D &amp; Cadenas C (2019) Viroma de la papa en el Perú y fortalecimiento de capacidades INIA y UNALM en el diagnóstico de patógenos con técnicas de última generación para enfrentar al riesgo de enfermedades emergentes por el calentamiento global” Programa Nacional de Innovación Agraria : 029-2015-INIA-PNIA/UPMSI/IE [Potato viruses in Peru and strengthening of INIA and UNALM capacities in the diagnosis of pathogens with state-of-the-art techniques to face the risk of emerging diseases due to global warming” National Program for Agrarian Innovation: 029-2015-INIA-PNIA/ UPMSI/IE]. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3511692453fc86470" w:history="1">
+      <w:hyperlink r:id="rId6484693f933abfe7f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://popathodiv.org</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> or </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9827692453fc8648e" w:history="1">
+      <w:hyperlink r:id="rId5990693f933abfe9e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://potpathodiv.org/static/papers/2_Resultados_Viroma%20de%20la%20Papa_Marzo%202019_(SFD).pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 5 December 2022]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3964,51 +3964,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Kreuze JF, Souza-Dias JAC, Jeevalatha A, Figueira AR, Valkonen JPT &amp; Jones RAC (2020) Viral diseases in potato. In </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">The Potato Crop. Its Agricultural, Nutritional and Social Contribution to Humankind</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (eds)Campos H &amp; Ortiz O), pp. 389-430. Springer, Cham (CH). Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9223692453fc864ee" w:history="1">
+      <w:hyperlink r:id="rId6249693f933abfefd" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://link.springer.com/content/pdf/10.1007%2F978-3-030-28683-5_11.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 5 December 2022]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4121,81 +4121,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Lizarraga C, Santa Cruz M, &amp; Salazar LF (1997) Progress in identifying viruses infecting Andean root and tuber crops. In</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">: CIP Program Report 1995-1996, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">pp 156-158. International Potato Centre, Lima, Peru. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2258692453fc865ee" w:history="1">
+      <w:hyperlink r:id="rId4208693f933abfffa" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://cgspace.cgiar.org/handle/10568/109459</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">NRC (1989) Lost crops of the Incas: Little-Known Plants of the Andes with Promise for Worldwide Cultivation. The National Academies Press, Washington, DC, USA. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7381692453fc86621" w:history="1">
+      <w:hyperlink r:id="rId2042693f933ac002e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://nap.nationalacademies.org/download/1398</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4277,51 +4277,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Pacheco JAS (2021)Caracterización molecular de secuencias asociadas a virus provenientes de arracacha (A</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">rracacia xanthorrhiza B</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">ancroft) y su detección en papa [Molecular characterization of sequences associated with viruses from arracacha (Arracacia xanthorrhiza Bancroft) and their detection in potato]. Msc thesis, National Agrarian University, Lima, Peru. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2273692453fc866f4" w:history="1">
+      <w:hyperlink r:id="rId7801693f933ac00fe" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://core.ac.uk/download/pdf/482041718.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 5 December 2022]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4780,51 +4780,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">54</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1135-1141. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4731692453fc86a26" w:history="1">
+      <w:hyperlink r:id="rId3322693f933ac043b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://revistas.ucr.ac.cr/index.php/rbt/article/view/3090/2998</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 2 May 2021]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4955,129 +4955,129 @@
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">AAB, CABI and other resources used when preparing this datasheet</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI Datasheet on Andean potato mottle virus. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8238692453fc86b49" w:history="1">
+      <w:hyperlink r:id="rId6876693f933ac055c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.cabi.org/isc/datasheet/42520</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 5 December 2022]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Jeffries C (1998) FAO/IPGRI Technical Guidelines for the Safe Movement of Germplasm. No.19. Potato. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2623692453fc86b8a" w:history="1">
+      <w:hyperlink r:id="rId5922693f933ac059d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.bioversityinternational.org/fileadmin/user_upload/Potato_booklet_reduced.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 5 December 2022]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Salazar LF &amp; Harrison BD (1979) AAB description of plant viruses. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9435692453fc86bc9" w:history="1">
+      <w:hyperlink r:id="rId9122693f933ac0601" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.dpvweb.net/dpv/showdpv/?dpvno=206</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 5 December 2022]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5152,51 +5152,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Nepovirus solani</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5678692453fc86cb2" w:history="1">
+      <w:hyperlink r:id="rId7942693f933ac06dd" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -5387,90 +5387,90 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 11-22.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7310692453fc86e2c" w:history="1">
+      <w:hyperlink r:id="rId9557693f933ac0865" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.1984.tb01975.x</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="30081311" name="name7217692453fc86edb" descr="eu_funding_250.png"/>
+            <wp:docPr id="74963033" name="name2172693f933ac08d2" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId5080692453fc86ed9" cstate="print"/>
+                    <a:blip r:embed="rId9109693f933ac08d1" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -5568,137 +5568,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="98064927">
+  <w:abstractNum w:abstractNumId="54645835">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="95376472">
+    <w:lvl w:ilvl="0" w:tplc="43049295">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="95376472" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="43049295" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="95376472" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="43049295" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="95376472" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="43049295" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="95376472" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="43049295" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="95376472" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="43049295" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="95376472" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="43049295" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="95376472" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="43049295" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="95376472" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="43049295" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="98064926">
+  <w:abstractNum w:abstractNumId="54645834">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="50284619">
+    <w:lvl w:ilvl="0" w:tplc="85673742">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -6450,55 +6450,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="98064926">
-    <w:abstractNumId w:val="98064926"/>
+  <w:num w:numId="54645834">
+    <w:abstractNumId w:val="54645834"/>
   </w:num>
-  <w:num w:numId="98064927">
-    <w:abstractNumId w:val="98064927"/>
+  <w:num w:numId="54645835">
+    <w:abstractNumId w:val="54645835"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -18048,51 +18048,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId500590988" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId326853606" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId9141692453fc83762" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PBRSV0/" TargetMode="External"/><Relationship Id="rId2868692453fc837cc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PBRSV0/categorization" TargetMode="External"/><Relationship Id="rId3507692453fc839ad" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PBRSV0/photos" TargetMode="External"/><Relationship Id="rId2163692453fc854ce" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/nuccore/?term=potato+black+ringspot+virus" TargetMode="External"/><Relationship Id="rId3937692453fc85b91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://d163axztg8am2h.cloudfront.net/static/doc/f5/05/e77d30230e5b60ff7b9f2041e76c.pdf" TargetMode="External"/><Relationship Id="rId3401692453fc85bd3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dc.eppo.int/validation_data/dwvalidation?id=124" TargetMode="External"/><Relationship Id="rId2809692453fc85ccd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2020.5853" TargetMode="External"/><Relationship Id="rId7720692453fc85d4e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/download/standard/76/pm3-071-1-en.pdf" TargetMode="External"/><Relationship Id="rId1806692453fc85dd1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/download/standard/126/pm7-002-2-en.pdf" TargetMode="External"/><Relationship Id="rId6023692453fc85e42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/download/standard/243/pm8-001-2-en.pdf%20" TargetMode="External"/><Relationship Id="rId6092692453fc85ecc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/download/standard/26/pm3-021-3-en.pdf" TargetMode="External"/><Relationship Id="rId2643692453fc85f3f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/download/standard/66/pm3-061-2-en.pdf" TargetMode="External"/><Relationship Id="rId9235692453fc85fbe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/download/standard/67/pm3-062-3-en.pdf" TargetMode="External"/><Relationship Id="rId8947692453fc8603b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/download/standard/68/pm3-063-3-en.pdf" TargetMode="External"/><Relationship Id="rId3188692453fc8607a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.eppo.int/ACTIVITIES/plant_quarantine/A1_list" TargetMode="External"/><Relationship Id="rId6935692453fc860cb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02019R2072-202207141" TargetMode="External"/><Relationship Id="rId1352692453fc8610e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A32018R2019" TargetMode="External"/><Relationship Id="rId7370692453fc86150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/eli/reg_impl/2019/2072#:~:text=Consolidated%20text%3A%20Commission%20Implementing%20Regulation%20%28EU%29%202019%2F2072%20of,690%2F2008%20and%20amending%20Commission%20Implementing%20Regulation%20%28EU%29%202018%2F2019" TargetMode="External"/><Relationship Id="rId4723692453fc86276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://popathodiv.org" TargetMode="External"/><Relationship Id="rId6275692453fc86295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.21223/P3/YFHLQU" TargetMode="External"/><Relationship Id="rId8371692453fc8637a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cgspace.cgiar.org/handle/10568/104208" TargetMode="External"/><Relationship Id="rId3923692453fc863cc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ictv.global/report/chapter/secoviridae/secoviridae" TargetMode="External"/><Relationship Id="rId9770692453fc8642a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ictv.global/report/chapter/secoviridae/secoviridae/nepovirus" TargetMode="External"/><Relationship Id="rId3511692453fc86470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://popathodiv.org" TargetMode="External"/><Relationship Id="rId9827692453fc8648e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://potpathodiv.org/static/papers/2_Resultados_Viroma%20de%20la%20Papa_Marzo%202019_(SFD).pdf" TargetMode="External"/><Relationship Id="rId9223692453fc864ee" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://link.springer.com/content/pdf/10.1007%2F978-3-030-28683-5_11.pdf" TargetMode="External"/><Relationship Id="rId2258692453fc865ee" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cgspace.cgiar.org/handle/10568/109459" TargetMode="External"/><Relationship Id="rId7381692453fc86621" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nap.nationalacademies.org/download/1398" TargetMode="External"/><Relationship Id="rId2273692453fc866f4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://core.ac.uk/download/pdf/482041718.pdf" TargetMode="External"/><Relationship Id="rId4731692453fc86a26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://revistas.ucr.ac.cr/index.php/rbt/article/view/3090/2998" TargetMode="External"/><Relationship Id="rId8238692453fc86b49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/42520" TargetMode="External"/><Relationship Id="rId2623692453fc86b8a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bioversityinternational.org/fileadmin/user_upload/Potato_booklet_reduced.pdf" TargetMode="External"/><Relationship Id="rId9435692453fc86bc9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.dpvweb.net/dpv/showdpv/?dpvno=206" TargetMode="External"/><Relationship Id="rId5678692453fc86cb2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId7310692453fc86e2c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1984.tb01975.x" TargetMode="External"/><Relationship Id="rId2993692453fc83899" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId2993692453fc83899.jpg"/><Relationship Id="rId3888692453fc84fd3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId3888692453fc84fd3.jpg"/><Relationship Id="rId5080692453fc86ed9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId5080692453fc86ed9.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId878049396" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId581078877" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId1739693f933abd14e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PBRSV0/" TargetMode="External"/><Relationship Id="rId9248693f933abd1b8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PBRSV0/categorization" TargetMode="External"/><Relationship Id="rId8318693f933abd466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PBRSV0/photos" TargetMode="External"/><Relationship Id="rId4349693f933abef45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/nuccore/?term=potato+black+ringspot+virus" TargetMode="External"/><Relationship Id="rId2977693f933abf5cb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://d163axztg8am2h.cloudfront.net/static/doc/f5/05/e77d30230e5b60ff7b9f2041e76c.pdf" TargetMode="External"/><Relationship Id="rId9710693f933abf60d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dc.eppo.int/validation_data/dwvalidation?id=124" TargetMode="External"/><Relationship Id="rId4368693f933abf70c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2020.5853" TargetMode="External"/><Relationship Id="rId9407693f933abf780" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/download/standard/76/pm3-071-1-en.pdf" TargetMode="External"/><Relationship Id="rId7806693f933abf802" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/download/standard/126/pm7-002-2-en.pdf" TargetMode="External"/><Relationship Id="rId3391693f933abf875" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/download/standard/243/pm8-001-2-en.pdf%20" TargetMode="External"/><Relationship Id="rId2290693f933abf8f5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/download/standard/26/pm3-021-3-en.pdf" TargetMode="External"/><Relationship Id="rId1284693f933abf966" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/download/standard/66/pm3-061-2-en.pdf" TargetMode="External"/><Relationship Id="rId4894693f933abf9e5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/download/standard/67/pm3-062-3-en.pdf" TargetMode="External"/><Relationship Id="rId1185693f933abfa63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/download/standard/68/pm3-063-3-en.pdf" TargetMode="External"/><Relationship Id="rId4748693f933abfaa2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.eppo.int/ACTIVITIES/plant_quarantine/A1_list" TargetMode="External"/><Relationship Id="rId7003693f933abfae5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02019R2072-202207141" TargetMode="External"/><Relationship Id="rId1370693f933abfb27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A32018R2019" TargetMode="External"/><Relationship Id="rId2265693f933abfb69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/eli/reg_impl/2019/2072#:~:text=Consolidated%20text%3A%20Commission%20Implementing%20Regulation%20%28EU%29%202019%2F2072%20of,690%2F2008%20and%20amending%20Commission%20Implementing%20Regulation%20%28EU%29%202018%2F2019" TargetMode="External"/><Relationship Id="rId8573693f933abfc89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://popathodiv.org" TargetMode="External"/><Relationship Id="rId1057693f933abfca8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.21223/P3/YFHLQU" TargetMode="External"/><Relationship Id="rId5639693f933abfd8b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cgspace.cgiar.org/handle/10568/104208" TargetMode="External"/><Relationship Id="rId1001693f933abfddd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ictv.global/report/chapter/secoviridae/secoviridae" TargetMode="External"/><Relationship Id="rId2041693f933abfe3a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ictv.global/report/chapter/secoviridae/secoviridae/nepovirus" TargetMode="External"/><Relationship Id="rId6484693f933abfe7f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://popathodiv.org" TargetMode="External"/><Relationship Id="rId5990693f933abfe9e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://potpathodiv.org/static/papers/2_Resultados_Viroma%20de%20la%20Papa_Marzo%202019_(SFD).pdf" TargetMode="External"/><Relationship Id="rId6249693f933abfefd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://link.springer.com/content/pdf/10.1007%2F978-3-030-28683-5_11.pdf" TargetMode="External"/><Relationship Id="rId4208693f933abfffa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cgspace.cgiar.org/handle/10568/109459" TargetMode="External"/><Relationship Id="rId2042693f933ac002e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nap.nationalacademies.org/download/1398" TargetMode="External"/><Relationship Id="rId7801693f933ac00fe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://core.ac.uk/download/pdf/482041718.pdf" TargetMode="External"/><Relationship Id="rId3322693f933ac043b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://revistas.ucr.ac.cr/index.php/rbt/article/view/3090/2998" TargetMode="External"/><Relationship Id="rId6876693f933ac055c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/42520" TargetMode="External"/><Relationship Id="rId5922693f933ac059d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bioversityinternational.org/fileadmin/user_upload/Potato_booklet_reduced.pdf" TargetMode="External"/><Relationship Id="rId9122693f933ac0601" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.dpvweb.net/dpv/showdpv/?dpvno=206" TargetMode="External"/><Relationship Id="rId7942693f933ac06dd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId9557693f933ac0865" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1984.tb01975.x" TargetMode="External"/><Relationship Id="rId9402693f933abd2f4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId9402693f933abd2f4.jpg"/><Relationship Id="rId4196693f933abebbf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId4196693f933abebbf.jpg"/><Relationship Id="rId9109693f933ac08d1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId9109693f933ac08d1.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>