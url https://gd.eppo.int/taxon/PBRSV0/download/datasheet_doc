--- v3 (2025-12-15)
+++ v4 (2026-01-07)
@@ -347,51 +347,51 @@
               <w:t xml:space="preserve">Tobacco ringspot virus Andean calico strain</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Andean calico of potato</w:t>
             </w:r>
-            <w:hyperlink r:id="rId1739693f933abd14e" w:history="1">
+            <w:hyperlink r:id="rId4331695dee77a6bd7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -407,51 +407,51 @@
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 Quarantine pest (Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9248693f933abd1b8" w:history="1">
+            <w:hyperlink r:id="rId3333695dee77a6c41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -465,86 +465,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> PBRSV0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="27446167" name="name2701693f933abd2f6" descr="1175.jpg"/>
+                  <wp:docPr id="67845887" name="name1062695dee77a6d02" descr="1175.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="1175.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId9402693f933abd2f4" cstate="print"/>
+                          <a:blip r:embed="rId3394695dee77a6d00" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId8318693f933abd466" w:history="1">
+            <w:hyperlink r:id="rId2534695dee77a6dea" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -1317,63 +1317,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">., 2006). However, confirmation of TRSV is required, since the supplier of the TRSV polyclonal antibody used in this study has reported cross reaction with PBRSV (Agdia, 2021). TRSV antibodies from other sources have also been reported to cross react with PBRSV (EPPO, 2017a).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="48940017" name="name6456693f933abebc3" descr="PBRSV0_distribution_map.jpg"/>
+            <wp:docPr id="98000082" name="name1059695dee77a822f" descr="PBRSV0_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="PBRSV0_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId4196693f933abebbf" cstate="print"/>
+                    <a:blip r:embed="rId8571695dee77a822d" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -1592,51 +1592,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Virus particles are isometric, non-enveloped of two types but similar in size, 25–30 nm in diameter, and exhibit icosahedral symmetry (T = 1, pseudo T = 3) (ICTV (2022a)). The genome is a bipartite, linear positive-sense, single-stranded RNA. Complete sequences are available for a number of PBRSV isolates. RNA1 ranges from 7,579-7,598 bases between the different isolates and contains one single open reading frame (ORF), which is translated into a large polyprotein with 2 325 amino acids and a molecular weight of 257 kDa. RNA2 ranges from 3857 to 3918 bases for the different isolates, and it encodes a polyprotein of 1079–1082 amino acids with a molecular weight of 120 kDa (Souza Richards </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">., 2014). The complete coding sequence of PBRSV isolates are available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4349693f933abef45" w:history="1">
+      <w:hyperlink r:id="rId8878695dee77a8521" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.ncbi.nlm.nih.gov/nuccore/?term=potato+black+ringspot+virus</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -2552,90 +2552,90 @@
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">REFERENCES</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Agdia (2021) Validation Report: ELISA PSA/SRA 64001. Tobacco ringspot virus (TRSV). Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2977693f933abf5cb" w:history="1">
+      <w:hyperlink r:id="rId3961695dee77a8b96" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://d163axztg8am2h.cloudfront.net/static/doc/f5/05/e77d30230e5b60ff7b9f2041e76c.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 21/01/2023]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Anses (2015) Summary sheet of validation data for a diagnostic test: Nepovirus. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9710693f933abf60d" w:history="1">
+      <w:hyperlink r:id="rId9846695dee77a8bd8" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://dc.eppo.int/validation_data/dwvalidation?id=124</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 5 December 2022]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -2719,51 +2719,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA Journal </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">18</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 5853, 134pp.  Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4368693f933abf70c" w:history="1">
+      <w:hyperlink r:id="rId1742695dee77a8caa" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2020.5853</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 5 December 2022]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -2789,51 +2789,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Bulletin </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">37</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 592-597. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9407693f933abf780" w:history="1">
+      <w:hyperlink r:id="rId4864695dee77a8d1a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/download/standard/76/pm3-071-1-en.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 12 December 2022]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -2868,51 +2868,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">47</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 135–145. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7806693f933abf802" w:history="1">
+      <w:hyperlink r:id="rId1445695dee77a8d98" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/download/standard/126/pm7-002-2-en.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 5 December 2022]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -2938,51 +2938,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Bulletin </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">47</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 487-503. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3391693f933abf875" w:history="1">
+      <w:hyperlink r:id="rId2544695dee77a8e11" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/download/standard/243/pm8-001-2-en.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 5 December 2022]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3017,51 +3017,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">49</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 452–479. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2290693f933abf8f5" w:history="1">
+      <w:hyperlink r:id="rId8119695dee77a8e92" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/download/standard/26/pm3-021-3-en.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 5 December 2022]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3087,51 +3087,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Bulletin </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">49</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 480–481.  Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1284693f933abf966" w:history="1">
+      <w:hyperlink r:id="rId7699695dee77a8f15" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/download/standard/66/pm3-061-2-en.pdf </w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 5 December 2022]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3166,51 +3166,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">49</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 482–483. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4894693f933abf9e5" w:history="1">
+      <w:hyperlink r:id="rId7287695dee77a8f95" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/download/standard/67/pm3-062-3-en.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 5 December 2022]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3245,207 +3245,207 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">49</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 484–485. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1185693f933abfa63" w:history="1">
+      <w:hyperlink r:id="rId3726695dee77a9011" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/download/standard/68/pm3-063-3-en.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 5 December 2022]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2022) EPPO A1 List of pests recommended for regulation as quarantine pests version 2020-09. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4748693f933abfaa2" w:history="1">
+      <w:hyperlink r:id="rId1646695dee77a9051" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.eppo.int/ACTIVITIES/plant_quarantine/A1_list</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 5 December 2022]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EU (2022) Consolidated text: Commission Implementing Regulation (EU) 2019/2072 of 28 November 2019 establishing uniform conditions for the implementation of Regulation (EU) 2016/2031 of the European Parliament and the Council, as regards protective measures against pests of plants, and repealing Commission Regulation (EC) No 690/2008 and amending Commission Implementing Regulation (EU) 2018/2019. Lastly revised in 2022. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7003693f933abfae5" w:history="1">
+      <w:hyperlink r:id="rId8094695dee77a9095" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02019R2072-202207141</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 5 December 2022]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EU (2018) Commission Implementing Regulation (EU) 2018/2019 of 18 December 2018 establishing a provisional list of high risk plants, plant products or other objects, within the meaning of Article 42 of Regulation (EU) 2016/2031 and a list of plants for which phytosanitary certificates are not required for introduction into the Union, within the meaning of Article 73 of that Regulation. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1370693f933abfb27" w:history="1">
+      <w:hyperlink r:id="rId4032695dee77a90d7" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A32018R2019</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 24 December 2022]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EU (2022) Consolidated text: Commission Implementing Regulation (EU) 2019/2072 of 28 November 2019 establishing uniform conditions for the implementation of Regulation (EU) 2016/2031 of the European Parliament and the Council, as regards protective measures against pests of plants, and repealing Commission Regulation (EC) No 690/2008 and amending Commission Implementing Regulation (EU) 2018/2019. Lastly revised in 2022. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2265693f933abfb69" w:history="1">
+      <w:hyperlink r:id="rId9925695dee77a9118" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://eur-lex.europa.eu/eli/reg_impl/2019/2072#:~:text=Consolidated%20text%3A%20Commission%20Implementing%20Regulation%20%28EU%29%202019%2F2072%20of,690%2F2008%20and%20amending%20Commission%20Implementing%20Regulation%20%28EU%29%202018%2F2019</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 6 November 2022]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3574,72 +3574,72 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (ed. French ER), pp 230-233. International Potato Center, Peru</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Fuentes S, Perez A &amp; Kreuze J (2019) Dataset for: The Peruvian potato virome, V1. International Potato Center. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8573693f933abfc89" w:history="1">
+      <w:hyperlink r:id="rId7999695dee77a9236" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://popathodiv.org</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> or </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1057693f933abfca8" w:history="1">
+      <w:hyperlink r:id="rId3100695dee77a9255" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.21223/P3/YFHLQU</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 5 December 2022]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3736,101 +3736,101 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, pp</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">75-172. Institute of Plant Genetics and Crop Plant Research, Gatersleben, Germany and International Plant Genetic Resources Institute, Rome, Italy. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5639693f933abfd8b" w:history="1">
+      <w:hyperlink r:id="rId7076695dee77a9336" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://cgspace.cgiar.org/handle/10568/104208</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 27 December 2022]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">ICTV (2022a) The ICTV Report on Virus Classification and Taxon Nomenclature: </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Secoviridae. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1001693f933abfddd" w:history="1">
+      <w:hyperlink r:id="rId8053695dee77a9387" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://ictv.global/report/chapter/secoviridae/secoviridae</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 9 December 2022]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3845,111 +3845,111 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">ICTV (2022b) The ICTV Report on Virus Classification and Taxon Nomenclature: </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Nepovirus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2041693f933abfe3a" w:history="1">
+      <w:hyperlink r:id="rId7073695dee77a93e3" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://ictv.global/report/chapter/secoviridae/secoviridae/nepovirus</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 5 December 2022]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Kreuze J, Fuentes S, Pérez A, Gutierrez D &amp; Cadenas C (2019) Viroma de la papa en el Perú y fortalecimiento de capacidades INIA y UNALM en el diagnóstico de patógenos con técnicas de última generación para enfrentar al riesgo de enfermedades emergentes por el calentamiento global” Programa Nacional de Innovación Agraria : 029-2015-INIA-PNIA/UPMSI/IE [Potato viruses in Peru and strengthening of INIA and UNALM capacities in the diagnosis of pathogens with state-of-the-art techniques to face the risk of emerging diseases due to global warming” National Program for Agrarian Innovation: 029-2015-INIA-PNIA/ UPMSI/IE]. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6484693f933abfe7f" w:history="1">
+      <w:hyperlink r:id="rId7376695dee77a9427" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://popathodiv.org</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> or </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5990693f933abfe9e" w:history="1">
+      <w:hyperlink r:id="rId9648695dee77a9445" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://potpathodiv.org/static/papers/2_Resultados_Viroma%20de%20la%20Papa_Marzo%202019_(SFD).pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 5 December 2022]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3964,51 +3964,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Kreuze JF, Souza-Dias JAC, Jeevalatha A, Figueira AR, Valkonen JPT &amp; Jones RAC (2020) Viral diseases in potato. In </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">The Potato Crop. Its Agricultural, Nutritional and Social Contribution to Humankind</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (eds)Campos H &amp; Ortiz O), pp. 389-430. Springer, Cham (CH). Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6249693f933abfefd" w:history="1">
+      <w:hyperlink r:id="rId9229695dee77a94a5" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://link.springer.com/content/pdf/10.1007%2F978-3-030-28683-5_11.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 5 December 2022]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4121,81 +4121,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Lizarraga C, Santa Cruz M, &amp; Salazar LF (1997) Progress in identifying viruses infecting Andean root and tuber crops. In</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">: CIP Program Report 1995-1996, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">pp 156-158. International Potato Centre, Lima, Peru. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4208693f933abfffa" w:history="1">
+      <w:hyperlink r:id="rId2110695dee77a95a0" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://cgspace.cgiar.org/handle/10568/109459</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">NRC (1989) Lost crops of the Incas: Little-Known Plants of the Andes with Promise for Worldwide Cultivation. The National Academies Press, Washington, DC, USA. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2042693f933ac002e" w:history="1">
+      <w:hyperlink r:id="rId2888695dee77a95d2" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://nap.nationalacademies.org/download/1398</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4277,51 +4277,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Pacheco JAS (2021)Caracterización molecular de secuencias asociadas a virus provenientes de arracacha (A</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">rracacia xanthorrhiza B</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">ancroft) y su detección en papa [Molecular characterization of sequences associated with viruses from arracacha (Arracacia xanthorrhiza Bancroft) and their detection in potato]. Msc thesis, National Agrarian University, Lima, Peru. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7801693f933ac00fe" w:history="1">
+      <w:hyperlink r:id="rId7950695dee77a96a0" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://core.ac.uk/download/pdf/482041718.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 5 December 2022]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4780,51 +4780,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">54</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1135-1141. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3322693f933ac043b" w:history="1">
+      <w:hyperlink r:id="rId4400695dee77a99ec" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://revistas.ucr.ac.cr/index.php/rbt/article/view/3090/2998</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 2 May 2021]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4955,129 +4955,129 @@
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">AAB, CABI and other resources used when preparing this datasheet</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI Datasheet on Andean potato mottle virus. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6876693f933ac055c" w:history="1">
+      <w:hyperlink r:id="rId8495695dee77a9b0d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.cabi.org/isc/datasheet/42520</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 5 December 2022]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Jeffries C (1998) FAO/IPGRI Technical Guidelines for the Safe Movement of Germplasm. No.19. Potato. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5922693f933ac059d" w:history="1">
+      <w:hyperlink r:id="rId2930695dee77a9b4d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.bioversityinternational.org/fileadmin/user_upload/Potato_booklet_reduced.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 5 December 2022]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Salazar LF &amp; Harrison BD (1979) AAB description of plant viruses. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9122693f933ac0601" w:history="1">
+      <w:hyperlink r:id="rId7797695dee77a9b8b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.dpvweb.net/dpv/showdpv/?dpvno=206</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 5 December 2022]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5130,73 +5130,73 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">How to cite this datasheet?</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">EPPO (2025) </w:t>
+        <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Nepovirus solani</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7942693f933ac06dd" w:history="1">
+      <w:hyperlink r:id="rId1326695dee77a9c52" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -5387,90 +5387,90 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 11-22.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9557693f933ac0865" w:history="1">
+      <w:hyperlink r:id="rId1260695dee77a9dc1" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.1984.tb01975.x</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="74963033" name="name2172693f933ac08d2" descr="eu_funding_250.png"/>
+            <wp:docPr id="44542309" name="name8434695dee77a9e28" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId9109693f933ac08d1" cstate="print"/>
+                    <a:blip r:embed="rId3967695dee77a9e27" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -5568,137 +5568,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="54645835">
+  <w:abstractNum w:abstractNumId="29878554">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="43049295">
+    <w:lvl w:ilvl="0" w:tplc="46013137">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="43049295" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="46013137" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="43049295" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="46013137" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="43049295" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="46013137" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="43049295" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="46013137" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="43049295" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="46013137" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="43049295" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="46013137" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="43049295" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="46013137" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="43049295" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="46013137" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="54645834">
+  <w:abstractNum w:abstractNumId="29878553">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="85673742">
+    <w:lvl w:ilvl="0" w:tplc="78235374">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -6450,55 +6450,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="54645834">
-    <w:abstractNumId w:val="54645834"/>
+  <w:num w:numId="29878553">
+    <w:abstractNumId w:val="29878553"/>
   </w:num>
-  <w:num w:numId="54645835">
-    <w:abstractNumId w:val="54645835"/>
+  <w:num w:numId="29878554">
+    <w:abstractNumId w:val="29878554"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -18048,51 +18048,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId878049396" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId581078877" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId1739693f933abd14e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PBRSV0/" TargetMode="External"/><Relationship Id="rId9248693f933abd1b8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PBRSV0/categorization" TargetMode="External"/><Relationship Id="rId8318693f933abd466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PBRSV0/photos" TargetMode="External"/><Relationship Id="rId4349693f933abef45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/nuccore/?term=potato+black+ringspot+virus" TargetMode="External"/><Relationship Id="rId2977693f933abf5cb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://d163axztg8am2h.cloudfront.net/static/doc/f5/05/e77d30230e5b60ff7b9f2041e76c.pdf" TargetMode="External"/><Relationship Id="rId9710693f933abf60d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dc.eppo.int/validation_data/dwvalidation?id=124" TargetMode="External"/><Relationship Id="rId4368693f933abf70c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2020.5853" TargetMode="External"/><Relationship Id="rId9407693f933abf780" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/download/standard/76/pm3-071-1-en.pdf" TargetMode="External"/><Relationship Id="rId7806693f933abf802" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/download/standard/126/pm7-002-2-en.pdf" TargetMode="External"/><Relationship Id="rId3391693f933abf875" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/download/standard/243/pm8-001-2-en.pdf%20" TargetMode="External"/><Relationship Id="rId2290693f933abf8f5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/download/standard/26/pm3-021-3-en.pdf" TargetMode="External"/><Relationship Id="rId1284693f933abf966" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/download/standard/66/pm3-061-2-en.pdf" TargetMode="External"/><Relationship Id="rId4894693f933abf9e5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/download/standard/67/pm3-062-3-en.pdf" TargetMode="External"/><Relationship Id="rId1185693f933abfa63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/download/standard/68/pm3-063-3-en.pdf" TargetMode="External"/><Relationship Id="rId4748693f933abfaa2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.eppo.int/ACTIVITIES/plant_quarantine/A1_list" TargetMode="External"/><Relationship Id="rId7003693f933abfae5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02019R2072-202207141" TargetMode="External"/><Relationship Id="rId1370693f933abfb27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A32018R2019" TargetMode="External"/><Relationship Id="rId2265693f933abfb69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/eli/reg_impl/2019/2072#:~:text=Consolidated%20text%3A%20Commission%20Implementing%20Regulation%20%28EU%29%202019%2F2072%20of,690%2F2008%20and%20amending%20Commission%20Implementing%20Regulation%20%28EU%29%202018%2F2019" TargetMode="External"/><Relationship Id="rId8573693f933abfc89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://popathodiv.org" TargetMode="External"/><Relationship Id="rId1057693f933abfca8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.21223/P3/YFHLQU" TargetMode="External"/><Relationship Id="rId5639693f933abfd8b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cgspace.cgiar.org/handle/10568/104208" TargetMode="External"/><Relationship Id="rId1001693f933abfddd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ictv.global/report/chapter/secoviridae/secoviridae" TargetMode="External"/><Relationship Id="rId2041693f933abfe3a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ictv.global/report/chapter/secoviridae/secoviridae/nepovirus" TargetMode="External"/><Relationship Id="rId6484693f933abfe7f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://popathodiv.org" TargetMode="External"/><Relationship Id="rId5990693f933abfe9e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://potpathodiv.org/static/papers/2_Resultados_Viroma%20de%20la%20Papa_Marzo%202019_(SFD).pdf" TargetMode="External"/><Relationship Id="rId6249693f933abfefd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://link.springer.com/content/pdf/10.1007%2F978-3-030-28683-5_11.pdf" TargetMode="External"/><Relationship Id="rId4208693f933abfffa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cgspace.cgiar.org/handle/10568/109459" TargetMode="External"/><Relationship Id="rId2042693f933ac002e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nap.nationalacademies.org/download/1398" TargetMode="External"/><Relationship Id="rId7801693f933ac00fe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://core.ac.uk/download/pdf/482041718.pdf" TargetMode="External"/><Relationship Id="rId3322693f933ac043b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://revistas.ucr.ac.cr/index.php/rbt/article/view/3090/2998" TargetMode="External"/><Relationship Id="rId6876693f933ac055c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/42520" TargetMode="External"/><Relationship Id="rId5922693f933ac059d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bioversityinternational.org/fileadmin/user_upload/Potato_booklet_reduced.pdf" TargetMode="External"/><Relationship Id="rId9122693f933ac0601" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.dpvweb.net/dpv/showdpv/?dpvno=206" TargetMode="External"/><Relationship Id="rId7942693f933ac06dd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId9557693f933ac0865" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1984.tb01975.x" TargetMode="External"/><Relationship Id="rId9402693f933abd2f4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId9402693f933abd2f4.jpg"/><Relationship Id="rId4196693f933abebbf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId4196693f933abebbf.jpg"/><Relationship Id="rId9109693f933ac08d1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId9109693f933ac08d1.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId164116202" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId757246313" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId4331695dee77a6bd7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PBRSV0/" TargetMode="External"/><Relationship Id="rId3333695dee77a6c41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PBRSV0/categorization" TargetMode="External"/><Relationship Id="rId2534695dee77a6dea" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PBRSV0/photos" TargetMode="External"/><Relationship Id="rId8878695dee77a8521" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/nuccore/?term=potato+black+ringspot+virus" TargetMode="External"/><Relationship Id="rId3961695dee77a8b96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://d163axztg8am2h.cloudfront.net/static/doc/f5/05/e77d30230e5b60ff7b9f2041e76c.pdf" TargetMode="External"/><Relationship Id="rId9846695dee77a8bd8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dc.eppo.int/validation_data/dwvalidation?id=124" TargetMode="External"/><Relationship Id="rId1742695dee77a8caa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2020.5853" TargetMode="External"/><Relationship Id="rId4864695dee77a8d1a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/download/standard/76/pm3-071-1-en.pdf" TargetMode="External"/><Relationship Id="rId1445695dee77a8d98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/download/standard/126/pm7-002-2-en.pdf" TargetMode="External"/><Relationship Id="rId2544695dee77a8e11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/download/standard/243/pm8-001-2-en.pdf%20" TargetMode="External"/><Relationship Id="rId8119695dee77a8e92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/download/standard/26/pm3-021-3-en.pdf" TargetMode="External"/><Relationship Id="rId7699695dee77a8f15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/download/standard/66/pm3-061-2-en.pdf" TargetMode="External"/><Relationship Id="rId7287695dee77a8f95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/download/standard/67/pm3-062-3-en.pdf" TargetMode="External"/><Relationship Id="rId3726695dee77a9011" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/download/standard/68/pm3-063-3-en.pdf" TargetMode="External"/><Relationship Id="rId1646695dee77a9051" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.eppo.int/ACTIVITIES/plant_quarantine/A1_list" TargetMode="External"/><Relationship Id="rId8094695dee77a9095" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02019R2072-202207141" TargetMode="External"/><Relationship Id="rId4032695dee77a90d7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A32018R2019" TargetMode="External"/><Relationship Id="rId9925695dee77a9118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/eli/reg_impl/2019/2072#:~:text=Consolidated%20text%3A%20Commission%20Implementing%20Regulation%20%28EU%29%202019%2F2072%20of,690%2F2008%20and%20amending%20Commission%20Implementing%20Regulation%20%28EU%29%202018%2F2019" TargetMode="External"/><Relationship Id="rId7999695dee77a9236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://popathodiv.org" TargetMode="External"/><Relationship Id="rId3100695dee77a9255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.21223/P3/YFHLQU" TargetMode="External"/><Relationship Id="rId7076695dee77a9336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cgspace.cgiar.org/handle/10568/104208" TargetMode="External"/><Relationship Id="rId8053695dee77a9387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ictv.global/report/chapter/secoviridae/secoviridae" TargetMode="External"/><Relationship Id="rId7073695dee77a93e3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ictv.global/report/chapter/secoviridae/secoviridae/nepovirus" TargetMode="External"/><Relationship Id="rId7376695dee77a9427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://popathodiv.org" TargetMode="External"/><Relationship Id="rId9648695dee77a9445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://potpathodiv.org/static/papers/2_Resultados_Viroma%20de%20la%20Papa_Marzo%202019_(SFD).pdf" TargetMode="External"/><Relationship Id="rId9229695dee77a94a5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://link.springer.com/content/pdf/10.1007%2F978-3-030-28683-5_11.pdf" TargetMode="External"/><Relationship Id="rId2110695dee77a95a0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cgspace.cgiar.org/handle/10568/109459" TargetMode="External"/><Relationship Id="rId2888695dee77a95d2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nap.nationalacademies.org/download/1398" TargetMode="External"/><Relationship Id="rId7950695dee77a96a0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://core.ac.uk/download/pdf/482041718.pdf" TargetMode="External"/><Relationship Id="rId4400695dee77a99ec" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://revistas.ucr.ac.cr/index.php/rbt/article/view/3090/2998" TargetMode="External"/><Relationship Id="rId8495695dee77a9b0d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/42520" TargetMode="External"/><Relationship Id="rId2930695dee77a9b4d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bioversityinternational.org/fileadmin/user_upload/Potato_booklet_reduced.pdf" TargetMode="External"/><Relationship Id="rId7797695dee77a9b8b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.dpvweb.net/dpv/showdpv/?dpvno=206" TargetMode="External"/><Relationship Id="rId1326695dee77a9c52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId1260695dee77a9dc1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1984.tb01975.x" TargetMode="External"/><Relationship Id="rId3394695dee77a6d00" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId3394695dee77a6d00.jpg"/><Relationship Id="rId8571695dee77a822d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId8571695dee77a822d.jpg"/><Relationship Id="rId3967695dee77a9e27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId3967695dee77a9e27.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>