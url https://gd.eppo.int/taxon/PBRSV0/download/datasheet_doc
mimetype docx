--- v4 (2026-01-07)
+++ v5 (2026-01-27)
@@ -347,51 +347,51 @@
               <w:t xml:space="preserve">Tobacco ringspot virus Andean calico strain</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Andean calico of potato</w:t>
             </w:r>
-            <w:hyperlink r:id="rId4331695dee77a6bd7" w:history="1">
+            <w:hyperlink r:id="rId5428697852ff7450b" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -407,51 +407,51 @@
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 Quarantine pest (Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId3333695dee77a6c41" w:history="1">
+            <w:hyperlink r:id="rId5860697852ff74574" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -465,86 +465,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> PBRSV0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="67845887" name="name1062695dee77a6d02" descr="1175.jpg"/>
+                  <wp:docPr id="308121" name="name8559697852ff74630" descr="1175.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="1175.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId3394695dee77a6d00" cstate="print"/>
+                          <a:blip r:embed="rId7497697852ff7462f" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId2534695dee77a6dea" w:history="1">
+            <w:hyperlink r:id="rId5696697852ff74731" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -1317,63 +1317,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">., 2006). However, confirmation of TRSV is required, since the supplier of the TRSV polyclonal antibody used in this study has reported cross reaction with PBRSV (Agdia, 2021). TRSV antibodies from other sources have also been reported to cross react with PBRSV (EPPO, 2017a).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="98000082" name="name1059695dee77a822f" descr="PBRSV0_distribution_map.jpg"/>
+            <wp:docPr id="25365340" name="name7407697852ff74d4d" descr="PBRSV0_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="PBRSV0_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId8571695dee77a822d" cstate="print"/>
+                    <a:blip r:embed="rId4377697852ff74d4c" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -1592,51 +1592,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Virus particles are isometric, non-enveloped of two types but similar in size, 25–30 nm in diameter, and exhibit icosahedral symmetry (T = 1, pseudo T = 3) (ICTV (2022a)). The genome is a bipartite, linear positive-sense, single-stranded RNA. Complete sequences are available for a number of PBRSV isolates. RNA1 ranges from 7,579-7,598 bases between the different isolates and contains one single open reading frame (ORF), which is translated into a large polyprotein with 2 325 amino acids and a molecular weight of 257 kDa. RNA2 ranges from 3857 to 3918 bases for the different isolates, and it encodes a polyprotein of 1079–1082 amino acids with a molecular weight of 120 kDa (Souza Richards </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">., 2014). The complete coding sequence of PBRSV isolates are available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8878695dee77a8521" w:history="1">
+      <w:hyperlink r:id="rId5661697852ff75034" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.ncbi.nlm.nih.gov/nuccore/?term=potato+black+ringspot+virus</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -2552,90 +2552,90 @@
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">REFERENCES</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Agdia (2021) Validation Report: ELISA PSA/SRA 64001. Tobacco ringspot virus (TRSV). Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3961695dee77a8b96" w:history="1">
+      <w:hyperlink r:id="rId8543697852ff756b5" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://d163axztg8am2h.cloudfront.net/static/doc/f5/05/e77d30230e5b60ff7b9f2041e76c.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 21/01/2023]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Anses (2015) Summary sheet of validation data for a diagnostic test: Nepovirus. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9846695dee77a8bd8" w:history="1">
+      <w:hyperlink r:id="rId8829697852ff756f8" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://dc.eppo.int/validation_data/dwvalidation?id=124</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 5 December 2022]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -2719,51 +2719,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA Journal </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">18</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 5853, 134pp.  Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1742695dee77a8caa" w:history="1">
+      <w:hyperlink r:id="rId2650697852ff757dd" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2020.5853</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 5 December 2022]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -2789,51 +2789,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Bulletin </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">37</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 592-597. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4864695dee77a8d1a" w:history="1">
+      <w:hyperlink r:id="rId4930697852ff7584f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/download/standard/76/pm3-071-1-en.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 12 December 2022]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -2868,51 +2868,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">47</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 135–145. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1445695dee77a8d98" w:history="1">
+      <w:hyperlink r:id="rId3989697852ff758cb" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/download/standard/126/pm7-002-2-en.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 5 December 2022]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -2938,51 +2938,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Bulletin </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">47</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 487-503. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2544695dee77a8e11" w:history="1">
+      <w:hyperlink r:id="rId6787697852ff75944" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/download/standard/243/pm8-001-2-en.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 5 December 2022]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3017,51 +3017,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">49</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 452–479. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8119695dee77a8e92" w:history="1">
+      <w:hyperlink r:id="rId9722697852ff75a1d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/download/standard/26/pm3-021-3-en.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 5 December 2022]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3087,51 +3087,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Bulletin </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">49</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 480–481.  Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7699695dee77a8f15" w:history="1">
+      <w:hyperlink r:id="rId3786697852ff75a94" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/download/standard/66/pm3-061-2-en.pdf </w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 5 December 2022]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3166,51 +3166,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">49</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 482–483. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7287695dee77a8f95" w:history="1">
+      <w:hyperlink r:id="rId8109697852ff75b83" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/download/standard/67/pm3-062-3-en.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 5 December 2022]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3245,207 +3245,207 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">49</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 484–485. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3726695dee77a9011" w:history="1">
+      <w:hyperlink r:id="rId6131697852ff75c05" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/download/standard/68/pm3-063-3-en.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 5 December 2022]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2022) EPPO A1 List of pests recommended for regulation as quarantine pests version 2020-09. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1646695dee77a9051" w:history="1">
+      <w:hyperlink r:id="rId8197697852ff75c45" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.eppo.int/ACTIVITIES/plant_quarantine/A1_list</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 5 December 2022]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EU (2022) Consolidated text: Commission Implementing Regulation (EU) 2019/2072 of 28 November 2019 establishing uniform conditions for the implementation of Regulation (EU) 2016/2031 of the European Parliament and the Council, as regards protective measures against pests of plants, and repealing Commission Regulation (EC) No 690/2008 and amending Commission Implementing Regulation (EU) 2018/2019. Lastly revised in 2022. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8094695dee77a9095" w:history="1">
+      <w:hyperlink r:id="rId7848697852ff75c88" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02019R2072-202207141</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 5 December 2022]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EU (2018) Commission Implementing Regulation (EU) 2018/2019 of 18 December 2018 establishing a provisional list of high risk plants, plant products or other objects, within the meaning of Article 42 of Regulation (EU) 2016/2031 and a list of plants for which phytosanitary certificates are not required for introduction into the Union, within the meaning of Article 73 of that Regulation. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4032695dee77a90d7" w:history="1">
+      <w:hyperlink r:id="rId4029697852ff75cca" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A32018R2019</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 24 December 2022]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EU (2022) Consolidated text: Commission Implementing Regulation (EU) 2019/2072 of 28 November 2019 establishing uniform conditions for the implementation of Regulation (EU) 2016/2031 of the European Parliament and the Council, as regards protective measures against pests of plants, and repealing Commission Regulation (EC) No 690/2008 and amending Commission Implementing Regulation (EU) 2018/2019. Lastly revised in 2022. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9925695dee77a9118" w:history="1">
+      <w:hyperlink r:id="rId2435697852ff75d0c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://eur-lex.europa.eu/eli/reg_impl/2019/2072#:~:text=Consolidated%20text%3A%20Commission%20Implementing%20Regulation%20%28EU%29%202019%2F2072%20of,690%2F2008%20and%20amending%20Commission%20Implementing%20Regulation%20%28EU%29%202018%2F2019</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 6 November 2022]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3574,72 +3574,72 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (ed. French ER), pp 230-233. International Potato Center, Peru</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Fuentes S, Perez A &amp; Kreuze J (2019) Dataset for: The Peruvian potato virome, V1. International Potato Center. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7999695dee77a9236" w:history="1">
+      <w:hyperlink r:id="rId7859697852ff75e3b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://popathodiv.org</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> or </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3100695dee77a9255" w:history="1">
+      <w:hyperlink r:id="rId6626697852ff75e5b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.21223/P3/YFHLQU</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 5 December 2022]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3736,101 +3736,101 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, pp</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">75-172. Institute of Plant Genetics and Crop Plant Research, Gatersleben, Germany and International Plant Genetic Resources Institute, Rome, Italy. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7076695dee77a9336" w:history="1">
+      <w:hyperlink r:id="rId9739697852ff75f3e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://cgspace.cgiar.org/handle/10568/104208</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 27 December 2022]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">ICTV (2022a) The ICTV Report on Virus Classification and Taxon Nomenclature: </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Secoviridae. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8053695dee77a9387" w:history="1">
+      <w:hyperlink r:id="rId7018697852ff75fa6" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://ictv.global/report/chapter/secoviridae/secoviridae</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 9 December 2022]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3845,111 +3845,111 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">ICTV (2022b) The ICTV Report on Virus Classification and Taxon Nomenclature: </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Nepovirus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7073695dee77a93e3" w:history="1">
+      <w:hyperlink r:id="rId1830697852ff76007" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://ictv.global/report/chapter/secoviridae/secoviridae/nepovirus</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 5 December 2022]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Kreuze J, Fuentes S, Pérez A, Gutierrez D &amp; Cadenas C (2019) Viroma de la papa en el Perú y fortalecimiento de capacidades INIA y UNALM en el diagnóstico de patógenos con técnicas de última generación para enfrentar al riesgo de enfermedades emergentes por el calentamiento global” Programa Nacional de Innovación Agraria : 029-2015-INIA-PNIA/UPMSI/IE [Potato viruses in Peru and strengthening of INIA and UNALM capacities in the diagnosis of pathogens with state-of-the-art techniques to face the risk of emerging diseases due to global warming” National Program for Agrarian Innovation: 029-2015-INIA-PNIA/ UPMSI/IE]. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7376695dee77a9427" w:history="1">
+      <w:hyperlink r:id="rId7955697852ff7604c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://popathodiv.org</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> or </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9648695dee77a9445" w:history="1">
+      <w:hyperlink r:id="rId6602697852ff7606c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://potpathodiv.org/static/papers/2_Resultados_Viroma%20de%20la%20Papa_Marzo%202019_(SFD).pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 5 December 2022]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3964,51 +3964,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Kreuze JF, Souza-Dias JAC, Jeevalatha A, Figueira AR, Valkonen JPT &amp; Jones RAC (2020) Viral diseases in potato. In </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">The Potato Crop. Its Agricultural, Nutritional and Social Contribution to Humankind</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (eds)Campos H &amp; Ortiz O), pp. 389-430. Springer, Cham (CH). Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9229695dee77a94a5" w:history="1">
+      <w:hyperlink r:id="rId1504697852ff760cc" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://link.springer.com/content/pdf/10.1007%2F978-3-030-28683-5_11.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 5 December 2022]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4121,81 +4121,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Lizarraga C, Santa Cruz M, &amp; Salazar LF (1997) Progress in identifying viruses infecting Andean root and tuber crops. In</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">: CIP Program Report 1995-1996, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">pp 156-158. International Potato Centre, Lima, Peru. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2110695dee77a95a0" w:history="1">
+      <w:hyperlink r:id="rId6416697852ff761dc" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://cgspace.cgiar.org/handle/10568/109459</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">NRC (1989) Lost crops of the Incas: Little-Known Plants of the Andes with Promise for Worldwide Cultivation. The National Academies Press, Washington, DC, USA. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2888695dee77a95d2" w:history="1">
+      <w:hyperlink r:id="rId1101697852ff7620f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://nap.nationalacademies.org/download/1398</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4277,51 +4277,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Pacheco JAS (2021)Caracterización molecular de secuencias asociadas a virus provenientes de arracacha (A</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">rracacia xanthorrhiza B</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">ancroft) y su detección en papa [Molecular characterization of sequences associated with viruses from arracacha (Arracacia xanthorrhiza Bancroft) and their detection in potato]. Msc thesis, National Agrarian University, Lima, Peru. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7950695dee77a96a0" w:history="1">
+      <w:hyperlink r:id="rId8019697852ff762f0" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://core.ac.uk/download/pdf/482041718.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 5 December 2022]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4780,51 +4780,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">54</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1135-1141. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4400695dee77a99ec" w:history="1">
+      <w:hyperlink r:id="rId9240697852ff76636" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://revistas.ucr.ac.cr/index.php/rbt/article/view/3090/2998</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 2 May 2021]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4955,129 +4955,129 @@
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">AAB, CABI and other resources used when preparing this datasheet</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI Datasheet on Andean potato mottle virus. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8495695dee77a9b0d" w:history="1">
+      <w:hyperlink r:id="rId7031697852ff76756" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.cabi.org/isc/datasheet/42520</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 5 December 2022]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Jeffries C (1998) FAO/IPGRI Technical Guidelines for the Safe Movement of Germplasm. No.19. Potato. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2930695dee77a9b4d" w:history="1">
+      <w:hyperlink r:id="rId7846697852ff76796" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.bioversityinternational.org/fileadmin/user_upload/Potato_booklet_reduced.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 5 December 2022]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Salazar LF &amp; Harrison BD (1979) AAB description of plant viruses. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7797695dee77a9b8b" w:history="1">
+      <w:hyperlink r:id="rId4862697852ff767d4" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.dpvweb.net/dpv/showdpv/?dpvno=206</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 5 December 2022]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5152,51 +5152,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Nepovirus solani</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1326695dee77a9c52" w:history="1">
+      <w:hyperlink r:id="rId9156697852ff76897" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -5387,90 +5387,90 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 11-22.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1260695dee77a9dc1" w:history="1">
+      <w:hyperlink r:id="rId2950697852ff76a09" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.1984.tb01975.x</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="44542309" name="name8434695dee77a9e28" descr="eu_funding_250.png"/>
+            <wp:docPr id="62158671" name="name7339697852ff76a70" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId3967695dee77a9e27" cstate="print"/>
+                    <a:blip r:embed="rId5675697852ff76a6f" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -5568,137 +5568,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="29878554">
+  <w:abstractNum w:abstractNumId="66534457">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="46013137">
+    <w:lvl w:ilvl="0" w:tplc="81700118">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="46013137" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="81700118" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="46013137" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="81700118" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="46013137" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="81700118" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="46013137" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="81700118" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="46013137" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="81700118" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="46013137" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="81700118" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="46013137" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="81700118" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="46013137" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="81700118" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="29878553">
+  <w:abstractNum w:abstractNumId="66534456">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="78235374">
+    <w:lvl w:ilvl="0" w:tplc="19695730">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -6450,55 +6450,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="29878553">
-    <w:abstractNumId w:val="29878553"/>
+  <w:num w:numId="66534456">
+    <w:abstractNumId w:val="66534456"/>
   </w:num>
-  <w:num w:numId="29878554">
-    <w:abstractNumId w:val="29878554"/>
+  <w:num w:numId="66534457">
+    <w:abstractNumId w:val="66534457"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -18048,51 +18048,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId164116202" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId757246313" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId4331695dee77a6bd7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PBRSV0/" TargetMode="External"/><Relationship Id="rId3333695dee77a6c41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PBRSV0/categorization" TargetMode="External"/><Relationship Id="rId2534695dee77a6dea" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PBRSV0/photos" TargetMode="External"/><Relationship Id="rId8878695dee77a8521" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/nuccore/?term=potato+black+ringspot+virus" TargetMode="External"/><Relationship Id="rId3961695dee77a8b96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://d163axztg8am2h.cloudfront.net/static/doc/f5/05/e77d30230e5b60ff7b9f2041e76c.pdf" TargetMode="External"/><Relationship Id="rId9846695dee77a8bd8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dc.eppo.int/validation_data/dwvalidation?id=124" TargetMode="External"/><Relationship Id="rId1742695dee77a8caa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2020.5853" TargetMode="External"/><Relationship Id="rId4864695dee77a8d1a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/download/standard/76/pm3-071-1-en.pdf" TargetMode="External"/><Relationship Id="rId1445695dee77a8d98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/download/standard/126/pm7-002-2-en.pdf" TargetMode="External"/><Relationship Id="rId2544695dee77a8e11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/download/standard/243/pm8-001-2-en.pdf%20" TargetMode="External"/><Relationship Id="rId8119695dee77a8e92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/download/standard/26/pm3-021-3-en.pdf" TargetMode="External"/><Relationship Id="rId7699695dee77a8f15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/download/standard/66/pm3-061-2-en.pdf" TargetMode="External"/><Relationship Id="rId7287695dee77a8f95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/download/standard/67/pm3-062-3-en.pdf" TargetMode="External"/><Relationship Id="rId3726695dee77a9011" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/download/standard/68/pm3-063-3-en.pdf" TargetMode="External"/><Relationship Id="rId1646695dee77a9051" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.eppo.int/ACTIVITIES/plant_quarantine/A1_list" TargetMode="External"/><Relationship Id="rId8094695dee77a9095" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02019R2072-202207141" TargetMode="External"/><Relationship Id="rId4032695dee77a90d7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A32018R2019" TargetMode="External"/><Relationship Id="rId9925695dee77a9118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/eli/reg_impl/2019/2072#:~:text=Consolidated%20text%3A%20Commission%20Implementing%20Regulation%20%28EU%29%202019%2F2072%20of,690%2F2008%20and%20amending%20Commission%20Implementing%20Regulation%20%28EU%29%202018%2F2019" TargetMode="External"/><Relationship Id="rId7999695dee77a9236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://popathodiv.org" TargetMode="External"/><Relationship Id="rId3100695dee77a9255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.21223/P3/YFHLQU" TargetMode="External"/><Relationship Id="rId7076695dee77a9336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cgspace.cgiar.org/handle/10568/104208" TargetMode="External"/><Relationship Id="rId8053695dee77a9387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ictv.global/report/chapter/secoviridae/secoviridae" TargetMode="External"/><Relationship Id="rId7073695dee77a93e3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ictv.global/report/chapter/secoviridae/secoviridae/nepovirus" TargetMode="External"/><Relationship Id="rId7376695dee77a9427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://popathodiv.org" TargetMode="External"/><Relationship Id="rId9648695dee77a9445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://potpathodiv.org/static/papers/2_Resultados_Viroma%20de%20la%20Papa_Marzo%202019_(SFD).pdf" TargetMode="External"/><Relationship Id="rId9229695dee77a94a5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://link.springer.com/content/pdf/10.1007%2F978-3-030-28683-5_11.pdf" TargetMode="External"/><Relationship Id="rId2110695dee77a95a0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cgspace.cgiar.org/handle/10568/109459" TargetMode="External"/><Relationship Id="rId2888695dee77a95d2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nap.nationalacademies.org/download/1398" TargetMode="External"/><Relationship Id="rId7950695dee77a96a0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://core.ac.uk/download/pdf/482041718.pdf" TargetMode="External"/><Relationship Id="rId4400695dee77a99ec" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://revistas.ucr.ac.cr/index.php/rbt/article/view/3090/2998" TargetMode="External"/><Relationship Id="rId8495695dee77a9b0d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/42520" TargetMode="External"/><Relationship Id="rId2930695dee77a9b4d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bioversityinternational.org/fileadmin/user_upload/Potato_booklet_reduced.pdf" TargetMode="External"/><Relationship Id="rId7797695dee77a9b8b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.dpvweb.net/dpv/showdpv/?dpvno=206" TargetMode="External"/><Relationship Id="rId1326695dee77a9c52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId1260695dee77a9dc1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1984.tb01975.x" TargetMode="External"/><Relationship Id="rId3394695dee77a6d00" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId3394695dee77a6d00.jpg"/><Relationship Id="rId8571695dee77a822d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId8571695dee77a822d.jpg"/><Relationship Id="rId3967695dee77a9e27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId3967695dee77a9e27.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId510447801" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId524901716" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId5428697852ff7450b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PBRSV0/" TargetMode="External"/><Relationship Id="rId5860697852ff74574" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PBRSV0/categorization" TargetMode="External"/><Relationship Id="rId5696697852ff74731" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PBRSV0/photos" TargetMode="External"/><Relationship Id="rId5661697852ff75034" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/nuccore/?term=potato+black+ringspot+virus" TargetMode="External"/><Relationship Id="rId8543697852ff756b5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://d163axztg8am2h.cloudfront.net/static/doc/f5/05/e77d30230e5b60ff7b9f2041e76c.pdf" TargetMode="External"/><Relationship Id="rId8829697852ff756f8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dc.eppo.int/validation_data/dwvalidation?id=124" TargetMode="External"/><Relationship Id="rId2650697852ff757dd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2020.5853" TargetMode="External"/><Relationship Id="rId4930697852ff7584f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/download/standard/76/pm3-071-1-en.pdf" TargetMode="External"/><Relationship Id="rId3989697852ff758cb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/download/standard/126/pm7-002-2-en.pdf" TargetMode="External"/><Relationship Id="rId6787697852ff75944" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/download/standard/243/pm8-001-2-en.pdf%20" TargetMode="External"/><Relationship Id="rId9722697852ff75a1d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/download/standard/26/pm3-021-3-en.pdf" TargetMode="External"/><Relationship Id="rId3786697852ff75a94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/download/standard/66/pm3-061-2-en.pdf" TargetMode="External"/><Relationship Id="rId8109697852ff75b83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/download/standard/67/pm3-062-3-en.pdf" TargetMode="External"/><Relationship Id="rId6131697852ff75c05" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/download/standard/68/pm3-063-3-en.pdf" TargetMode="External"/><Relationship Id="rId8197697852ff75c45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.eppo.int/ACTIVITIES/plant_quarantine/A1_list" TargetMode="External"/><Relationship Id="rId7848697852ff75c88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02019R2072-202207141" TargetMode="External"/><Relationship Id="rId4029697852ff75cca" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A32018R2019" TargetMode="External"/><Relationship Id="rId2435697852ff75d0c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/eli/reg_impl/2019/2072#:~:text=Consolidated%20text%3A%20Commission%20Implementing%20Regulation%20%28EU%29%202019%2F2072%20of,690%2F2008%20and%20amending%20Commission%20Implementing%20Regulation%20%28EU%29%202018%2F2019" TargetMode="External"/><Relationship Id="rId7859697852ff75e3b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://popathodiv.org" TargetMode="External"/><Relationship Id="rId6626697852ff75e5b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.21223/P3/YFHLQU" TargetMode="External"/><Relationship Id="rId9739697852ff75f3e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cgspace.cgiar.org/handle/10568/104208" TargetMode="External"/><Relationship Id="rId7018697852ff75fa6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ictv.global/report/chapter/secoviridae/secoviridae" TargetMode="External"/><Relationship Id="rId1830697852ff76007" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ictv.global/report/chapter/secoviridae/secoviridae/nepovirus" TargetMode="External"/><Relationship Id="rId7955697852ff7604c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://popathodiv.org" TargetMode="External"/><Relationship Id="rId6602697852ff7606c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://potpathodiv.org/static/papers/2_Resultados_Viroma%20de%20la%20Papa_Marzo%202019_(SFD).pdf" TargetMode="External"/><Relationship Id="rId1504697852ff760cc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://link.springer.com/content/pdf/10.1007%2F978-3-030-28683-5_11.pdf" TargetMode="External"/><Relationship Id="rId6416697852ff761dc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cgspace.cgiar.org/handle/10568/109459" TargetMode="External"/><Relationship Id="rId1101697852ff7620f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nap.nationalacademies.org/download/1398" TargetMode="External"/><Relationship Id="rId8019697852ff762f0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://core.ac.uk/download/pdf/482041718.pdf" TargetMode="External"/><Relationship Id="rId9240697852ff76636" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://revistas.ucr.ac.cr/index.php/rbt/article/view/3090/2998" TargetMode="External"/><Relationship Id="rId7031697852ff76756" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/42520" TargetMode="External"/><Relationship Id="rId7846697852ff76796" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bioversityinternational.org/fileadmin/user_upload/Potato_booklet_reduced.pdf" TargetMode="External"/><Relationship Id="rId4862697852ff767d4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.dpvweb.net/dpv/showdpv/?dpvno=206" TargetMode="External"/><Relationship Id="rId9156697852ff76897" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId2950697852ff76a09" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1984.tb01975.x" TargetMode="External"/><Relationship Id="rId7497697852ff7462f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId7497697852ff7462f.jpg"/><Relationship Id="rId4377697852ff74d4c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId4377697852ff74d4c.jpg"/><Relationship Id="rId5675697852ff76a6f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId5675697852ff76a6f.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>