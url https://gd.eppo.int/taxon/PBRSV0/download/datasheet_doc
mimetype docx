--- v5 (2026-01-27)
+++ v6 (2026-02-16)
@@ -347,51 +347,51 @@
               <w:t xml:space="preserve">Tobacco ringspot virus Andean calico strain</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Andean calico of potato</w:t>
             </w:r>
-            <w:hyperlink r:id="rId5428697852ff7450b" w:history="1">
+            <w:hyperlink r:id="rId845569932baf6ace5" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -405,53 +405,53 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve"> A1 Quarantine pest (Annex II A)</w:t>
+              <w:t xml:space="preserve"> Quarantine pest ((EU) 2019/2072 Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId5860697852ff74574" w:history="1">
+            <w:hyperlink r:id="rId895369932baf6ad51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -465,86 +465,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> PBRSV0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="308121" name="name8559697852ff74630" descr="1175.jpg"/>
+                  <wp:docPr id="90684644" name="name833869932baf6b277" descr="1175.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="1175.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId7497697852ff7462f" cstate="print"/>
+                          <a:blip r:embed="rId734569932baf6b275" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId5696697852ff74731" w:history="1">
+            <w:hyperlink r:id="rId433469932baf6b449" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -1317,63 +1317,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">., 2006). However, confirmation of TRSV is required, since the supplier of the TRSV polyclonal antibody used in this study has reported cross reaction with PBRSV (Agdia, 2021). TRSV antibodies from other sources have also been reported to cross react with PBRSV (EPPO, 2017a).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="25365340" name="name7407697852ff74d4d" descr="PBRSV0_distribution_map.jpg"/>
+            <wp:docPr id="7529183" name="name349669932baf6c5df" descr="PBRSV0_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="PBRSV0_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId4377697852ff74d4c" cstate="print"/>
+                    <a:blip r:embed="rId842469932baf6c5dc" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -1592,51 +1592,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Virus particles are isometric, non-enveloped of two types but similar in size, 25–30 nm in diameter, and exhibit icosahedral symmetry (T = 1, pseudo T = 3) (ICTV (2022a)). The genome is a bipartite, linear positive-sense, single-stranded RNA. Complete sequences are available for a number of PBRSV isolates. RNA1 ranges from 7,579-7,598 bases between the different isolates and contains one single open reading frame (ORF), which is translated into a large polyprotein with 2 325 amino acids and a molecular weight of 257 kDa. RNA2 ranges from 3857 to 3918 bases for the different isolates, and it encodes a polyprotein of 1079–1082 amino acids with a molecular weight of 120 kDa (Souza Richards </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">., 2014). The complete coding sequence of PBRSV isolates are available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5661697852ff75034" w:history="1">
+      <w:hyperlink r:id="rId487769932baf6c94b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.ncbi.nlm.nih.gov/nuccore/?term=potato+black+ringspot+virus</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -2552,90 +2552,90 @@
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">REFERENCES</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Agdia (2021) Validation Report: ELISA PSA/SRA 64001. Tobacco ringspot virus (TRSV). Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8543697852ff756b5" w:history="1">
+      <w:hyperlink r:id="rId472469932baf6d115" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://d163axztg8am2h.cloudfront.net/static/doc/f5/05/e77d30230e5b60ff7b9f2041e76c.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 21/01/2023]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Anses (2015) Summary sheet of validation data for a diagnostic test: Nepovirus. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8829697852ff756f8" w:history="1">
+      <w:hyperlink r:id="rId341969932baf6d15b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://dc.eppo.int/validation_data/dwvalidation?id=124</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 5 December 2022]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -2719,51 +2719,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA Journal </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">18</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 5853, 134pp.  Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2650697852ff757dd" w:history="1">
+      <w:hyperlink r:id="rId863869932baf6d22d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2020.5853</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 5 December 2022]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -2789,51 +2789,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Bulletin </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">37</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 592-597. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4930697852ff7584f" w:history="1">
+      <w:hyperlink r:id="rId714969932baf6d29e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/download/standard/76/pm3-071-1-en.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 12 December 2022]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -2868,51 +2868,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">47</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 135–145. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3989697852ff758cb" w:history="1">
+      <w:hyperlink r:id="rId807769932baf6d319" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/download/standard/126/pm7-002-2-en.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 5 December 2022]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -2938,51 +2938,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Bulletin </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">47</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 487-503. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6787697852ff75944" w:history="1">
+      <w:hyperlink r:id="rId668069932baf6d403" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/download/standard/243/pm8-001-2-en.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 5 December 2022]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3017,51 +3017,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">49</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 452–479. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9722697852ff75a1d" w:history="1">
+      <w:hyperlink r:id="rId666169932baf6d559" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/download/standard/26/pm3-021-3-en.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 5 December 2022]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3087,51 +3087,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Bulletin </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">49</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 480–481.  Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3786697852ff75a94" w:history="1">
+      <w:hyperlink r:id="rId451769932baf6d5ea" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/download/standard/66/pm3-061-2-en.pdf </w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 5 December 2022]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3166,51 +3166,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">49</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 482–483. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8109697852ff75b83" w:history="1">
+      <w:hyperlink r:id="rId528769932baf6d66d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/download/standard/67/pm3-062-3-en.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 5 December 2022]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3245,207 +3245,207 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">49</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 484–485. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6131697852ff75c05" w:history="1">
+      <w:hyperlink r:id="rId324369932baf6d6ed" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/download/standard/68/pm3-063-3-en.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 5 December 2022]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2022) EPPO A1 List of pests recommended for regulation as quarantine pests version 2020-09. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8197697852ff75c45" w:history="1">
+      <w:hyperlink r:id="rId751569932baf6d72b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.eppo.int/ACTIVITIES/plant_quarantine/A1_list</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 5 December 2022]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EU (2022) Consolidated text: Commission Implementing Regulation (EU) 2019/2072 of 28 November 2019 establishing uniform conditions for the implementation of Regulation (EU) 2016/2031 of the European Parliament and the Council, as regards protective measures against pests of plants, and repealing Commission Regulation (EC) No 690/2008 and amending Commission Implementing Regulation (EU) 2018/2019. Lastly revised in 2022. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7848697852ff75c88" w:history="1">
+      <w:hyperlink r:id="rId507769932baf6d76e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02019R2072-202207141</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 5 December 2022]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EU (2018) Commission Implementing Regulation (EU) 2018/2019 of 18 December 2018 establishing a provisional list of high risk plants, plant products or other objects, within the meaning of Article 42 of Regulation (EU) 2016/2031 and a list of plants for which phytosanitary certificates are not required for introduction into the Union, within the meaning of Article 73 of that Regulation. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4029697852ff75cca" w:history="1">
+      <w:hyperlink r:id="rId291469932baf6d7b1" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A32018R2019</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 24 December 2022]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EU (2022) Consolidated text: Commission Implementing Regulation (EU) 2019/2072 of 28 November 2019 establishing uniform conditions for the implementation of Regulation (EU) 2016/2031 of the European Parliament and the Council, as regards protective measures against pests of plants, and repealing Commission Regulation (EC) No 690/2008 and amending Commission Implementing Regulation (EU) 2018/2019. Lastly revised in 2022. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2435697852ff75d0c" w:history="1">
+      <w:hyperlink r:id="rId236769932baf6d7f3" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://eur-lex.europa.eu/eli/reg_impl/2019/2072#:~:text=Consolidated%20text%3A%20Commission%20Implementing%20Regulation%20%28EU%29%202019%2F2072%20of,690%2F2008%20and%20amending%20Commission%20Implementing%20Regulation%20%28EU%29%202018%2F2019</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 6 November 2022]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3574,72 +3574,72 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (ed. French ER), pp 230-233. International Potato Center, Peru</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Fuentes S, Perez A &amp; Kreuze J (2019) Dataset for: The Peruvian potato virome, V1. International Potato Center. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7859697852ff75e3b" w:history="1">
+      <w:hyperlink r:id="rId843969932baf6d90f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://popathodiv.org</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> or </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6626697852ff75e5b" w:history="1">
+      <w:hyperlink r:id="rId532269932baf6d92d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.21223/P3/YFHLQU</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 5 December 2022]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3736,101 +3736,101 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, pp</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">75-172. Institute of Plant Genetics and Crop Plant Research, Gatersleben, Germany and International Plant Genetic Resources Institute, Rome, Italy. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9739697852ff75f3e" w:history="1">
+      <w:hyperlink r:id="rId523369932baf6da22" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://cgspace.cgiar.org/handle/10568/104208</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 27 December 2022]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">ICTV (2022a) The ICTV Report on Virus Classification and Taxon Nomenclature: </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Secoviridae. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7018697852ff75fa6" w:history="1">
+      <w:hyperlink r:id="rId916669932baf6dabf" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://ictv.global/report/chapter/secoviridae/secoviridae</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 9 December 2022]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3845,111 +3845,111 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">ICTV (2022b) The ICTV Report on Virus Classification and Taxon Nomenclature: </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Nepovirus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1830697852ff76007" w:history="1">
+      <w:hyperlink r:id="rId575669932baf6db6a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://ictv.global/report/chapter/secoviridae/secoviridae/nepovirus</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 5 December 2022]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Kreuze J, Fuentes S, Pérez A, Gutierrez D &amp; Cadenas C (2019) Viroma de la papa en el Perú y fortalecimiento de capacidades INIA y UNALM en el diagnóstico de patógenos con técnicas de última generación para enfrentar al riesgo de enfermedades emergentes por el calentamiento global” Programa Nacional de Innovación Agraria : 029-2015-INIA-PNIA/UPMSI/IE [Potato viruses in Peru and strengthening of INIA and UNALM capacities in the diagnosis of pathogens with state-of-the-art techniques to face the risk of emerging diseases due to global warming” National Program for Agrarian Innovation: 029-2015-INIA-PNIA/ UPMSI/IE]. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7955697852ff7604c" w:history="1">
+      <w:hyperlink r:id="rId637369932baf6dbf0" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://popathodiv.org</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> or </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6602697852ff7606c" w:history="1">
+      <w:hyperlink r:id="rId546669932baf6dc1b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://potpathodiv.org/static/papers/2_Resultados_Viroma%20de%20la%20Papa_Marzo%202019_(SFD).pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 5 December 2022]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3964,51 +3964,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Kreuze JF, Souza-Dias JAC, Jeevalatha A, Figueira AR, Valkonen JPT &amp; Jones RAC (2020) Viral diseases in potato. In </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">The Potato Crop. Its Agricultural, Nutritional and Social Contribution to Humankind</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (eds)Campos H &amp; Ortiz O), pp. 389-430. Springer, Cham (CH). Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1504697852ff760cc" w:history="1">
+      <w:hyperlink r:id="rId959469932baf6dc81" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://link.springer.com/content/pdf/10.1007%2F978-3-030-28683-5_11.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 5 December 2022]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4121,81 +4121,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Lizarraga C, Santa Cruz M, &amp; Salazar LF (1997) Progress in identifying viruses infecting Andean root and tuber crops. In</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">: CIP Program Report 1995-1996, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">pp 156-158. International Potato Centre, Lima, Peru. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6416697852ff761dc" w:history="1">
+      <w:hyperlink r:id="rId839169932baf6dd80" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://cgspace.cgiar.org/handle/10568/109459</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">NRC (1989) Lost crops of the Incas: Little-Known Plants of the Andes with Promise for Worldwide Cultivation. The National Academies Press, Washington, DC, USA. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1101697852ff7620f" w:history="1">
+      <w:hyperlink r:id="rId727469932baf6ddb3" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://nap.nationalacademies.org/download/1398</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4277,51 +4277,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Pacheco JAS (2021)Caracterización molecular de secuencias asociadas a virus provenientes de arracacha (A</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">rracacia xanthorrhiza B</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">ancroft) y su detección en papa [Molecular characterization of sequences associated with viruses from arracacha (Arracacia xanthorrhiza Bancroft) and their detection in potato]. Msc thesis, National Agrarian University, Lima, Peru. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8019697852ff762f0" w:history="1">
+      <w:hyperlink r:id="rId553069932baf6de82" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://core.ac.uk/download/pdf/482041718.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 5 December 2022]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4780,51 +4780,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">54</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1135-1141. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9240697852ff76636" w:history="1">
+      <w:hyperlink r:id="rId827869932baf6e295" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://revistas.ucr.ac.cr/index.php/rbt/article/view/3090/2998</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 2 May 2021]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4955,129 +4955,129 @@
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">AAB, CABI and other resources used when preparing this datasheet</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI Datasheet on Andean potato mottle virus. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7031697852ff76756" w:history="1">
+      <w:hyperlink r:id="rId924769932baf6e3be" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.cabi.org/isc/datasheet/42520</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 5 December 2022]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Jeffries C (1998) FAO/IPGRI Technical Guidelines for the Safe Movement of Germplasm. No.19. Potato. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7846697852ff76796" w:history="1">
+      <w:hyperlink r:id="rId376869932baf6e3fe" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.bioversityinternational.org/fileadmin/user_upload/Potato_booklet_reduced.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 5 December 2022]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Salazar LF &amp; Harrison BD (1979) AAB description of plant viruses. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4862697852ff767d4" w:history="1">
+      <w:hyperlink r:id="rId260069932baf6e43d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.dpvweb.net/dpv/showdpv/?dpvno=206</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 5 December 2022]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5152,51 +5152,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Nepovirus solani</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9156697852ff76897" w:history="1">
+      <w:hyperlink r:id="rId917369932baf6e506" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -5387,90 +5387,90 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 11-22.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2950697852ff76a09" w:history="1">
+      <w:hyperlink r:id="rId862369932baf6e6e6" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.1984.tb01975.x</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="62158671" name="name7339697852ff76a70" descr="eu_funding_250.png"/>
+            <wp:docPr id="45619604" name="name790369932baf6e77b" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId5675697852ff76a6f" cstate="print"/>
+                    <a:blip r:embed="rId484769932baf6e779" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -5568,137 +5568,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="66534457">
+  <w:abstractNum w:abstractNumId="26597579">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="81700118">
+    <w:lvl w:ilvl="0" w:tplc="68601127">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="81700118" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="68601127" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="81700118" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="68601127" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="81700118" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="68601127" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="81700118" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="68601127" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="81700118" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="68601127" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="81700118" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="68601127" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="81700118" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="68601127" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="81700118" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="68601127" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="66534456">
+  <w:abstractNum w:abstractNumId="26597578">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="19695730">
+    <w:lvl w:ilvl="0" w:tplc="47129703">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -6450,55 +6450,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="66534456">
-    <w:abstractNumId w:val="66534456"/>
+  <w:num w:numId="26597578">
+    <w:abstractNumId w:val="26597578"/>
   </w:num>
-  <w:num w:numId="66534457">
-    <w:abstractNumId w:val="66534457"/>
+  <w:num w:numId="26597579">
+    <w:abstractNumId w:val="26597579"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -18048,51 +18048,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId510447801" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId524901716" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId5428697852ff7450b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PBRSV0/" TargetMode="External"/><Relationship Id="rId5860697852ff74574" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PBRSV0/categorization" TargetMode="External"/><Relationship Id="rId5696697852ff74731" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PBRSV0/photos" TargetMode="External"/><Relationship Id="rId5661697852ff75034" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/nuccore/?term=potato+black+ringspot+virus" TargetMode="External"/><Relationship Id="rId8543697852ff756b5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://d163axztg8am2h.cloudfront.net/static/doc/f5/05/e77d30230e5b60ff7b9f2041e76c.pdf" TargetMode="External"/><Relationship Id="rId8829697852ff756f8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dc.eppo.int/validation_data/dwvalidation?id=124" TargetMode="External"/><Relationship Id="rId2650697852ff757dd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2020.5853" TargetMode="External"/><Relationship Id="rId4930697852ff7584f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/download/standard/76/pm3-071-1-en.pdf" TargetMode="External"/><Relationship Id="rId3989697852ff758cb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/download/standard/126/pm7-002-2-en.pdf" TargetMode="External"/><Relationship Id="rId6787697852ff75944" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/download/standard/243/pm8-001-2-en.pdf%20" TargetMode="External"/><Relationship Id="rId9722697852ff75a1d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/download/standard/26/pm3-021-3-en.pdf" TargetMode="External"/><Relationship Id="rId3786697852ff75a94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/download/standard/66/pm3-061-2-en.pdf" TargetMode="External"/><Relationship Id="rId8109697852ff75b83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/download/standard/67/pm3-062-3-en.pdf" TargetMode="External"/><Relationship Id="rId6131697852ff75c05" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/download/standard/68/pm3-063-3-en.pdf" TargetMode="External"/><Relationship Id="rId8197697852ff75c45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.eppo.int/ACTIVITIES/plant_quarantine/A1_list" TargetMode="External"/><Relationship Id="rId7848697852ff75c88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02019R2072-202207141" TargetMode="External"/><Relationship Id="rId4029697852ff75cca" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A32018R2019" TargetMode="External"/><Relationship Id="rId2435697852ff75d0c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/eli/reg_impl/2019/2072#:~:text=Consolidated%20text%3A%20Commission%20Implementing%20Regulation%20%28EU%29%202019%2F2072%20of,690%2F2008%20and%20amending%20Commission%20Implementing%20Regulation%20%28EU%29%202018%2F2019" TargetMode="External"/><Relationship Id="rId7859697852ff75e3b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://popathodiv.org" TargetMode="External"/><Relationship Id="rId6626697852ff75e5b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.21223/P3/YFHLQU" TargetMode="External"/><Relationship Id="rId9739697852ff75f3e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cgspace.cgiar.org/handle/10568/104208" TargetMode="External"/><Relationship Id="rId7018697852ff75fa6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ictv.global/report/chapter/secoviridae/secoviridae" TargetMode="External"/><Relationship Id="rId1830697852ff76007" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ictv.global/report/chapter/secoviridae/secoviridae/nepovirus" TargetMode="External"/><Relationship Id="rId7955697852ff7604c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://popathodiv.org" TargetMode="External"/><Relationship Id="rId6602697852ff7606c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://potpathodiv.org/static/papers/2_Resultados_Viroma%20de%20la%20Papa_Marzo%202019_(SFD).pdf" TargetMode="External"/><Relationship Id="rId1504697852ff760cc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://link.springer.com/content/pdf/10.1007%2F978-3-030-28683-5_11.pdf" TargetMode="External"/><Relationship Id="rId6416697852ff761dc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cgspace.cgiar.org/handle/10568/109459" TargetMode="External"/><Relationship Id="rId1101697852ff7620f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nap.nationalacademies.org/download/1398" TargetMode="External"/><Relationship Id="rId8019697852ff762f0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://core.ac.uk/download/pdf/482041718.pdf" TargetMode="External"/><Relationship Id="rId9240697852ff76636" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://revistas.ucr.ac.cr/index.php/rbt/article/view/3090/2998" TargetMode="External"/><Relationship Id="rId7031697852ff76756" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/42520" TargetMode="External"/><Relationship Id="rId7846697852ff76796" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bioversityinternational.org/fileadmin/user_upload/Potato_booklet_reduced.pdf" TargetMode="External"/><Relationship Id="rId4862697852ff767d4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.dpvweb.net/dpv/showdpv/?dpvno=206" TargetMode="External"/><Relationship Id="rId9156697852ff76897" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId2950697852ff76a09" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1984.tb01975.x" TargetMode="External"/><Relationship Id="rId7497697852ff7462f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId7497697852ff7462f.jpg"/><Relationship Id="rId4377697852ff74d4c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId4377697852ff74d4c.jpg"/><Relationship Id="rId5675697852ff76a6f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId5675697852ff76a6f.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId350657238" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId688613376" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId845569932baf6ace5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PBRSV0/" TargetMode="External"/><Relationship Id="rId895369932baf6ad51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PBRSV0/categorization" TargetMode="External"/><Relationship Id="rId433469932baf6b449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PBRSV0/photos" TargetMode="External"/><Relationship Id="rId487769932baf6c94b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/nuccore/?term=potato+black+ringspot+virus" TargetMode="External"/><Relationship Id="rId472469932baf6d115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://d163axztg8am2h.cloudfront.net/static/doc/f5/05/e77d30230e5b60ff7b9f2041e76c.pdf" TargetMode="External"/><Relationship Id="rId341969932baf6d15b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dc.eppo.int/validation_data/dwvalidation?id=124" TargetMode="External"/><Relationship Id="rId863869932baf6d22d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2020.5853" TargetMode="External"/><Relationship Id="rId714969932baf6d29e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/download/standard/76/pm3-071-1-en.pdf" TargetMode="External"/><Relationship Id="rId807769932baf6d319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/download/standard/126/pm7-002-2-en.pdf" TargetMode="External"/><Relationship Id="rId668069932baf6d403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/download/standard/243/pm8-001-2-en.pdf%20" TargetMode="External"/><Relationship Id="rId666169932baf6d559" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/download/standard/26/pm3-021-3-en.pdf" TargetMode="External"/><Relationship Id="rId451769932baf6d5ea" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/download/standard/66/pm3-061-2-en.pdf" TargetMode="External"/><Relationship Id="rId528769932baf6d66d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/download/standard/67/pm3-062-3-en.pdf" TargetMode="External"/><Relationship Id="rId324369932baf6d6ed" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/download/standard/68/pm3-063-3-en.pdf" TargetMode="External"/><Relationship Id="rId751569932baf6d72b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.eppo.int/ACTIVITIES/plant_quarantine/A1_list" TargetMode="External"/><Relationship Id="rId507769932baf6d76e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02019R2072-202207141" TargetMode="External"/><Relationship Id="rId291469932baf6d7b1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A32018R2019" TargetMode="External"/><Relationship Id="rId236769932baf6d7f3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/eli/reg_impl/2019/2072#:~:text=Consolidated%20text%3A%20Commission%20Implementing%20Regulation%20%28EU%29%202019%2F2072%20of,690%2F2008%20and%20amending%20Commission%20Implementing%20Regulation%20%28EU%29%202018%2F2019" TargetMode="External"/><Relationship Id="rId843969932baf6d90f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://popathodiv.org" TargetMode="External"/><Relationship Id="rId532269932baf6d92d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.21223/P3/YFHLQU" TargetMode="External"/><Relationship Id="rId523369932baf6da22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cgspace.cgiar.org/handle/10568/104208" TargetMode="External"/><Relationship Id="rId916669932baf6dabf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ictv.global/report/chapter/secoviridae/secoviridae" TargetMode="External"/><Relationship Id="rId575669932baf6db6a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ictv.global/report/chapter/secoviridae/secoviridae/nepovirus" TargetMode="External"/><Relationship Id="rId637369932baf6dbf0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://popathodiv.org" TargetMode="External"/><Relationship Id="rId546669932baf6dc1b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://potpathodiv.org/static/papers/2_Resultados_Viroma%20de%20la%20Papa_Marzo%202019_(SFD).pdf" TargetMode="External"/><Relationship Id="rId959469932baf6dc81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://link.springer.com/content/pdf/10.1007%2F978-3-030-28683-5_11.pdf" TargetMode="External"/><Relationship Id="rId839169932baf6dd80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cgspace.cgiar.org/handle/10568/109459" TargetMode="External"/><Relationship Id="rId727469932baf6ddb3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nap.nationalacademies.org/download/1398" TargetMode="External"/><Relationship Id="rId553069932baf6de82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://core.ac.uk/download/pdf/482041718.pdf" TargetMode="External"/><Relationship Id="rId827869932baf6e295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://revistas.ucr.ac.cr/index.php/rbt/article/view/3090/2998" TargetMode="External"/><Relationship Id="rId924769932baf6e3be" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/42520" TargetMode="External"/><Relationship Id="rId376869932baf6e3fe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bioversityinternational.org/fileadmin/user_upload/Potato_booklet_reduced.pdf" TargetMode="External"/><Relationship Id="rId260069932baf6e43d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.dpvweb.net/dpv/showdpv/?dpvno=206" TargetMode="External"/><Relationship Id="rId917369932baf6e506" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId862369932baf6e6e6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1984.tb01975.x" TargetMode="External"/><Relationship Id="rId734569932baf6b275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId734569932baf6b275.jpg"/><Relationship Id="rId842469932baf6c5dc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId842469932baf6c5dc.jpg"/><Relationship Id="rId484769932baf6e779" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId484769932baf6e779.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>