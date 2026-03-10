--- v6 (2026-02-16)
+++ v7 (2026-03-10)
@@ -347,51 +347,51 @@
               <w:t xml:space="preserve">Tobacco ringspot virus Andean calico strain</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Andean calico of potato</w:t>
             </w:r>
-            <w:hyperlink r:id="rId845569932baf6ace5" w:history="1">
+            <w:hyperlink r:id="rId766369af9a065c474" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -407,51 +407,51 @@
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Quarantine pest ((EU) 2019/2072 Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId895369932baf6ad51" w:history="1">
+            <w:hyperlink r:id="rId122669af9a065c4f5" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -465,86 +465,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> PBRSV0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="90684644" name="name833869932baf6b277" descr="1175.jpg"/>
+                  <wp:docPr id="73537814" name="name298369af9a065cb59" descr="1175.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="1175.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId734569932baf6b275" cstate="print"/>
+                          <a:blip r:embed="rId630969af9a065cb56" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId433469932baf6b449" w:history="1">
+            <w:hyperlink r:id="rId773469af9a065ccb3" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -1317,63 +1317,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">., 2006). However, confirmation of TRSV is required, since the supplier of the TRSV polyclonal antibody used in this study has reported cross reaction with PBRSV (Agdia, 2021). TRSV antibodies from other sources have also been reported to cross react with PBRSV (EPPO, 2017a).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="7529183" name="name349669932baf6c5df" descr="PBRSV0_distribution_map.jpg"/>
+            <wp:docPr id="50810927" name="name556569af9a065dced" descr="PBRSV0_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="PBRSV0_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId842469932baf6c5dc" cstate="print"/>
+                    <a:blip r:embed="rId792369af9a065dcea" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -1592,51 +1592,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Virus particles are isometric, non-enveloped of two types but similar in size, 25–30 nm in diameter, and exhibit icosahedral symmetry (T = 1, pseudo T = 3) (ICTV (2022a)). The genome is a bipartite, linear positive-sense, single-stranded RNA. Complete sequences are available for a number of PBRSV isolates. RNA1 ranges from 7,579-7,598 bases between the different isolates and contains one single open reading frame (ORF), which is translated into a large polyprotein with 2 325 amino acids and a molecular weight of 257 kDa. RNA2 ranges from 3857 to 3918 bases for the different isolates, and it encodes a polyprotein of 1079–1082 amino acids with a molecular weight of 120 kDa (Souza Richards </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">., 2014). The complete coding sequence of PBRSV isolates are available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId487769932baf6c94b" w:history="1">
+      <w:hyperlink r:id="rId295269af9a065e042" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.ncbi.nlm.nih.gov/nuccore/?term=potato+black+ringspot+virus</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -2552,90 +2552,90 @@
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">REFERENCES</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Agdia (2021) Validation Report: ELISA PSA/SRA 64001. Tobacco ringspot virus (TRSV). Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId472469932baf6d115" w:history="1">
+      <w:hyperlink r:id="rId694869af9a065e72d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://d163axztg8am2h.cloudfront.net/static/doc/f5/05/e77d30230e5b60ff7b9f2041e76c.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 21/01/2023]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Anses (2015) Summary sheet of validation data for a diagnostic test: Nepovirus. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId341969932baf6d15b" w:history="1">
+      <w:hyperlink r:id="rId661569af9a065e782" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://dc.eppo.int/validation_data/dwvalidation?id=124</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 5 December 2022]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -2719,51 +2719,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA Journal </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">18</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 5853, 134pp.  Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId863869932baf6d22d" w:history="1">
+      <w:hyperlink r:id="rId283369af9a065e85f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2020.5853</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 5 December 2022]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -2789,51 +2789,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Bulletin </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">37</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 592-597. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId714969932baf6d29e" w:history="1">
+      <w:hyperlink r:id="rId283969af9a065e8e3" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/download/standard/76/pm3-071-1-en.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 12 December 2022]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -2868,51 +2868,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">47</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 135–145. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId807769932baf6d319" w:history="1">
+      <w:hyperlink r:id="rId854969af9a065e976" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/download/standard/126/pm7-002-2-en.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 5 December 2022]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -2938,51 +2938,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Bulletin </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">47</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 487-503. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId668069932baf6d403" w:history="1">
+      <w:hyperlink r:id="rId548569af9a065e9ee" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/download/standard/243/pm8-001-2-en.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 5 December 2022]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3017,51 +3017,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">49</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 452–479. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId666169932baf6d559" w:history="1">
+      <w:hyperlink r:id="rId696069af9a065ea70" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/download/standard/26/pm3-021-3-en.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 5 December 2022]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3087,51 +3087,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Bulletin </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">49</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 480–481.  Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId451769932baf6d5ea" w:history="1">
+      <w:hyperlink r:id="rId998269af9a065eae3" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/download/standard/66/pm3-061-2-en.pdf </w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 5 December 2022]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3166,51 +3166,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">49</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 482–483. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId528769932baf6d66d" w:history="1">
+      <w:hyperlink r:id="rId687069af9a065eb77" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/download/standard/67/pm3-062-3-en.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 5 December 2022]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3245,207 +3245,207 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">49</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 484–485. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId324369932baf6d6ed" w:history="1">
+      <w:hyperlink r:id="rId721669af9a065ebfc" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/download/standard/68/pm3-063-3-en.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 5 December 2022]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2022) EPPO A1 List of pests recommended for regulation as quarantine pests version 2020-09. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId751569932baf6d72b" w:history="1">
+      <w:hyperlink r:id="rId550169af9a065ec3b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.eppo.int/ACTIVITIES/plant_quarantine/A1_list</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 5 December 2022]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EU (2022) Consolidated text: Commission Implementing Regulation (EU) 2019/2072 of 28 November 2019 establishing uniform conditions for the implementation of Regulation (EU) 2016/2031 of the European Parliament and the Council, as regards protective measures against pests of plants, and repealing Commission Regulation (EC) No 690/2008 and amending Commission Implementing Regulation (EU) 2018/2019. Lastly revised in 2022. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId507769932baf6d76e" w:history="1">
+      <w:hyperlink r:id="rId842469af9a065ec7d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02019R2072-202207141</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 5 December 2022]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EU (2018) Commission Implementing Regulation (EU) 2018/2019 of 18 December 2018 establishing a provisional list of high risk plants, plant products or other objects, within the meaning of Article 42 of Regulation (EU) 2016/2031 and a list of plants for which phytosanitary certificates are not required for introduction into the Union, within the meaning of Article 73 of that Regulation. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId291469932baf6d7b1" w:history="1">
+      <w:hyperlink r:id="rId767369af9a065ecc0" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A32018R2019</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 24 December 2022]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EU (2022) Consolidated text: Commission Implementing Regulation (EU) 2019/2072 of 28 November 2019 establishing uniform conditions for the implementation of Regulation (EU) 2016/2031 of the European Parliament and the Council, as regards protective measures against pests of plants, and repealing Commission Regulation (EC) No 690/2008 and amending Commission Implementing Regulation (EU) 2018/2019. Lastly revised in 2022. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId236769932baf6d7f3" w:history="1">
+      <w:hyperlink r:id="rId754069af9a065ed02" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://eur-lex.europa.eu/eli/reg_impl/2019/2072#:~:text=Consolidated%20text%3A%20Commission%20Implementing%20Regulation%20%28EU%29%202019%2F2072%20of,690%2F2008%20and%20amending%20Commission%20Implementing%20Regulation%20%28EU%29%202018%2F2019</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 6 November 2022]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3574,72 +3574,72 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (ed. French ER), pp 230-233. International Potato Center, Peru</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Fuentes S, Perez A &amp; Kreuze J (2019) Dataset for: The Peruvian potato virome, V1. International Potato Center. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId843969932baf6d90f" w:history="1">
+      <w:hyperlink r:id="rId304869af9a065ee3d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://popathodiv.org</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> or </w:t>
       </w:r>
-      <w:hyperlink r:id="rId532269932baf6d92d" w:history="1">
+      <w:hyperlink r:id="rId681669af9a065ef2a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.21223/P3/YFHLQU</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 5 December 2022]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3736,101 +3736,101 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, pp</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">75-172. Institute of Plant Genetics and Crop Plant Research, Gatersleben, Germany and International Plant Genetic Resources Institute, Rome, Italy. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId523369932baf6da22" w:history="1">
+      <w:hyperlink r:id="rId377369af9a065f02b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://cgspace.cgiar.org/handle/10568/104208</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 27 December 2022]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">ICTV (2022a) The ICTV Report on Virus Classification and Taxon Nomenclature: </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Secoviridae. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId916669932baf6dabf" w:history="1">
+      <w:hyperlink r:id="rId420269af9a065f082" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://ictv.global/report/chapter/secoviridae/secoviridae</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 9 December 2022]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3845,111 +3845,111 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">ICTV (2022b) The ICTV Report on Virus Classification and Taxon Nomenclature: </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Nepovirus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId575669932baf6db6a" w:history="1">
+      <w:hyperlink r:id="rId365169af9a065f0fd" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://ictv.global/report/chapter/secoviridae/secoviridae/nepovirus</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 5 December 2022]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Kreuze J, Fuentes S, Pérez A, Gutierrez D &amp; Cadenas C (2019) Viroma de la papa en el Perú y fortalecimiento de capacidades INIA y UNALM en el diagnóstico de patógenos con técnicas de última generación para enfrentar al riesgo de enfermedades emergentes por el calentamiento global” Programa Nacional de Innovación Agraria : 029-2015-INIA-PNIA/UPMSI/IE [Potato viruses in Peru and strengthening of INIA and UNALM capacities in the diagnosis of pathogens with state-of-the-art techniques to face the risk of emerging diseases due to global warming” National Program for Agrarian Innovation: 029-2015-INIA-PNIA/ UPMSI/IE]. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId637369932baf6dbf0" w:history="1">
+      <w:hyperlink r:id="rId864969af9a065f145" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://popathodiv.org</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> or </w:t>
       </w:r>
-      <w:hyperlink r:id="rId546669932baf6dc1b" w:history="1">
+      <w:hyperlink r:id="rId105669af9a065f165" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://potpathodiv.org/static/papers/2_Resultados_Viroma%20de%20la%20Papa_Marzo%202019_(SFD).pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 5 December 2022]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3964,51 +3964,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Kreuze JF, Souza-Dias JAC, Jeevalatha A, Figueira AR, Valkonen JPT &amp; Jones RAC (2020) Viral diseases in potato. In </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">The Potato Crop. Its Agricultural, Nutritional and Social Contribution to Humankind</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (eds)Campos H &amp; Ortiz O), pp. 389-430. Springer, Cham (CH). Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId959469932baf6dc81" w:history="1">
+      <w:hyperlink r:id="rId963369af9a065f1c7" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://link.springer.com/content/pdf/10.1007%2F978-3-030-28683-5_11.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 5 December 2022]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4121,81 +4121,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Lizarraga C, Santa Cruz M, &amp; Salazar LF (1997) Progress in identifying viruses infecting Andean root and tuber crops. In</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">: CIP Program Report 1995-1996, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">pp 156-158. International Potato Centre, Lima, Peru. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId839169932baf6dd80" w:history="1">
+      <w:hyperlink r:id="rId882069af9a065f2c8" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://cgspace.cgiar.org/handle/10568/109459</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">NRC (1989) Lost crops of the Incas: Little-Known Plants of the Andes with Promise for Worldwide Cultivation. The National Academies Press, Washington, DC, USA. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId727469932baf6ddb3" w:history="1">
+      <w:hyperlink r:id="rId207269af9a065f2fd" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://nap.nationalacademies.org/download/1398</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4277,51 +4277,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Pacheco JAS (2021)Caracterización molecular de secuencias asociadas a virus provenientes de arracacha (A</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">rracacia xanthorrhiza B</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">ancroft) y su detección en papa [Molecular characterization of sequences associated with viruses from arracacha (Arracacia xanthorrhiza Bancroft) and their detection in potato]. Msc thesis, National Agrarian University, Lima, Peru. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId553069932baf6de82" w:history="1">
+      <w:hyperlink r:id="rId488269af9a065f3d2" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://core.ac.uk/download/pdf/482041718.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 5 December 2022]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4780,51 +4780,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">54</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1135-1141. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId827869932baf6e295" w:history="1">
+      <w:hyperlink r:id="rId228269af9a065f725" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://revistas.ucr.ac.cr/index.php/rbt/article/view/3090/2998</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 2 May 2021]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4955,129 +4955,129 @@
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">AAB, CABI and other resources used when preparing this datasheet</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI Datasheet on Andean potato mottle virus. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId924769932baf6e3be" w:history="1">
+      <w:hyperlink r:id="rId315969af9a065f856" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.cabi.org/isc/datasheet/42520</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 5 December 2022]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Jeffries C (1998) FAO/IPGRI Technical Guidelines for the Safe Movement of Germplasm. No.19. Potato. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId376869932baf6e3fe" w:history="1">
+      <w:hyperlink r:id="rId566269af9a065f897" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.bioversityinternational.org/fileadmin/user_upload/Potato_booklet_reduced.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 5 December 2022]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Salazar LF &amp; Harrison BD (1979) AAB description of plant viruses. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId260069932baf6e43d" w:history="1">
+      <w:hyperlink r:id="rId161869af9a065f8d6" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.dpvweb.net/dpv/showdpv/?dpvno=206</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 5 December 2022]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5152,51 +5152,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Nepovirus solani</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId917369932baf6e506" w:history="1">
+      <w:hyperlink r:id="rId192069af9a065f9a5" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -5387,90 +5387,90 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 11-22.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId862369932baf6e6e6" w:history="1">
+      <w:hyperlink r:id="rId290869af9a065fb57" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.1984.tb01975.x</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="45619604" name="name790369932baf6e77b" descr="eu_funding_250.png"/>
+            <wp:docPr id="31015460" name="name166069af9a065ffdc" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId484769932baf6e779" cstate="print"/>
+                    <a:blip r:embed="rId520869af9a065ffd9" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -5568,137 +5568,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="26597579">
+  <w:abstractNum w:abstractNumId="79209543">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="68601127">
+    <w:lvl w:ilvl="0" w:tplc="14478533">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="68601127" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="14478533" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="68601127" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="14478533" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="68601127" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="14478533" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="68601127" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="14478533" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="68601127" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="14478533" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="68601127" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="14478533" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="68601127" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="14478533" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="68601127" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="14478533" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="26597578">
+  <w:abstractNum w:abstractNumId="79209542">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="47129703">
+    <w:lvl w:ilvl="0" w:tplc="35097288">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -6450,55 +6450,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="26597578">
-    <w:abstractNumId w:val="26597578"/>
+  <w:num w:numId="79209542">
+    <w:abstractNumId w:val="79209542"/>
   </w:num>
-  <w:num w:numId="26597579">
-    <w:abstractNumId w:val="26597579"/>
+  <w:num w:numId="79209543">
+    <w:abstractNumId w:val="79209543"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -18048,51 +18048,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId350657238" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId688613376" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId845569932baf6ace5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PBRSV0/" TargetMode="External"/><Relationship Id="rId895369932baf6ad51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PBRSV0/categorization" TargetMode="External"/><Relationship Id="rId433469932baf6b449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PBRSV0/photos" TargetMode="External"/><Relationship Id="rId487769932baf6c94b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/nuccore/?term=potato+black+ringspot+virus" TargetMode="External"/><Relationship Id="rId472469932baf6d115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://d163axztg8am2h.cloudfront.net/static/doc/f5/05/e77d30230e5b60ff7b9f2041e76c.pdf" TargetMode="External"/><Relationship Id="rId341969932baf6d15b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dc.eppo.int/validation_data/dwvalidation?id=124" TargetMode="External"/><Relationship Id="rId863869932baf6d22d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2020.5853" TargetMode="External"/><Relationship Id="rId714969932baf6d29e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/download/standard/76/pm3-071-1-en.pdf" TargetMode="External"/><Relationship Id="rId807769932baf6d319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/download/standard/126/pm7-002-2-en.pdf" TargetMode="External"/><Relationship Id="rId668069932baf6d403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/download/standard/243/pm8-001-2-en.pdf%20" TargetMode="External"/><Relationship Id="rId666169932baf6d559" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/download/standard/26/pm3-021-3-en.pdf" TargetMode="External"/><Relationship Id="rId451769932baf6d5ea" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/download/standard/66/pm3-061-2-en.pdf" TargetMode="External"/><Relationship Id="rId528769932baf6d66d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/download/standard/67/pm3-062-3-en.pdf" TargetMode="External"/><Relationship Id="rId324369932baf6d6ed" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/download/standard/68/pm3-063-3-en.pdf" TargetMode="External"/><Relationship Id="rId751569932baf6d72b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.eppo.int/ACTIVITIES/plant_quarantine/A1_list" TargetMode="External"/><Relationship Id="rId507769932baf6d76e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02019R2072-202207141" TargetMode="External"/><Relationship Id="rId291469932baf6d7b1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A32018R2019" TargetMode="External"/><Relationship Id="rId236769932baf6d7f3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/eli/reg_impl/2019/2072#:~:text=Consolidated%20text%3A%20Commission%20Implementing%20Regulation%20%28EU%29%202019%2F2072%20of,690%2F2008%20and%20amending%20Commission%20Implementing%20Regulation%20%28EU%29%202018%2F2019" TargetMode="External"/><Relationship Id="rId843969932baf6d90f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://popathodiv.org" TargetMode="External"/><Relationship Id="rId532269932baf6d92d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.21223/P3/YFHLQU" TargetMode="External"/><Relationship Id="rId523369932baf6da22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cgspace.cgiar.org/handle/10568/104208" TargetMode="External"/><Relationship Id="rId916669932baf6dabf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ictv.global/report/chapter/secoviridae/secoviridae" TargetMode="External"/><Relationship Id="rId575669932baf6db6a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ictv.global/report/chapter/secoviridae/secoviridae/nepovirus" TargetMode="External"/><Relationship Id="rId637369932baf6dbf0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://popathodiv.org" TargetMode="External"/><Relationship Id="rId546669932baf6dc1b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://potpathodiv.org/static/papers/2_Resultados_Viroma%20de%20la%20Papa_Marzo%202019_(SFD).pdf" TargetMode="External"/><Relationship Id="rId959469932baf6dc81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://link.springer.com/content/pdf/10.1007%2F978-3-030-28683-5_11.pdf" TargetMode="External"/><Relationship Id="rId839169932baf6dd80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cgspace.cgiar.org/handle/10568/109459" TargetMode="External"/><Relationship Id="rId727469932baf6ddb3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nap.nationalacademies.org/download/1398" TargetMode="External"/><Relationship Id="rId553069932baf6de82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://core.ac.uk/download/pdf/482041718.pdf" TargetMode="External"/><Relationship Id="rId827869932baf6e295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://revistas.ucr.ac.cr/index.php/rbt/article/view/3090/2998" TargetMode="External"/><Relationship Id="rId924769932baf6e3be" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/42520" TargetMode="External"/><Relationship Id="rId376869932baf6e3fe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bioversityinternational.org/fileadmin/user_upload/Potato_booklet_reduced.pdf" TargetMode="External"/><Relationship Id="rId260069932baf6e43d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.dpvweb.net/dpv/showdpv/?dpvno=206" TargetMode="External"/><Relationship Id="rId917369932baf6e506" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId862369932baf6e6e6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1984.tb01975.x" TargetMode="External"/><Relationship Id="rId734569932baf6b275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId734569932baf6b275.jpg"/><Relationship Id="rId842469932baf6c5dc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId842469932baf6c5dc.jpg"/><Relationship Id="rId484769932baf6e779" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId484769932baf6e779.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId773887641" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId979256319" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId766369af9a065c474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PBRSV0/" TargetMode="External"/><Relationship Id="rId122669af9a065c4f5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PBRSV0/categorization" TargetMode="External"/><Relationship Id="rId773469af9a065ccb3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PBRSV0/photos" TargetMode="External"/><Relationship Id="rId295269af9a065e042" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/nuccore/?term=potato+black+ringspot+virus" TargetMode="External"/><Relationship Id="rId694869af9a065e72d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://d163axztg8am2h.cloudfront.net/static/doc/f5/05/e77d30230e5b60ff7b9f2041e76c.pdf" TargetMode="External"/><Relationship Id="rId661569af9a065e782" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dc.eppo.int/validation_data/dwvalidation?id=124" TargetMode="External"/><Relationship Id="rId283369af9a065e85f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2020.5853" TargetMode="External"/><Relationship Id="rId283969af9a065e8e3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/download/standard/76/pm3-071-1-en.pdf" TargetMode="External"/><Relationship Id="rId854969af9a065e976" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/download/standard/126/pm7-002-2-en.pdf" TargetMode="External"/><Relationship Id="rId548569af9a065e9ee" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/download/standard/243/pm8-001-2-en.pdf%20" TargetMode="External"/><Relationship Id="rId696069af9a065ea70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/download/standard/26/pm3-021-3-en.pdf" TargetMode="External"/><Relationship Id="rId998269af9a065eae3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/download/standard/66/pm3-061-2-en.pdf" TargetMode="External"/><Relationship Id="rId687069af9a065eb77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/download/standard/67/pm3-062-3-en.pdf" TargetMode="External"/><Relationship Id="rId721669af9a065ebfc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/download/standard/68/pm3-063-3-en.pdf" TargetMode="External"/><Relationship Id="rId550169af9a065ec3b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.eppo.int/ACTIVITIES/plant_quarantine/A1_list" TargetMode="External"/><Relationship Id="rId842469af9a065ec7d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02019R2072-202207141" TargetMode="External"/><Relationship Id="rId767369af9a065ecc0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A32018R2019" TargetMode="External"/><Relationship Id="rId754069af9a065ed02" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/eli/reg_impl/2019/2072#:~:text=Consolidated%20text%3A%20Commission%20Implementing%20Regulation%20%28EU%29%202019%2F2072%20of,690%2F2008%20and%20amending%20Commission%20Implementing%20Regulation%20%28EU%29%202018%2F2019" TargetMode="External"/><Relationship Id="rId304869af9a065ee3d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://popathodiv.org" TargetMode="External"/><Relationship Id="rId681669af9a065ef2a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.21223/P3/YFHLQU" TargetMode="External"/><Relationship Id="rId377369af9a065f02b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cgspace.cgiar.org/handle/10568/104208" TargetMode="External"/><Relationship Id="rId420269af9a065f082" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ictv.global/report/chapter/secoviridae/secoviridae" TargetMode="External"/><Relationship Id="rId365169af9a065f0fd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ictv.global/report/chapter/secoviridae/secoviridae/nepovirus" TargetMode="External"/><Relationship Id="rId864969af9a065f145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://popathodiv.org" TargetMode="External"/><Relationship Id="rId105669af9a065f165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://potpathodiv.org/static/papers/2_Resultados_Viroma%20de%20la%20Papa_Marzo%202019_(SFD).pdf" TargetMode="External"/><Relationship Id="rId963369af9a065f1c7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://link.springer.com/content/pdf/10.1007%2F978-3-030-28683-5_11.pdf" TargetMode="External"/><Relationship Id="rId882069af9a065f2c8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cgspace.cgiar.org/handle/10568/109459" TargetMode="External"/><Relationship Id="rId207269af9a065f2fd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nap.nationalacademies.org/download/1398" TargetMode="External"/><Relationship Id="rId488269af9a065f3d2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://core.ac.uk/download/pdf/482041718.pdf" TargetMode="External"/><Relationship Id="rId228269af9a065f725" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://revistas.ucr.ac.cr/index.php/rbt/article/view/3090/2998" TargetMode="External"/><Relationship Id="rId315969af9a065f856" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/42520" TargetMode="External"/><Relationship Id="rId566269af9a065f897" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bioversityinternational.org/fileadmin/user_upload/Potato_booklet_reduced.pdf" TargetMode="External"/><Relationship Id="rId161869af9a065f8d6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.dpvweb.net/dpv/showdpv/?dpvno=206" TargetMode="External"/><Relationship Id="rId192069af9a065f9a5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId290869af9a065fb57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1984.tb01975.x" TargetMode="External"/><Relationship Id="rId630969af9a065cb56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId630969af9a065cb56.jpg"/><Relationship Id="rId792369af9a065dcea" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId792369af9a065dcea.jpg"/><Relationship Id="rId520869af9a065ffd9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId520869af9a065ffd9.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>