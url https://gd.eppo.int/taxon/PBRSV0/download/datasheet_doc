--- v7 (2026-03-10)
+++ v8 (2026-03-30)
@@ -347,51 +347,51 @@
               <w:t xml:space="preserve">Tobacco ringspot virus Andean calico strain</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Andean calico of potato</w:t>
             </w:r>
-            <w:hyperlink r:id="rId766369af9a065c474" w:history="1">
+            <w:hyperlink r:id="rId807269ca8eb00fdd4" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -407,51 +407,51 @@
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Quarantine pest ((EU) 2019/2072 Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId122669af9a065c4f5" w:history="1">
+            <w:hyperlink r:id="rId924769ca8eb00fe46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -465,86 +465,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> PBRSV0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="73537814" name="name298369af9a065cb59" descr="1175.jpg"/>
+                  <wp:docPr id="94437117" name="name593069ca8eb010616" descr="1175.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="1175.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId630969af9a065cb56" cstate="print"/>
+                          <a:blip r:embed="rId929369ca8eb010614" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId773469af9a065ccb3" w:history="1">
+            <w:hyperlink r:id="rId201969ca8eb01075f" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -1317,63 +1317,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">., 2006). However, confirmation of TRSV is required, since the supplier of the TRSV polyclonal antibody used in this study has reported cross reaction with PBRSV (Agdia, 2021). TRSV antibodies from other sources have also been reported to cross react with PBRSV (EPPO, 2017a).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="50810927" name="name556569af9a065dced" descr="PBRSV0_distribution_map.jpg"/>
+            <wp:docPr id="66985493" name="name495569ca8eb011ae0" descr="PBRSV0_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="PBRSV0_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId792369af9a065dcea" cstate="print"/>
+                    <a:blip r:embed="rId922269ca8eb011add" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -1592,51 +1592,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Virus particles are isometric, non-enveloped of two types but similar in size, 25–30 nm in diameter, and exhibit icosahedral symmetry (T = 1, pseudo T = 3) (ICTV (2022a)). The genome is a bipartite, linear positive-sense, single-stranded RNA. Complete sequences are available for a number of PBRSV isolates. RNA1 ranges from 7,579-7,598 bases between the different isolates and contains one single open reading frame (ORF), which is translated into a large polyprotein with 2 325 amino acids and a molecular weight of 257 kDa. RNA2 ranges from 3857 to 3918 bases for the different isolates, and it encodes a polyprotein of 1079–1082 amino acids with a molecular weight of 120 kDa (Souza Richards </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">., 2014). The complete coding sequence of PBRSV isolates are available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId295269af9a065e042" w:history="1">
+      <w:hyperlink r:id="rId255569ca8eb011e3d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.ncbi.nlm.nih.gov/nuccore/?term=potato+black+ringspot+virus</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -2552,90 +2552,90 @@
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">REFERENCES</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Agdia (2021) Validation Report: ELISA PSA/SRA 64001. Tobacco ringspot virus (TRSV). Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId694869af9a065e72d" w:history="1">
+      <w:hyperlink r:id="rId442069ca8eb0124b8" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://d163axztg8am2h.cloudfront.net/static/doc/f5/05/e77d30230e5b60ff7b9f2041e76c.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 21/01/2023]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Anses (2015) Summary sheet of validation data for a diagnostic test: Nepovirus. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId661569af9a065e782" w:history="1">
+      <w:hyperlink r:id="rId759269ca8eb0124fc" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://dc.eppo.int/validation_data/dwvalidation?id=124</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 5 December 2022]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -2719,51 +2719,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA Journal </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">18</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 5853, 134pp.  Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId283369af9a065e85f" w:history="1">
+      <w:hyperlink r:id="rId304769ca8eb0125e7" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2020.5853</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 5 December 2022]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -2789,51 +2789,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Bulletin </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">37</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 592-597. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId283969af9a065e8e3" w:history="1">
+      <w:hyperlink r:id="rId549269ca8eb01265a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/download/standard/76/pm3-071-1-en.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 12 December 2022]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -2868,51 +2868,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">47</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 135–145. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId854969af9a065e976" w:history="1">
+      <w:hyperlink r:id="rId435869ca8eb0126d9" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/download/standard/126/pm7-002-2-en.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 5 December 2022]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -2938,51 +2938,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Bulletin </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">47</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 487-503. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId548569af9a065e9ee" w:history="1">
+      <w:hyperlink r:id="rId887369ca8eb01274b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/download/standard/243/pm8-001-2-en.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 5 December 2022]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3017,51 +3017,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">49</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 452–479. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId696069af9a065ea70" w:history="1">
+      <w:hyperlink r:id="rId837769ca8eb0127c8" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/download/standard/26/pm3-021-3-en.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 5 December 2022]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3087,51 +3087,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Bulletin </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">49</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 480–481.  Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId998269af9a065eae3" w:history="1">
+      <w:hyperlink r:id="rId996269ca8eb01283a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/download/standard/66/pm3-061-2-en.pdf </w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 5 December 2022]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3166,51 +3166,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">49</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 482–483. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId687069af9a065eb77" w:history="1">
+      <w:hyperlink r:id="rId432169ca8eb0128cf" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/download/standard/67/pm3-062-3-en.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 5 December 2022]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3245,207 +3245,207 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">49</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 484–485. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId721669af9a065ebfc" w:history="1">
+      <w:hyperlink r:id="rId585569ca8eb012951" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/download/standard/68/pm3-063-3-en.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 5 December 2022]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2022) EPPO A1 List of pests recommended for regulation as quarantine pests version 2020-09. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId550169af9a065ec3b" w:history="1">
+      <w:hyperlink r:id="rId939969ca8eb012990" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.eppo.int/ACTIVITIES/plant_quarantine/A1_list</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 5 December 2022]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EU (2022) Consolidated text: Commission Implementing Regulation (EU) 2019/2072 of 28 November 2019 establishing uniform conditions for the implementation of Regulation (EU) 2016/2031 of the European Parliament and the Council, as regards protective measures against pests of plants, and repealing Commission Regulation (EC) No 690/2008 and amending Commission Implementing Regulation (EU) 2018/2019. Lastly revised in 2022. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId842469af9a065ec7d" w:history="1">
+      <w:hyperlink r:id="rId838369ca8eb0129d3" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02019R2072-202207141</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 5 December 2022]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EU (2018) Commission Implementing Regulation (EU) 2018/2019 of 18 December 2018 establishing a provisional list of high risk plants, plant products or other objects, within the meaning of Article 42 of Regulation (EU) 2016/2031 and a list of plants for which phytosanitary certificates are not required for introduction into the Union, within the meaning of Article 73 of that Regulation. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId767369af9a065ecc0" w:history="1">
+      <w:hyperlink r:id="rId807269ca8eb012a16" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A32018R2019</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 24 December 2022]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EU (2022) Consolidated text: Commission Implementing Regulation (EU) 2019/2072 of 28 November 2019 establishing uniform conditions for the implementation of Regulation (EU) 2016/2031 of the European Parliament and the Council, as regards protective measures against pests of plants, and repealing Commission Regulation (EC) No 690/2008 and amending Commission Implementing Regulation (EU) 2018/2019. Lastly revised in 2022. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId754069af9a065ed02" w:history="1">
+      <w:hyperlink r:id="rId194769ca8eb012a59" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://eur-lex.europa.eu/eli/reg_impl/2019/2072#:~:text=Consolidated%20text%3A%20Commission%20Implementing%20Regulation%20%28EU%29%202019%2F2072%20of,690%2F2008%20and%20amending%20Commission%20Implementing%20Regulation%20%28EU%29%202018%2F2019</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 6 November 2022]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3574,72 +3574,72 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (ed. French ER), pp 230-233. International Potato Center, Peru</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Fuentes S, Perez A &amp; Kreuze J (2019) Dataset for: The Peruvian potato virome, V1. International Potato Center. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId304869af9a065ee3d" w:history="1">
+      <w:hyperlink r:id="rId217369ca8eb012b78" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://popathodiv.org</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> or </w:t>
       </w:r>
-      <w:hyperlink r:id="rId681669af9a065ef2a" w:history="1">
+      <w:hyperlink r:id="rId782869ca8eb012b97" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.21223/P3/YFHLQU</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 5 December 2022]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3736,101 +3736,101 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, pp</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">75-172. Institute of Plant Genetics and Crop Plant Research, Gatersleben, Germany and International Plant Genetic Resources Institute, Rome, Italy. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId377369af9a065f02b" w:history="1">
+      <w:hyperlink r:id="rId776269ca8eb012c7b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://cgspace.cgiar.org/handle/10568/104208</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 27 December 2022]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">ICTV (2022a) The ICTV Report on Virus Classification and Taxon Nomenclature: </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Secoviridae. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId420269af9a065f082" w:history="1">
+      <w:hyperlink r:id="rId720569ca8eb012ccd" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://ictv.global/report/chapter/secoviridae/secoviridae</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 9 December 2022]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3845,111 +3845,111 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">ICTV (2022b) The ICTV Report on Virus Classification and Taxon Nomenclature: </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Nepovirus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId365169af9a065f0fd" w:history="1">
+      <w:hyperlink r:id="rId481969ca8eb012d2a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://ictv.global/report/chapter/secoviridae/secoviridae/nepovirus</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 5 December 2022]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Kreuze J, Fuentes S, Pérez A, Gutierrez D &amp; Cadenas C (2019) Viroma de la papa en el Perú y fortalecimiento de capacidades INIA y UNALM en el diagnóstico de patógenos con técnicas de última generación para enfrentar al riesgo de enfermedades emergentes por el calentamiento global” Programa Nacional de Innovación Agraria : 029-2015-INIA-PNIA/UPMSI/IE [Potato viruses in Peru and strengthening of INIA and UNALM capacities in the diagnosis of pathogens with state-of-the-art techniques to face the risk of emerging diseases due to global warming” National Program for Agrarian Innovation: 029-2015-INIA-PNIA/ UPMSI/IE]. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId864969af9a065f145" w:history="1">
+      <w:hyperlink r:id="rId316869ca8eb012d6e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://popathodiv.org</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> or </w:t>
       </w:r>
-      <w:hyperlink r:id="rId105669af9a065f165" w:history="1">
+      <w:hyperlink r:id="rId536869ca8eb012d8d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://potpathodiv.org/static/papers/2_Resultados_Viroma%20de%20la%20Papa_Marzo%202019_(SFD).pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 5 December 2022]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3964,51 +3964,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Kreuze JF, Souza-Dias JAC, Jeevalatha A, Figueira AR, Valkonen JPT &amp; Jones RAC (2020) Viral diseases in potato. In </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">The Potato Crop. Its Agricultural, Nutritional and Social Contribution to Humankind</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (eds)Campos H &amp; Ortiz O), pp. 389-430. Springer, Cham (CH). Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId963369af9a065f1c7" w:history="1">
+      <w:hyperlink r:id="rId576769ca8eb012ded" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://link.springer.com/content/pdf/10.1007%2F978-3-030-28683-5_11.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 5 December 2022]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4121,81 +4121,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Lizarraga C, Santa Cruz M, &amp; Salazar LF (1997) Progress in identifying viruses infecting Andean root and tuber crops. In</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">: CIP Program Report 1995-1996, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">pp 156-158. International Potato Centre, Lima, Peru. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId882069af9a065f2c8" w:history="1">
+      <w:hyperlink r:id="rId781069ca8eb012eea" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://cgspace.cgiar.org/handle/10568/109459</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">NRC (1989) Lost crops of the Incas: Little-Known Plants of the Andes with Promise for Worldwide Cultivation. The National Academies Press, Washington, DC, USA. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId207269af9a065f2fd" w:history="1">
+      <w:hyperlink r:id="rId510569ca8eb012f1d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://nap.nationalacademies.org/download/1398</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4277,51 +4277,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Pacheco JAS (2021)Caracterización molecular de secuencias asociadas a virus provenientes de arracacha (A</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">rracacia xanthorrhiza B</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">ancroft) y su detección en papa [Molecular characterization of sequences associated with viruses from arracacha (Arracacia xanthorrhiza Bancroft) and their detection in potato]. Msc thesis, National Agrarian University, Lima, Peru. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId488269af9a065f3d2" w:history="1">
+      <w:hyperlink r:id="rId616469ca8eb012fee" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://core.ac.uk/download/pdf/482041718.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 5 December 2022]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4780,51 +4780,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">54</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1135-1141. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId228269af9a065f725" w:history="1">
+      <w:hyperlink r:id="rId743669ca8eb013327" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://revistas.ucr.ac.cr/index.php/rbt/article/view/3090/2998</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 2 May 2021]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4955,129 +4955,129 @@
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">AAB, CABI and other resources used when preparing this datasheet</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI Datasheet on Andean potato mottle virus. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId315969af9a065f856" w:history="1">
+      <w:hyperlink r:id="rId517569ca8eb013445" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.cabi.org/isc/datasheet/42520</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 5 December 2022]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Jeffries C (1998) FAO/IPGRI Technical Guidelines for the Safe Movement of Germplasm. No.19. Potato. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId566269af9a065f897" w:history="1">
+      <w:hyperlink r:id="rId311069ca8eb013483" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.bioversityinternational.org/fileadmin/user_upload/Potato_booklet_reduced.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 5 December 2022]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Salazar LF &amp; Harrison BD (1979) AAB description of plant viruses. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId161869af9a065f8d6" w:history="1">
+      <w:hyperlink r:id="rId515869ca8eb0134c2" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.dpvweb.net/dpv/showdpv/?dpvno=206</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 5 December 2022]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5152,51 +5152,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Nepovirus solani</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId192069af9a065f9a5" w:history="1">
+      <w:hyperlink r:id="rId884569ca8eb013584" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -5387,90 +5387,90 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 11-22.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId290869af9a065fb57" w:history="1">
+      <w:hyperlink r:id="rId125169ca8eb0136f9" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.1984.tb01975.x</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="31015460" name="name166069af9a065ffdc" descr="eu_funding_250.png"/>
+            <wp:docPr id="45659221" name="name853469ca8eb013794" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId520869af9a065ffd9" cstate="print"/>
+                    <a:blip r:embed="rId826969ca8eb013793" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -5568,137 +5568,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="79209543">
+  <w:abstractNum w:abstractNumId="10140405">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="14478533">
+    <w:lvl w:ilvl="0" w:tplc="20460683">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="14478533" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="20460683" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="14478533" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="20460683" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="14478533" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="20460683" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="14478533" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="20460683" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="14478533" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="20460683" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="14478533" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="20460683" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="14478533" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="20460683" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="14478533" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="20460683" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="79209542">
+  <w:abstractNum w:abstractNumId="10140404">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="35097288">
+    <w:lvl w:ilvl="0" w:tplc="64859387">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -6450,55 +6450,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="79209542">
-    <w:abstractNumId w:val="79209542"/>
+  <w:num w:numId="10140404">
+    <w:abstractNumId w:val="10140404"/>
   </w:num>
-  <w:num w:numId="79209543">
-    <w:abstractNumId w:val="79209543"/>
+  <w:num w:numId="10140405">
+    <w:abstractNumId w:val="10140405"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -18048,51 +18048,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId773887641" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId979256319" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId766369af9a065c474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PBRSV0/" TargetMode="External"/><Relationship Id="rId122669af9a065c4f5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PBRSV0/categorization" TargetMode="External"/><Relationship Id="rId773469af9a065ccb3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PBRSV0/photos" TargetMode="External"/><Relationship Id="rId295269af9a065e042" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/nuccore/?term=potato+black+ringspot+virus" TargetMode="External"/><Relationship Id="rId694869af9a065e72d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://d163axztg8am2h.cloudfront.net/static/doc/f5/05/e77d30230e5b60ff7b9f2041e76c.pdf" TargetMode="External"/><Relationship Id="rId661569af9a065e782" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dc.eppo.int/validation_data/dwvalidation?id=124" TargetMode="External"/><Relationship Id="rId283369af9a065e85f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2020.5853" TargetMode="External"/><Relationship Id="rId283969af9a065e8e3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/download/standard/76/pm3-071-1-en.pdf" TargetMode="External"/><Relationship Id="rId854969af9a065e976" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/download/standard/126/pm7-002-2-en.pdf" TargetMode="External"/><Relationship Id="rId548569af9a065e9ee" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/download/standard/243/pm8-001-2-en.pdf%20" TargetMode="External"/><Relationship Id="rId696069af9a065ea70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/download/standard/26/pm3-021-3-en.pdf" TargetMode="External"/><Relationship Id="rId998269af9a065eae3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/download/standard/66/pm3-061-2-en.pdf" TargetMode="External"/><Relationship Id="rId687069af9a065eb77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/download/standard/67/pm3-062-3-en.pdf" TargetMode="External"/><Relationship Id="rId721669af9a065ebfc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/download/standard/68/pm3-063-3-en.pdf" TargetMode="External"/><Relationship Id="rId550169af9a065ec3b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.eppo.int/ACTIVITIES/plant_quarantine/A1_list" TargetMode="External"/><Relationship Id="rId842469af9a065ec7d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02019R2072-202207141" TargetMode="External"/><Relationship Id="rId767369af9a065ecc0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A32018R2019" TargetMode="External"/><Relationship Id="rId754069af9a065ed02" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/eli/reg_impl/2019/2072#:~:text=Consolidated%20text%3A%20Commission%20Implementing%20Regulation%20%28EU%29%202019%2F2072%20of,690%2F2008%20and%20amending%20Commission%20Implementing%20Regulation%20%28EU%29%202018%2F2019" TargetMode="External"/><Relationship Id="rId304869af9a065ee3d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://popathodiv.org" TargetMode="External"/><Relationship Id="rId681669af9a065ef2a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.21223/P3/YFHLQU" TargetMode="External"/><Relationship Id="rId377369af9a065f02b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cgspace.cgiar.org/handle/10568/104208" TargetMode="External"/><Relationship Id="rId420269af9a065f082" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ictv.global/report/chapter/secoviridae/secoviridae" TargetMode="External"/><Relationship Id="rId365169af9a065f0fd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ictv.global/report/chapter/secoviridae/secoviridae/nepovirus" TargetMode="External"/><Relationship Id="rId864969af9a065f145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://popathodiv.org" TargetMode="External"/><Relationship Id="rId105669af9a065f165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://potpathodiv.org/static/papers/2_Resultados_Viroma%20de%20la%20Papa_Marzo%202019_(SFD).pdf" TargetMode="External"/><Relationship Id="rId963369af9a065f1c7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://link.springer.com/content/pdf/10.1007%2F978-3-030-28683-5_11.pdf" TargetMode="External"/><Relationship Id="rId882069af9a065f2c8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cgspace.cgiar.org/handle/10568/109459" TargetMode="External"/><Relationship Id="rId207269af9a065f2fd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nap.nationalacademies.org/download/1398" TargetMode="External"/><Relationship Id="rId488269af9a065f3d2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://core.ac.uk/download/pdf/482041718.pdf" TargetMode="External"/><Relationship Id="rId228269af9a065f725" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://revistas.ucr.ac.cr/index.php/rbt/article/view/3090/2998" TargetMode="External"/><Relationship Id="rId315969af9a065f856" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/42520" TargetMode="External"/><Relationship Id="rId566269af9a065f897" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bioversityinternational.org/fileadmin/user_upload/Potato_booklet_reduced.pdf" TargetMode="External"/><Relationship Id="rId161869af9a065f8d6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.dpvweb.net/dpv/showdpv/?dpvno=206" TargetMode="External"/><Relationship Id="rId192069af9a065f9a5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId290869af9a065fb57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1984.tb01975.x" TargetMode="External"/><Relationship Id="rId630969af9a065cb56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId630969af9a065cb56.jpg"/><Relationship Id="rId792369af9a065dcea" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId792369af9a065dcea.jpg"/><Relationship Id="rId520869af9a065ffd9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId520869af9a065ffd9.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId121415738" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId659155786" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId807269ca8eb00fdd4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PBRSV0/" TargetMode="External"/><Relationship Id="rId924769ca8eb00fe46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PBRSV0/categorization" TargetMode="External"/><Relationship Id="rId201969ca8eb01075f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PBRSV0/photos" TargetMode="External"/><Relationship Id="rId255569ca8eb011e3d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/nuccore/?term=potato+black+ringspot+virus" TargetMode="External"/><Relationship Id="rId442069ca8eb0124b8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://d163axztg8am2h.cloudfront.net/static/doc/f5/05/e77d30230e5b60ff7b9f2041e76c.pdf" TargetMode="External"/><Relationship Id="rId759269ca8eb0124fc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dc.eppo.int/validation_data/dwvalidation?id=124" TargetMode="External"/><Relationship Id="rId304769ca8eb0125e7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2020.5853" TargetMode="External"/><Relationship Id="rId549269ca8eb01265a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/download/standard/76/pm3-071-1-en.pdf" TargetMode="External"/><Relationship Id="rId435869ca8eb0126d9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/download/standard/126/pm7-002-2-en.pdf" TargetMode="External"/><Relationship Id="rId887369ca8eb01274b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/download/standard/243/pm8-001-2-en.pdf%20" TargetMode="External"/><Relationship Id="rId837769ca8eb0127c8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/download/standard/26/pm3-021-3-en.pdf" TargetMode="External"/><Relationship Id="rId996269ca8eb01283a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/download/standard/66/pm3-061-2-en.pdf" TargetMode="External"/><Relationship Id="rId432169ca8eb0128cf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/download/standard/67/pm3-062-3-en.pdf" TargetMode="External"/><Relationship Id="rId585569ca8eb012951" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/download/standard/68/pm3-063-3-en.pdf" TargetMode="External"/><Relationship Id="rId939969ca8eb012990" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.eppo.int/ACTIVITIES/plant_quarantine/A1_list" TargetMode="External"/><Relationship Id="rId838369ca8eb0129d3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02019R2072-202207141" TargetMode="External"/><Relationship Id="rId807269ca8eb012a16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A32018R2019" TargetMode="External"/><Relationship Id="rId194769ca8eb012a59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/eli/reg_impl/2019/2072#:~:text=Consolidated%20text%3A%20Commission%20Implementing%20Regulation%20%28EU%29%202019%2F2072%20of,690%2F2008%20and%20amending%20Commission%20Implementing%20Regulation%20%28EU%29%202018%2F2019" TargetMode="External"/><Relationship Id="rId217369ca8eb012b78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://popathodiv.org" TargetMode="External"/><Relationship Id="rId782869ca8eb012b97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.21223/P3/YFHLQU" TargetMode="External"/><Relationship Id="rId776269ca8eb012c7b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cgspace.cgiar.org/handle/10568/104208" TargetMode="External"/><Relationship Id="rId720569ca8eb012ccd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ictv.global/report/chapter/secoviridae/secoviridae" TargetMode="External"/><Relationship Id="rId481969ca8eb012d2a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ictv.global/report/chapter/secoviridae/secoviridae/nepovirus" TargetMode="External"/><Relationship Id="rId316869ca8eb012d6e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://popathodiv.org" TargetMode="External"/><Relationship Id="rId536869ca8eb012d8d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://potpathodiv.org/static/papers/2_Resultados_Viroma%20de%20la%20Papa_Marzo%202019_(SFD).pdf" TargetMode="External"/><Relationship Id="rId576769ca8eb012ded" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://link.springer.com/content/pdf/10.1007%2F978-3-030-28683-5_11.pdf" TargetMode="External"/><Relationship Id="rId781069ca8eb012eea" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cgspace.cgiar.org/handle/10568/109459" TargetMode="External"/><Relationship Id="rId510569ca8eb012f1d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nap.nationalacademies.org/download/1398" TargetMode="External"/><Relationship Id="rId616469ca8eb012fee" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://core.ac.uk/download/pdf/482041718.pdf" TargetMode="External"/><Relationship Id="rId743669ca8eb013327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://revistas.ucr.ac.cr/index.php/rbt/article/view/3090/2998" TargetMode="External"/><Relationship Id="rId517569ca8eb013445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/42520" TargetMode="External"/><Relationship Id="rId311069ca8eb013483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bioversityinternational.org/fileadmin/user_upload/Potato_booklet_reduced.pdf" TargetMode="External"/><Relationship Id="rId515869ca8eb0134c2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.dpvweb.net/dpv/showdpv/?dpvno=206" TargetMode="External"/><Relationship Id="rId884569ca8eb013584" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId125169ca8eb0136f9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1984.tb01975.x" TargetMode="External"/><Relationship Id="rId929369ca8eb010614" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId929369ca8eb010614.jpg"/><Relationship Id="rId922269ca8eb011add" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId922269ca8eb011add.jpg"/><Relationship Id="rId826969ca8eb013793" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId826969ca8eb013793.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>