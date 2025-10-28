--- v0 (2025-10-04)
+++ v1 (2025-10-28)
@@ -270,51 +270,51 @@
               <w:t xml:space="preserve"> Burmeister</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> palm borer moth</w:t>
             </w:r>
-            <w:hyperlink r:id="rId568868e0ce1d2a79d" w:history="1">
+            <w:hyperlink r:id="rId31146900116aa0f4f" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -330,51 +330,51 @@
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> PZ Quarantine pest (Annex III)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId184068e0ce1d2a808" w:history="1">
+            <w:hyperlink r:id="rId11506900116aa0fc0" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -388,86 +388,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> PAYSAR</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="69655932" name="name198468e0ce1d2aee4" descr="1165.jpg"/>
+                  <wp:docPr id="70542858" name="name60666900116aa1860" descr="1165.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="1165.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId303768e0ce1d2aee1" cstate="print"/>
+                          <a:blip r:embed="rId58986900116aa185e" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId466868e0ce1d2b01b" w:history="1">
+            <w:hyperlink r:id="rId36516900116aa199b" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
@@ -2227,63 +2227,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">P. archon</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> has been intercepted in a nursery in Denmark (Larsen, 2009) without indications of establishment while in Germany (EPPO, 2017) and in the Czech Republic (EFSA, 2014) it is considered eradicated since 2018.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="80425551" name="name181568e0ce1d2cd4d" descr="PAYSAR_distribution_map.jpg"/>
+            <wp:docPr id="8744291" name="name35036900116aa332b" descr="PAYSAR_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="PAYSAR_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId517368e0ce1d2cd49" cstate="print"/>
+                    <a:blip r:embed="rId82866900116aa3327" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -2701,276 +2701,276 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al.,</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2005; Sarto i Monteys, 2013; CABI, 2014) are:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="118083769"/>
+          <w:numId w:val="775305633"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">presence of sawdust on the palm crown and/or palm trunk</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="118083769"/>
+          <w:numId w:val="775305633"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">presence of perforated or nibbled leaves (non-specific)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="118083769"/>
+          <w:numId w:val="775305633"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Presence of holes and larval galleries (axial and transversal) in the trunk (on palmated-leaved palms) or both in trunk and leaf rachises (on pinnate leaved palms).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="118083769"/>
+          <w:numId w:val="775305633"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">abnormal development of auxiliary leaf buds</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="118083769"/>
+          <w:numId w:val="775305633"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">deformation and abnormal twisting of palm stipes</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="118083769"/>
+          <w:numId w:val="775305633"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">abnormal drying up of the palms, especially the core leaves </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="118083769"/>
+          <w:numId w:val="775305633"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">pupal exuviae on the outside of the stipe</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="118083769"/>
+          <w:numId w:val="775305633"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">flying adults </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="118083769"/>
+          <w:numId w:val="775305633"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">eggs in palm fibres</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="118083769"/>
+          <w:numId w:val="775305633"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">presence of a series of consecutive perforations on a circular section (on palmated-leaved palms) or scattered perforations on the leaves (on pinnate leaved palms)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
@@ -6413,51 +6413,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2006) PRA for </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Paysandisia archon</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO Platform on PRAs. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId963468e0ce1d2eb28" w:history="1">
+      <w:hyperlink r:id="rId27826900116aa50ea" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://pra.eppo.int/pra/072128fc-c43e-4559-8ed3-78968d1c4b21</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8086,51 +8086,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Peltier J (2007) Une glu salvatrice contre le ravageur de palmiers, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Paysandisia archon</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. INRA, 10 pp. Available online </w:t>
       </w:r>
-      <w:hyperlink r:id="rId606268e0ce1d2f617" w:history="1">
+      <w:hyperlink r:id="rId39016900116aa5b94" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.tela-botanica.org/page:glu_palmier_peltier</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8343,51 +8343,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Porcelli F, Monfreda R, Ricci MS, Stingi N, Cavallo C &amp; Pellizzari G (2006) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Paysandisia archon</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Burmeister, 1880) escapes from nurseries and colonizes large palms in South Italy. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId136668e0ce1d2f7c2" w:history="1">
+      <w:hyperlink r:id="rId96526900116aa5d38" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.eppo.int/ACTIVITIES/plant_quarantine/shortnotes_qps/paysandisia_archon</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [Accessed on 2nd May 2020]  </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -9958,51 +9958,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Paysandisia archon</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId786768e0ce1d30263" w:history="1">
+      <w:hyperlink r:id="rId83336900116aa67ee" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -10078,90 +10078,90 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Bulletin </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">38</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), 163-168. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId695168e0ce1d3032c" w:history="1">
+      <w:hyperlink r:id="rId98186900116aa68e9" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.2008.01214.x</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="20713988" name="name896168e0ce1d3060f" descr="eu_funding_250.png"/>
+            <wp:docPr id="97479065" name="name68286900116aa6962" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId739268e0ce1d3060d" cstate="print"/>
+                    <a:blip r:embed="rId48636900116aa6961" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -10259,221 +10259,221 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="118083769">
+  <w:abstractNum w:abstractNumId="775305633">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="57786339">
+    <w:lvl w:ilvl="0" w:tplc="43794491">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="57786339" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="43794491" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="57786339" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="43794491" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="57786339" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="43794491" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="57786339" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="43794491" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="57786339" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="43794491" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="57786339" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="43794491" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="57786339" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="43794491" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="57786339" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="43794491" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="42519928">
+  <w:abstractNum w:abstractNumId="27772523">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="70466629">
+    <w:lvl w:ilvl="0" w:tplc="80803630">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="70466629" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="80803630" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="70466629" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="80803630" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="70466629" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="80803630" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="70466629" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="80803630" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="70466629" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="80803630" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="70466629" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="80803630" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="70466629" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="80803630" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="70466629" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="80803630" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="42519927">
+  <w:abstractNum w:abstractNumId="27772522">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="10209482">
+    <w:lvl w:ilvl="0" w:tplc="16527810">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -11225,58 +11225,58 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="42519927">
-    <w:abstractNumId w:val="42519927"/>
+  <w:num w:numId="27772522">
+    <w:abstractNumId w:val="27772522"/>
   </w:num>
-  <w:num w:numId="42519928">
-    <w:abstractNumId w:val="42519928"/>
+  <w:num w:numId="27772523">
+    <w:abstractNumId w:val="27772523"/>
   </w:num>
-  <w:num w:numId="118083769">
-    <w:abstractNumId w:val="118083769"/>
+  <w:num w:numId="775305633">
+    <w:abstractNumId w:val="775305633"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -22826,51 +22826,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId181834878" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId249241162" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId568868e0ce1d2a79d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PAYSAR/" TargetMode="External"/><Relationship Id="rId184068e0ce1d2a808" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PAYSAR/categorization" TargetMode="External"/><Relationship Id="rId466868e0ce1d2b01b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PAYSAR/photos" TargetMode="External"/><Relationship Id="rId963468e0ce1d2eb28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pra.eppo.int/pra/072128fc-c43e-4559-8ed3-78968d1c4b21" TargetMode="External"/><Relationship Id="rId606268e0ce1d2f617" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.tela-botanica.org/page:glu_palmier_peltier" TargetMode="External"/><Relationship Id="rId136668e0ce1d2f7c2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.eppo.int/ACTIVITIES/plant_quarantine/shortnotes_qps/paysandisia_archon" TargetMode="External"/><Relationship Id="rId786768e0ce1d30263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId695168e0ce1d3032c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.2008.01214.x" TargetMode="External"/><Relationship Id="rId303768e0ce1d2aee1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId303768e0ce1d2aee1.jpg"/><Relationship Id="rId517368e0ce1d2cd49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId517368e0ce1d2cd49.jpg"/><Relationship Id="rId739268e0ce1d3060d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId739268e0ce1d3060d.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId229141717" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId874066834" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId31146900116aa0f4f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PAYSAR/" TargetMode="External"/><Relationship Id="rId11506900116aa0fc0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PAYSAR/categorization" TargetMode="External"/><Relationship Id="rId36516900116aa199b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PAYSAR/photos" TargetMode="External"/><Relationship Id="rId27826900116aa50ea" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pra.eppo.int/pra/072128fc-c43e-4559-8ed3-78968d1c4b21" TargetMode="External"/><Relationship Id="rId39016900116aa5b94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.tela-botanica.org/page:glu_palmier_peltier" TargetMode="External"/><Relationship Id="rId96526900116aa5d38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.eppo.int/ACTIVITIES/plant_quarantine/shortnotes_qps/paysandisia_archon" TargetMode="External"/><Relationship Id="rId83336900116aa67ee" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId98186900116aa68e9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.2008.01214.x" TargetMode="External"/><Relationship Id="rId58986900116aa185e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId58986900116aa185e.jpg"/><Relationship Id="rId82866900116aa3327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId82866900116aa3327.jpg"/><Relationship Id="rId48636900116aa6961" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId48636900116aa6961.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>