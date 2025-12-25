--- v1 (2025-10-28)
+++ v2 (2025-12-25)
@@ -270,51 +270,51 @@
               <w:t xml:space="preserve"> Burmeister</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> palm borer moth</w:t>
             </w:r>
-            <w:hyperlink r:id="rId31146900116aa0f4f" w:history="1">
+            <w:hyperlink r:id="rId6055694d9658d9827" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -330,51 +330,51 @@
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> PZ Quarantine pest (Annex III)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11506900116aa0fc0" w:history="1">
+            <w:hyperlink r:id="rId2116694d9658d988e" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -388,86 +388,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> PAYSAR</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="70542858" name="name60666900116aa1860" descr="1165.jpg"/>
+                  <wp:docPr id="95571404" name="name4511694d9658d9d74" descr="1165.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="1165.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId58986900116aa185e" cstate="print"/>
+                          <a:blip r:embed="rId5938694d9658d9d72" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId36516900116aa199b" w:history="1">
+            <w:hyperlink r:id="rId2266694d9658d9e41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
@@ -2227,105 +2227,105 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">P. archon</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> has been intercepted in a nursery in Denmark (Larsen, 2009) without indications of establishment while in Germany (EPPO, 2017) and in the Czech Republic (EFSA, 2014) it is considered eradicated since 2018.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="8744291" name="name35036900116aa332b" descr="PAYSAR_distribution_map.jpg"/>
+            <wp:docPr id="41252987" name="name5650694d9658db6f0" descr="PAYSAR_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="PAYSAR_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId82866900116aa3327" cstate="print"/>
+                    <a:blip r:embed="rId6678694d9658db6ec" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">EPPO Region:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Bulgaria, Croatia, Cyprus, France (mainland), Greece (mainland, Kriti), Italy (mainland, Sicilia), Slovenia, Spain (mainland, Islas Baleares), Switzerland, Ukraine</w:t>
+        <w:t xml:space="preserve"> Bulgaria, Croatia, Cyprus, France (mainland), Gibraltar, Greece (mainland, Kriti), Italy (mainland, Sicilia), Slovenia, Spain (mainland, Islas Baleares), Switzerland, Ukraine</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">South America:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Argentina, Brazil (Rio Grande do Sul), Paraguay, Uruguay</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
@@ -2701,276 +2701,276 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al.,</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2005; Sarto i Monteys, 2013; CABI, 2014) are:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="775305633"/>
+          <w:numId w:val="952940096"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">presence of sawdust on the palm crown and/or palm trunk</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="775305633"/>
+          <w:numId w:val="952940096"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">presence of perforated or nibbled leaves (non-specific)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="775305633"/>
+          <w:numId w:val="952940096"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Presence of holes and larval galleries (axial and transversal) in the trunk (on palmated-leaved palms) or both in trunk and leaf rachises (on pinnate leaved palms).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="775305633"/>
+          <w:numId w:val="952940096"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">abnormal development of auxiliary leaf buds</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="775305633"/>
+          <w:numId w:val="952940096"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">deformation and abnormal twisting of palm stipes</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="775305633"/>
+          <w:numId w:val="952940096"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">abnormal drying up of the palms, especially the core leaves </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="775305633"/>
+          <w:numId w:val="952940096"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">pupal exuviae on the outside of the stipe</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="775305633"/>
+          <w:numId w:val="952940096"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">flying adults </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="775305633"/>
+          <w:numId w:val="952940096"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">eggs in palm fibres</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="775305633"/>
+          <w:numId w:val="952940096"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">presence of a series of consecutive perforations on a circular section (on palmated-leaved palms) or scattered perforations on the leaves (on pinnate leaved palms)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
@@ -6413,51 +6413,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2006) PRA for </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Paysandisia archon</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO Platform on PRAs. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId27826900116aa50ea" w:history="1">
+      <w:hyperlink r:id="rId3106694d9658dd30a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://pra.eppo.int/pra/072128fc-c43e-4559-8ed3-78968d1c4b21</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8086,51 +8086,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Peltier J (2007) Une glu salvatrice contre le ravageur de palmiers, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Paysandisia archon</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. INRA, 10 pp. Available online </w:t>
       </w:r>
-      <w:hyperlink r:id="rId39016900116aa5b94" w:history="1">
+      <w:hyperlink r:id="rId7294694d9658dde02" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.tela-botanica.org/page:glu_palmier_peltier</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8343,51 +8343,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Porcelli F, Monfreda R, Ricci MS, Stingi N, Cavallo C &amp; Pellizzari G (2006) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Paysandisia archon</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Burmeister, 1880) escapes from nurseries and colonizes large palms in South Italy. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId96526900116aa5d38" w:history="1">
+      <w:hyperlink r:id="rId6241694d9658ddfa3" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.eppo.int/ACTIVITIES/plant_quarantine/shortnotes_qps/paysandisia_archon</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [Accessed on 2nd May 2020]  </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -9958,51 +9958,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Paysandisia archon</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId83336900116aa67ee" w:history="1">
+      <w:hyperlink r:id="rId7539694d9658de9d4" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -10078,90 +10078,90 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Bulletin </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">38</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), 163-168. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId98186900116aa68e9" w:history="1">
+      <w:hyperlink r:id="rId1804694d9658deab8" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.2008.01214.x</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="97479065" name="name68286900116aa6962" descr="eu_funding_250.png"/>
+            <wp:docPr id="98394065" name="name3010694d9658deb33" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId48636900116aa6961" cstate="print"/>
+                    <a:blip r:embed="rId7540694d9658deb32" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -10259,221 +10259,221 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="775305633">
+  <w:abstractNum w:abstractNumId="952940096">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="43794491">
+    <w:lvl w:ilvl="0" w:tplc="66484897">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="43794491" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="66484897" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="43794491" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="66484897" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="43794491" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="66484897" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="43794491" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="66484897" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="43794491" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="66484897" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="43794491" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="66484897" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="43794491" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="66484897" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="43794491" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="66484897" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="27772523">
+  <w:abstractNum w:abstractNumId="30471764">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="80803630">
+    <w:lvl w:ilvl="0" w:tplc="16357871">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="80803630" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="16357871" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="80803630" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="16357871" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="80803630" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="16357871" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="80803630" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="16357871" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="80803630" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="16357871" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="80803630" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="16357871" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="80803630" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="16357871" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="80803630" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="16357871" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="27772522">
+  <w:abstractNum w:abstractNumId="30471763">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="16527810">
+    <w:lvl w:ilvl="0" w:tplc="89130772">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -11225,58 +11225,58 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="27772522">
-    <w:abstractNumId w:val="27772522"/>
+  <w:num w:numId="30471763">
+    <w:abstractNumId w:val="30471763"/>
   </w:num>
-  <w:num w:numId="27772523">
-    <w:abstractNumId w:val="27772523"/>
+  <w:num w:numId="30471764">
+    <w:abstractNumId w:val="30471764"/>
   </w:num>
-  <w:num w:numId="775305633">
-    <w:abstractNumId w:val="775305633"/>
+  <w:num w:numId="952940096">
+    <w:abstractNumId w:val="952940096"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -22826,51 +22826,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId229141717" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId874066834" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId31146900116aa0f4f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PAYSAR/" TargetMode="External"/><Relationship Id="rId11506900116aa0fc0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PAYSAR/categorization" TargetMode="External"/><Relationship Id="rId36516900116aa199b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PAYSAR/photos" TargetMode="External"/><Relationship Id="rId27826900116aa50ea" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pra.eppo.int/pra/072128fc-c43e-4559-8ed3-78968d1c4b21" TargetMode="External"/><Relationship Id="rId39016900116aa5b94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.tela-botanica.org/page:glu_palmier_peltier" TargetMode="External"/><Relationship Id="rId96526900116aa5d38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.eppo.int/ACTIVITIES/plant_quarantine/shortnotes_qps/paysandisia_archon" TargetMode="External"/><Relationship Id="rId83336900116aa67ee" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId98186900116aa68e9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.2008.01214.x" TargetMode="External"/><Relationship Id="rId58986900116aa185e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId58986900116aa185e.jpg"/><Relationship Id="rId82866900116aa3327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId82866900116aa3327.jpg"/><Relationship Id="rId48636900116aa6961" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId48636900116aa6961.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId799656581" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId780313912" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId6055694d9658d9827" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PAYSAR/" TargetMode="External"/><Relationship Id="rId2116694d9658d988e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PAYSAR/categorization" TargetMode="External"/><Relationship Id="rId2266694d9658d9e41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PAYSAR/photos" TargetMode="External"/><Relationship Id="rId3106694d9658dd30a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pra.eppo.int/pra/072128fc-c43e-4559-8ed3-78968d1c4b21" TargetMode="External"/><Relationship Id="rId7294694d9658dde02" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.tela-botanica.org/page:glu_palmier_peltier" TargetMode="External"/><Relationship Id="rId6241694d9658ddfa3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.eppo.int/ACTIVITIES/plant_quarantine/shortnotes_qps/paysandisia_archon" TargetMode="External"/><Relationship Id="rId7539694d9658de9d4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId1804694d9658deab8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.2008.01214.x" TargetMode="External"/><Relationship Id="rId5938694d9658d9d72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId5938694d9658d9d72.jpg"/><Relationship Id="rId6678694d9658db6ec" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId6678694d9658db6ec.jpg"/><Relationship Id="rId7540694d9658deb32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId7540694d9658deb32.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>