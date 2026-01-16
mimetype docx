--- v2 (2025-12-25)
+++ v3 (2026-01-16)
@@ -270,51 +270,51 @@
               <w:t xml:space="preserve"> Burmeister</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> palm borer moth</w:t>
             </w:r>
-            <w:hyperlink r:id="rId6055694d9658d9827" w:history="1">
+            <w:hyperlink r:id="rId816169698cd1b72ea" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -330,51 +330,51 @@
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> PZ Quarantine pest (Annex III)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId2116694d9658d988e" w:history="1">
+            <w:hyperlink r:id="rId482769698cd1b7353" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -388,86 +388,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> PAYSAR</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="95571404" name="name4511694d9658d9d74" descr="1165.jpg"/>
+                  <wp:docPr id="46610659" name="name931569698cd1b78b6" descr="1165.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="1165.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId5938694d9658d9d72" cstate="print"/>
+                          <a:blip r:embed="rId275069698cd1b78b4" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId2266694d9658d9e41" w:history="1">
+            <w:hyperlink r:id="rId333769698cd1b79f9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
@@ -2227,63 +2227,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">P. archon</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> has been intercepted in a nursery in Denmark (Larsen, 2009) without indications of establishment while in Germany (EPPO, 2017) and in the Czech Republic (EFSA, 2014) it is considered eradicated since 2018.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="41252987" name="name5650694d9658db6f0" descr="PAYSAR_distribution_map.jpg"/>
+            <wp:docPr id="58055453" name="name973769698cd1b9145" descr="PAYSAR_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="PAYSAR_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId6678694d9658db6ec" cstate="print"/>
+                    <a:blip r:embed="rId879669698cd1b9143" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -2701,276 +2701,276 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al.,</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2005; Sarto i Monteys, 2013; CABI, 2014) are:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="952940096"/>
+          <w:numId w:val="427124712"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">presence of sawdust on the palm crown and/or palm trunk</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="952940096"/>
+          <w:numId w:val="427124712"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">presence of perforated or nibbled leaves (non-specific)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="952940096"/>
+          <w:numId w:val="427124712"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Presence of holes and larval galleries (axial and transversal) in the trunk (on palmated-leaved palms) or both in trunk and leaf rachises (on pinnate leaved palms).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="952940096"/>
+          <w:numId w:val="427124712"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">abnormal development of auxiliary leaf buds</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="952940096"/>
+          <w:numId w:val="427124712"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">deformation and abnormal twisting of palm stipes</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="952940096"/>
+          <w:numId w:val="427124712"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">abnormal drying up of the palms, especially the core leaves </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="952940096"/>
+          <w:numId w:val="427124712"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">pupal exuviae on the outside of the stipe</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="952940096"/>
+          <w:numId w:val="427124712"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">flying adults </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="952940096"/>
+          <w:numId w:val="427124712"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">eggs in palm fibres</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="952940096"/>
+          <w:numId w:val="427124712"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">presence of a series of consecutive perforations on a circular section (on palmated-leaved palms) or scattered perforations on the leaves (on pinnate leaved palms)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
@@ -6413,51 +6413,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2006) PRA for </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Paysandisia archon</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO Platform on PRAs. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3106694d9658dd30a" w:history="1">
+      <w:hyperlink r:id="rId489469698cd1bada5" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://pra.eppo.int/pra/072128fc-c43e-4559-8ed3-78968d1c4b21</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8086,51 +8086,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Peltier J (2007) Une glu salvatrice contre le ravageur de palmiers, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Paysandisia archon</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. INRA, 10 pp. Available online </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7294694d9658dde02" w:history="1">
+      <w:hyperlink r:id="rId284869698cd1bb841" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.tela-botanica.org/page:glu_palmier_peltier</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8343,51 +8343,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Porcelli F, Monfreda R, Ricci MS, Stingi N, Cavallo C &amp; Pellizzari G (2006) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Paysandisia archon</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Burmeister, 1880) escapes from nurseries and colonizes large palms in South Italy. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6241694d9658ddfa3" w:history="1">
+      <w:hyperlink r:id="rId867869698cd1bb9e8" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.eppo.int/ACTIVITIES/plant_quarantine/shortnotes_qps/paysandisia_archon</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [Accessed on 2nd May 2020]  </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -9936,73 +9936,73 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">How to cite this datasheet?</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">EPPO (2025) </w:t>
+        <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Paysandisia archon</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7539694d9658de9d4" w:history="1">
+      <w:hyperlink r:id="rId393869698cd1bc44d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -10078,90 +10078,90 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Bulletin </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">38</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), 163-168. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1804694d9658deab8" w:history="1">
+      <w:hyperlink r:id="rId123969698cd1bc518" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.2008.01214.x</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="98394065" name="name3010694d9658deb33" descr="eu_funding_250.png"/>
+            <wp:docPr id="86828316" name="name800869698cd1bc7a5" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId7540694d9658deb32" cstate="print"/>
+                    <a:blip r:embed="rId170869698cd1bc7a3" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -10259,221 +10259,221 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="952940096">
+  <w:abstractNum w:abstractNumId="427124712">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="66484897">
+    <w:lvl w:ilvl="0" w:tplc="50204172">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="66484897" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="50204172" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="66484897" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="50204172" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="66484897" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="50204172" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="66484897" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="50204172" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="66484897" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="50204172" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="66484897" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="50204172" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="66484897" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="50204172" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="66484897" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="50204172" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="30471764">
+  <w:abstractNum w:abstractNumId="52580195">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="16357871">
+    <w:lvl w:ilvl="0" w:tplc="43735657">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="16357871" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="43735657" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="16357871" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="43735657" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="16357871" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="43735657" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="16357871" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="43735657" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="16357871" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="43735657" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="16357871" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="43735657" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="16357871" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="43735657" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="16357871" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="43735657" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="30471763">
+  <w:abstractNum w:abstractNumId="52580194">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="89130772">
+    <w:lvl w:ilvl="0" w:tplc="83263683">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -11225,58 +11225,58 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="30471763">
-    <w:abstractNumId w:val="30471763"/>
+  <w:num w:numId="52580194">
+    <w:abstractNumId w:val="52580194"/>
   </w:num>
-  <w:num w:numId="30471764">
-    <w:abstractNumId w:val="30471764"/>
+  <w:num w:numId="52580195">
+    <w:abstractNumId w:val="52580195"/>
   </w:num>
-  <w:num w:numId="952940096">
-    <w:abstractNumId w:val="952940096"/>
+  <w:num w:numId="427124712">
+    <w:abstractNumId w:val="427124712"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -22826,51 +22826,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId799656581" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId780313912" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId6055694d9658d9827" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PAYSAR/" TargetMode="External"/><Relationship Id="rId2116694d9658d988e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PAYSAR/categorization" TargetMode="External"/><Relationship Id="rId2266694d9658d9e41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PAYSAR/photos" TargetMode="External"/><Relationship Id="rId3106694d9658dd30a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pra.eppo.int/pra/072128fc-c43e-4559-8ed3-78968d1c4b21" TargetMode="External"/><Relationship Id="rId7294694d9658dde02" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.tela-botanica.org/page:glu_palmier_peltier" TargetMode="External"/><Relationship Id="rId6241694d9658ddfa3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.eppo.int/ACTIVITIES/plant_quarantine/shortnotes_qps/paysandisia_archon" TargetMode="External"/><Relationship Id="rId7539694d9658de9d4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId1804694d9658deab8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.2008.01214.x" TargetMode="External"/><Relationship Id="rId5938694d9658d9d72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId5938694d9658d9d72.jpg"/><Relationship Id="rId6678694d9658db6ec" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId6678694d9658db6ec.jpg"/><Relationship Id="rId7540694d9658deb32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId7540694d9658deb32.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId892010119" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId394387720" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId816169698cd1b72ea" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PAYSAR/" TargetMode="External"/><Relationship Id="rId482769698cd1b7353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PAYSAR/categorization" TargetMode="External"/><Relationship Id="rId333769698cd1b79f9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PAYSAR/photos" TargetMode="External"/><Relationship Id="rId489469698cd1bada5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pra.eppo.int/pra/072128fc-c43e-4559-8ed3-78968d1c4b21" TargetMode="External"/><Relationship Id="rId284869698cd1bb841" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.tela-botanica.org/page:glu_palmier_peltier" TargetMode="External"/><Relationship Id="rId867869698cd1bb9e8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.eppo.int/ACTIVITIES/plant_quarantine/shortnotes_qps/paysandisia_archon" TargetMode="External"/><Relationship Id="rId393869698cd1bc44d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId123969698cd1bc518" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.2008.01214.x" TargetMode="External"/><Relationship Id="rId275069698cd1b78b4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId275069698cd1b78b4.jpg"/><Relationship Id="rId879669698cd1b9143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId879669698cd1b9143.jpg"/><Relationship Id="rId170869698cd1bc7a3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId170869698cd1bc7a3.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>