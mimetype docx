--- v3 (2026-01-16)
+++ v4 (2026-02-09)
@@ -270,51 +270,51 @@
               <w:t xml:space="preserve"> Burmeister</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> palm borer moth</w:t>
             </w:r>
-            <w:hyperlink r:id="rId816169698cd1b72ea" w:history="1">
+            <w:hyperlink r:id="rId69646989b57f5d63b" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -328,53 +328,53 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve"> PZ Quarantine pest (Annex III)</w:t>
+              <w:t xml:space="preserve"> PZ Quarantine pest ((EU) 2019/2072 Annex III)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId482769698cd1b7353" w:history="1">
+            <w:hyperlink r:id="rId19156989b57f5d747" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -388,86 +388,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> PAYSAR</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="46610659" name="name931569698cd1b78b6" descr="1165.jpg"/>
+                  <wp:docPr id="77637589" name="name15736989b57f5dfc7" descr="1165.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="1165.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId275069698cd1b78b4" cstate="print"/>
+                          <a:blip r:embed="rId48816989b57f5dfc4" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId333769698cd1b79f9" w:history="1">
+            <w:hyperlink r:id="rId21106989b57f5e20e" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
@@ -2227,63 +2227,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">P. archon</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> has been intercepted in a nursery in Denmark (Larsen, 2009) without indications of establishment while in Germany (EPPO, 2017) and in the Czech Republic (EFSA, 2014) it is considered eradicated since 2018.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="58055453" name="name973769698cd1b9145" descr="PAYSAR_distribution_map.jpg"/>
+            <wp:docPr id="45101676" name="name40996989b57f5f663" descr="PAYSAR_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="PAYSAR_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId879669698cd1b9143" cstate="print"/>
+                    <a:blip r:embed="rId84116989b57f5f661" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -2701,276 +2701,276 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al.,</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2005; Sarto i Monteys, 2013; CABI, 2014) are:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="427124712"/>
+          <w:numId w:val="544935293"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">presence of sawdust on the palm crown and/or palm trunk</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="427124712"/>
+          <w:numId w:val="544935293"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">presence of perforated or nibbled leaves (non-specific)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="427124712"/>
+          <w:numId w:val="544935293"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Presence of holes and larval galleries (axial and transversal) in the trunk (on palmated-leaved palms) or both in trunk and leaf rachises (on pinnate leaved palms).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="427124712"/>
+          <w:numId w:val="544935293"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">abnormal development of auxiliary leaf buds</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="427124712"/>
+          <w:numId w:val="544935293"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">deformation and abnormal twisting of palm stipes</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="427124712"/>
+          <w:numId w:val="544935293"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">abnormal drying up of the palms, especially the core leaves </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="427124712"/>
+          <w:numId w:val="544935293"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">pupal exuviae on the outside of the stipe</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="427124712"/>
+          <w:numId w:val="544935293"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">flying adults </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="427124712"/>
+          <w:numId w:val="544935293"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">eggs in palm fibres</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="427124712"/>
+          <w:numId w:val="544935293"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">presence of a series of consecutive perforations on a circular section (on palmated-leaved palms) or scattered perforations on the leaves (on pinnate leaved palms)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
@@ -6413,51 +6413,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2006) PRA for </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Paysandisia archon</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO Platform on PRAs. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId489469698cd1bada5" w:history="1">
+      <w:hyperlink r:id="rId60166989b57f61652" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://pra.eppo.int/pra/072128fc-c43e-4559-8ed3-78968d1c4b21</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8086,51 +8086,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Peltier J (2007) Une glu salvatrice contre le ravageur de palmiers, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Paysandisia archon</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. INRA, 10 pp. Available online </w:t>
       </w:r>
-      <w:hyperlink r:id="rId284869698cd1bb841" w:history="1">
+      <w:hyperlink r:id="rId30466989b57f62197" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.tela-botanica.org/page:glu_palmier_peltier</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8343,51 +8343,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Porcelli F, Monfreda R, Ricci MS, Stingi N, Cavallo C &amp; Pellizzari G (2006) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Paysandisia archon</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Burmeister, 1880) escapes from nurseries and colonizes large palms in South Italy. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId867869698cd1bb9e8" w:history="1">
+      <w:hyperlink r:id="rId20356989b57f62338" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.eppo.int/ACTIVITIES/plant_quarantine/shortnotes_qps/paysandisia_archon</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [Accessed on 2nd May 2020]  </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -9958,51 +9958,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Paysandisia archon</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId393869698cd1bc44d" w:history="1">
+      <w:hyperlink r:id="rId91656989b57f62da9" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -10078,90 +10078,90 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Bulletin </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">38</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), 163-168. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId123969698cd1bc518" w:history="1">
+      <w:hyperlink r:id="rId29466989b57f62e74" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.2008.01214.x</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="86828316" name="name800869698cd1bc7a5" descr="eu_funding_250.png"/>
+            <wp:docPr id="10930203" name="name56956989b57f62edf" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId170869698cd1bc7a3" cstate="print"/>
+                    <a:blip r:embed="rId82906989b57f62ede" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -10259,221 +10259,221 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="427124712">
+  <w:abstractNum w:abstractNumId="544935293">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="50204172">
+    <w:lvl w:ilvl="0" w:tplc="57778723">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="50204172" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="57778723" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="50204172" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="57778723" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="50204172" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="57778723" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="50204172" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="57778723" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="50204172" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="57778723" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="50204172" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="57778723" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="50204172" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="57778723" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="50204172" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="57778723" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="52580195">
+  <w:abstractNum w:abstractNumId="25312329">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="43735657">
+    <w:lvl w:ilvl="0" w:tplc="17806145">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="43735657" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="17806145" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="43735657" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="17806145" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="43735657" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="17806145" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="43735657" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="17806145" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="43735657" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="17806145" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="43735657" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="17806145" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="43735657" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="17806145" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="43735657" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="17806145" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="52580194">
+  <w:abstractNum w:abstractNumId="25312328">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="83263683">
+    <w:lvl w:ilvl="0" w:tplc="98306416">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -11225,58 +11225,58 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="52580194">
-    <w:abstractNumId w:val="52580194"/>
+  <w:num w:numId="25312328">
+    <w:abstractNumId w:val="25312328"/>
   </w:num>
-  <w:num w:numId="52580195">
-    <w:abstractNumId w:val="52580195"/>
+  <w:num w:numId="25312329">
+    <w:abstractNumId w:val="25312329"/>
   </w:num>
-  <w:num w:numId="427124712">
-    <w:abstractNumId w:val="427124712"/>
+  <w:num w:numId="544935293">
+    <w:abstractNumId w:val="544935293"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -22826,51 +22826,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId892010119" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId394387720" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId816169698cd1b72ea" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PAYSAR/" TargetMode="External"/><Relationship Id="rId482769698cd1b7353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PAYSAR/categorization" TargetMode="External"/><Relationship Id="rId333769698cd1b79f9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PAYSAR/photos" TargetMode="External"/><Relationship Id="rId489469698cd1bada5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pra.eppo.int/pra/072128fc-c43e-4559-8ed3-78968d1c4b21" TargetMode="External"/><Relationship Id="rId284869698cd1bb841" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.tela-botanica.org/page:glu_palmier_peltier" TargetMode="External"/><Relationship Id="rId867869698cd1bb9e8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.eppo.int/ACTIVITIES/plant_quarantine/shortnotes_qps/paysandisia_archon" TargetMode="External"/><Relationship Id="rId393869698cd1bc44d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId123969698cd1bc518" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.2008.01214.x" TargetMode="External"/><Relationship Id="rId275069698cd1b78b4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId275069698cd1b78b4.jpg"/><Relationship Id="rId879669698cd1b9143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId879669698cd1b9143.jpg"/><Relationship Id="rId170869698cd1bc7a3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId170869698cd1bc7a3.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId481952106" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId159471811" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId69646989b57f5d63b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PAYSAR/" TargetMode="External"/><Relationship Id="rId19156989b57f5d747" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PAYSAR/categorization" TargetMode="External"/><Relationship Id="rId21106989b57f5e20e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PAYSAR/photos" TargetMode="External"/><Relationship Id="rId60166989b57f61652" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pra.eppo.int/pra/072128fc-c43e-4559-8ed3-78968d1c4b21" TargetMode="External"/><Relationship Id="rId30466989b57f62197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.tela-botanica.org/page:glu_palmier_peltier" TargetMode="External"/><Relationship Id="rId20356989b57f62338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.eppo.int/ACTIVITIES/plant_quarantine/shortnotes_qps/paysandisia_archon" TargetMode="External"/><Relationship Id="rId91656989b57f62da9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId29466989b57f62e74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.2008.01214.x" TargetMode="External"/><Relationship Id="rId48816989b57f5dfc4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId48816989b57f5dfc4.jpg"/><Relationship Id="rId84116989b57f5f661" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId84116989b57f5f661.jpg"/><Relationship Id="rId82906989b57f62ede" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId82906989b57f62ede.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>