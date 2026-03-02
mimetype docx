--- v4 (2026-02-09)
+++ v5 (2026-03-02)
@@ -270,51 +270,51 @@
               <w:t xml:space="preserve"> Burmeister</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> palm borer moth</w:t>
             </w:r>
-            <w:hyperlink r:id="rId69646989b57f5d63b" w:history="1">
+            <w:hyperlink r:id="rId434869a530bd978d5" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -330,51 +330,51 @@
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> PZ Quarantine pest ((EU) 2019/2072 Annex III)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19156989b57f5d747" w:history="1">
+            <w:hyperlink r:id="rId893169a530bd97940" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -388,86 +388,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> PAYSAR</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="77637589" name="name15736989b57f5dfc7" descr="1165.jpg"/>
+                  <wp:docPr id="66395559" name="name663169a530bd97a0b" descr="1165.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="1165.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId48816989b57f5dfc4" cstate="print"/>
+                          <a:blip r:embed="rId306369a530bd97a0a" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId21106989b57f5e20e" w:history="1">
+            <w:hyperlink r:id="rId166469a530bd97fe7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
@@ -2227,63 +2227,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">P. archon</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> has been intercepted in a nursery in Denmark (Larsen, 2009) without indications of establishment while in Germany (EPPO, 2017) and in the Czech Republic (EFSA, 2014) it is considered eradicated since 2018.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="45101676" name="name40996989b57f5f663" descr="PAYSAR_distribution_map.jpg"/>
+            <wp:docPr id="66902675" name="name637969a530bd9962b" descr="PAYSAR_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="PAYSAR_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId84116989b57f5f661" cstate="print"/>
+                    <a:blip r:embed="rId143469a530bd99627" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -2701,276 +2701,276 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al.,</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2005; Sarto i Monteys, 2013; CABI, 2014) are:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="544935293"/>
+          <w:numId w:val="133648890"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">presence of sawdust on the palm crown and/or palm trunk</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="544935293"/>
+          <w:numId w:val="133648890"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">presence of perforated or nibbled leaves (non-specific)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="544935293"/>
+          <w:numId w:val="133648890"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Presence of holes and larval galleries (axial and transversal) in the trunk (on palmated-leaved palms) or both in trunk and leaf rachises (on pinnate leaved palms).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="544935293"/>
+          <w:numId w:val="133648890"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">abnormal development of auxiliary leaf buds</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="544935293"/>
+          <w:numId w:val="133648890"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">deformation and abnormal twisting of palm stipes</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="544935293"/>
+          <w:numId w:val="133648890"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">abnormal drying up of the palms, especially the core leaves </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="544935293"/>
+          <w:numId w:val="133648890"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">pupal exuviae on the outside of the stipe</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="544935293"/>
+          <w:numId w:val="133648890"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">flying adults </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="544935293"/>
+          <w:numId w:val="133648890"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">eggs in palm fibres</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="544935293"/>
+          <w:numId w:val="133648890"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">presence of a series of consecutive perforations on a circular section (on palmated-leaved palms) or scattered perforations on the leaves (on pinnate leaved palms)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
@@ -6413,51 +6413,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2006) PRA for </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Paysandisia archon</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO Platform on PRAs. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId60166989b57f61652" w:history="1">
+      <w:hyperlink r:id="rId234969a530bd9b321" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://pra.eppo.int/pra/072128fc-c43e-4559-8ed3-78968d1c4b21</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8086,51 +8086,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Peltier J (2007) Une glu salvatrice contre le ravageur de palmiers, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Paysandisia archon</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. INRA, 10 pp. Available online </w:t>
       </w:r>
-      <w:hyperlink r:id="rId30466989b57f62197" w:history="1">
+      <w:hyperlink r:id="rId777069a530bd9bdaa" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.tela-botanica.org/page:glu_palmier_peltier</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8343,51 +8343,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Porcelli F, Monfreda R, Ricci MS, Stingi N, Cavallo C &amp; Pellizzari G (2006) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Paysandisia archon</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Burmeister, 1880) escapes from nurseries and colonizes large palms in South Italy. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId20356989b57f62338" w:history="1">
+      <w:hyperlink r:id="rId336469a530bd9bf7f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.eppo.int/ACTIVITIES/plant_quarantine/shortnotes_qps/paysandisia_archon</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [Accessed on 2nd May 2020]  </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -9958,51 +9958,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Paysandisia archon</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId91656989b57f62da9" w:history="1">
+      <w:hyperlink r:id="rId934869a530bd9c9cc" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -10078,90 +10078,90 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Bulletin </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">38</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), 163-168. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId29466989b57f62e74" w:history="1">
+      <w:hyperlink r:id="rId635969a530bd9ca94" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.2008.01214.x</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="10930203" name="name56956989b57f62edf" descr="eu_funding_250.png"/>
+            <wp:docPr id="64548016" name="name366869a530bd9cb0f" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId82906989b57f62ede" cstate="print"/>
+                    <a:blip r:embed="rId170669a530bd9cb0e" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -10259,221 +10259,221 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="544935293">
+  <w:abstractNum w:abstractNumId="133648890">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="57778723">
+    <w:lvl w:ilvl="0" w:tplc="44056498">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="57778723" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="44056498" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="57778723" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="44056498" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="57778723" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="44056498" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="57778723" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="44056498" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="57778723" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="44056498" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="57778723" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="44056498" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="57778723" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="44056498" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="57778723" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="44056498" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="25312329">
+  <w:abstractNum w:abstractNumId="16262049">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="17806145">
+    <w:lvl w:ilvl="0" w:tplc="27041913">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="17806145" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="27041913" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="17806145" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="27041913" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="17806145" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="27041913" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="17806145" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="27041913" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="17806145" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="27041913" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="17806145" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="27041913" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="17806145" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="27041913" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="17806145" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="27041913" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="25312328">
+  <w:abstractNum w:abstractNumId="16262048">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="98306416">
+    <w:lvl w:ilvl="0" w:tplc="44980352">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -11225,58 +11225,58 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="25312328">
-    <w:abstractNumId w:val="25312328"/>
+  <w:num w:numId="16262048">
+    <w:abstractNumId w:val="16262048"/>
   </w:num>
-  <w:num w:numId="25312329">
-    <w:abstractNumId w:val="25312329"/>
+  <w:num w:numId="16262049">
+    <w:abstractNumId w:val="16262049"/>
   </w:num>
-  <w:num w:numId="544935293">
-    <w:abstractNumId w:val="544935293"/>
+  <w:num w:numId="133648890">
+    <w:abstractNumId w:val="133648890"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -22826,51 +22826,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId481952106" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId159471811" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId69646989b57f5d63b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PAYSAR/" TargetMode="External"/><Relationship Id="rId19156989b57f5d747" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PAYSAR/categorization" TargetMode="External"/><Relationship Id="rId21106989b57f5e20e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PAYSAR/photos" TargetMode="External"/><Relationship Id="rId60166989b57f61652" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pra.eppo.int/pra/072128fc-c43e-4559-8ed3-78968d1c4b21" TargetMode="External"/><Relationship Id="rId30466989b57f62197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.tela-botanica.org/page:glu_palmier_peltier" TargetMode="External"/><Relationship Id="rId20356989b57f62338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.eppo.int/ACTIVITIES/plant_quarantine/shortnotes_qps/paysandisia_archon" TargetMode="External"/><Relationship Id="rId91656989b57f62da9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId29466989b57f62e74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.2008.01214.x" TargetMode="External"/><Relationship Id="rId48816989b57f5dfc4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId48816989b57f5dfc4.jpg"/><Relationship Id="rId84116989b57f5f661" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId84116989b57f5f661.jpg"/><Relationship Id="rId82906989b57f62ede" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId82906989b57f62ede.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId717735121" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId153579974" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId434869a530bd978d5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PAYSAR/" TargetMode="External"/><Relationship Id="rId893169a530bd97940" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PAYSAR/categorization" TargetMode="External"/><Relationship Id="rId166469a530bd97fe7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PAYSAR/photos" TargetMode="External"/><Relationship Id="rId234969a530bd9b321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pra.eppo.int/pra/072128fc-c43e-4559-8ed3-78968d1c4b21" TargetMode="External"/><Relationship Id="rId777069a530bd9bdaa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.tela-botanica.org/page:glu_palmier_peltier" TargetMode="External"/><Relationship Id="rId336469a530bd9bf7f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.eppo.int/ACTIVITIES/plant_quarantine/shortnotes_qps/paysandisia_archon" TargetMode="External"/><Relationship Id="rId934869a530bd9c9cc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId635969a530bd9ca94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.2008.01214.x" TargetMode="External"/><Relationship Id="rId306369a530bd97a0a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId306369a530bd97a0a.jpg"/><Relationship Id="rId143469a530bd99627" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId143469a530bd99627.jpg"/><Relationship Id="rId170669a530bd9cb0e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId170669a530bd9cb0e.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>