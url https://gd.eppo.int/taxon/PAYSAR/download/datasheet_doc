--- v5 (2026-03-02)
+++ v6 (2026-03-22)
@@ -270,51 +270,51 @@
               <w:t xml:space="preserve"> Burmeister</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> palm borer moth</w:t>
             </w:r>
-            <w:hyperlink r:id="rId434869a530bd978d5" w:history="1">
+            <w:hyperlink r:id="rId419869c0185b71e54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -330,51 +330,51 @@
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> PZ Quarantine pest ((EU) 2019/2072 Annex III)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId893169a530bd97940" w:history="1">
+            <w:hyperlink r:id="rId528469c0185b71ebe" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -388,86 +388,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> PAYSAR</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="66395559" name="name663169a530bd97a0b" descr="1165.jpg"/>
+                  <wp:docPr id="76266306" name="name279069c0185b72530" descr="1165.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="1165.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId306369a530bd97a0a" cstate="print"/>
+                          <a:blip r:embed="rId644169c0185b7252e" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId166469a530bd97fe7" w:history="1">
+            <w:hyperlink r:id="rId247369c0185b7265f" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
@@ -2227,63 +2227,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">P. archon</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> has been intercepted in a nursery in Denmark (Larsen, 2009) without indications of establishment while in Germany (EPPO, 2017) and in the Czech Republic (EFSA, 2014) it is considered eradicated since 2018.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="66902675" name="name637969a530bd9962b" descr="PAYSAR_distribution_map.jpg"/>
+            <wp:docPr id="91644943" name="name669969c0185b740ba" descr="PAYSAR_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="PAYSAR_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId143469a530bd99627" cstate="print"/>
+                    <a:blip r:embed="rId631469c0185b740b6" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -2701,276 +2701,276 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al.,</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2005; Sarto i Monteys, 2013; CABI, 2014) are:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="133648890"/>
+          <w:numId w:val="723660811"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">presence of sawdust on the palm crown and/or palm trunk</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="133648890"/>
+          <w:numId w:val="723660811"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">presence of perforated or nibbled leaves (non-specific)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="133648890"/>
+          <w:numId w:val="723660811"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Presence of holes and larval galleries (axial and transversal) in the trunk (on palmated-leaved palms) or both in trunk and leaf rachises (on pinnate leaved palms).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="133648890"/>
+          <w:numId w:val="723660811"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">abnormal development of auxiliary leaf buds</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="133648890"/>
+          <w:numId w:val="723660811"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">deformation and abnormal twisting of palm stipes</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="133648890"/>
+          <w:numId w:val="723660811"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">abnormal drying up of the palms, especially the core leaves </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="133648890"/>
+          <w:numId w:val="723660811"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">pupal exuviae on the outside of the stipe</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="133648890"/>
+          <w:numId w:val="723660811"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">flying adults </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="133648890"/>
+          <w:numId w:val="723660811"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">eggs in palm fibres</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="133648890"/>
+          <w:numId w:val="723660811"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">presence of a series of consecutive perforations on a circular section (on palmated-leaved palms) or scattered perforations on the leaves (on pinnate leaved palms)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
@@ -6413,51 +6413,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2006) PRA for </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Paysandisia archon</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO Platform on PRAs. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId234969a530bd9b321" w:history="1">
+      <w:hyperlink r:id="rId587269c0185b7715f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://pra.eppo.int/pra/072128fc-c43e-4559-8ed3-78968d1c4b21</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8086,51 +8086,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Peltier J (2007) Une glu salvatrice contre le ravageur de palmiers, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Paysandisia archon</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. INRA, 10 pp. Available online </w:t>
       </w:r>
-      <w:hyperlink r:id="rId777069a530bd9bdaa" w:history="1">
+      <w:hyperlink r:id="rId396969c0185b77ddc" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.tela-botanica.org/page:glu_palmier_peltier</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8343,51 +8343,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Porcelli F, Monfreda R, Ricci MS, Stingi N, Cavallo C &amp; Pellizzari G (2006) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Paysandisia archon</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Burmeister, 1880) escapes from nurseries and colonizes large palms in South Italy. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId336469a530bd9bf7f" w:history="1">
+      <w:hyperlink r:id="rId838269c0185b77f96" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.eppo.int/ACTIVITIES/plant_quarantine/shortnotes_qps/paysandisia_archon</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [Accessed on 2nd May 2020]  </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -9958,51 +9958,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Paysandisia archon</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId934869a530bd9c9cc" w:history="1">
+      <w:hyperlink r:id="rId844169c0185b78a63" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -10078,90 +10078,90 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Bulletin </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">38</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), 163-168. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId635969a530bd9ca94" w:history="1">
+      <w:hyperlink r:id="rId789069c0185b78b49" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.2008.01214.x</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="64548016" name="name366869a530bd9cb0f" descr="eu_funding_250.png"/>
+            <wp:docPr id="10848760" name="name321269c0185b78bde" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId170669a530bd9cb0e" cstate="print"/>
+                    <a:blip r:embed="rId735369c0185b78bdd" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -10259,221 +10259,221 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="133648890">
+  <w:abstractNum w:abstractNumId="723660811">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="44056498">
+    <w:lvl w:ilvl="0" w:tplc="83966815">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="44056498" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="83966815" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="44056498" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="83966815" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="44056498" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="83966815" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="44056498" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="83966815" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="44056498" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="83966815" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="44056498" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="83966815" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="44056498" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="83966815" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="44056498" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="83966815" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="16262049">
+  <w:abstractNum w:abstractNumId="34389532">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="27041913">
+    <w:lvl w:ilvl="0" w:tplc="46657940">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="27041913" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="46657940" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="27041913" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="46657940" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="27041913" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="46657940" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="27041913" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="46657940" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="27041913" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="46657940" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="27041913" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="46657940" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="27041913" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="46657940" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="27041913" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="46657940" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="16262048">
+  <w:abstractNum w:abstractNumId="34389531">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="44980352">
+    <w:lvl w:ilvl="0" w:tplc="84641665">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -11225,58 +11225,58 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="16262048">
-    <w:abstractNumId w:val="16262048"/>
+  <w:num w:numId="34389531">
+    <w:abstractNumId w:val="34389531"/>
   </w:num>
-  <w:num w:numId="16262049">
-    <w:abstractNumId w:val="16262049"/>
+  <w:num w:numId="34389532">
+    <w:abstractNumId w:val="34389532"/>
   </w:num>
-  <w:num w:numId="133648890">
-    <w:abstractNumId w:val="133648890"/>
+  <w:num w:numId="723660811">
+    <w:abstractNumId w:val="723660811"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -22826,51 +22826,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId717735121" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId153579974" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId434869a530bd978d5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PAYSAR/" TargetMode="External"/><Relationship Id="rId893169a530bd97940" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PAYSAR/categorization" TargetMode="External"/><Relationship Id="rId166469a530bd97fe7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PAYSAR/photos" TargetMode="External"/><Relationship Id="rId234969a530bd9b321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pra.eppo.int/pra/072128fc-c43e-4559-8ed3-78968d1c4b21" TargetMode="External"/><Relationship Id="rId777069a530bd9bdaa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.tela-botanica.org/page:glu_palmier_peltier" TargetMode="External"/><Relationship Id="rId336469a530bd9bf7f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.eppo.int/ACTIVITIES/plant_quarantine/shortnotes_qps/paysandisia_archon" TargetMode="External"/><Relationship Id="rId934869a530bd9c9cc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId635969a530bd9ca94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.2008.01214.x" TargetMode="External"/><Relationship Id="rId306369a530bd97a0a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId306369a530bd97a0a.jpg"/><Relationship Id="rId143469a530bd99627" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId143469a530bd99627.jpg"/><Relationship Id="rId170669a530bd9cb0e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId170669a530bd9cb0e.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId149609933" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId889500954" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId419869c0185b71e54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PAYSAR/" TargetMode="External"/><Relationship Id="rId528469c0185b71ebe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PAYSAR/categorization" TargetMode="External"/><Relationship Id="rId247369c0185b7265f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PAYSAR/photos" TargetMode="External"/><Relationship Id="rId587269c0185b7715f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pra.eppo.int/pra/072128fc-c43e-4559-8ed3-78968d1c4b21" TargetMode="External"/><Relationship Id="rId396969c0185b77ddc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.tela-botanica.org/page:glu_palmier_peltier" TargetMode="External"/><Relationship Id="rId838269c0185b77f96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.eppo.int/ACTIVITIES/plant_quarantine/shortnotes_qps/paysandisia_archon" TargetMode="External"/><Relationship Id="rId844169c0185b78a63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId789069c0185b78b49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.2008.01214.x" TargetMode="External"/><Relationship Id="rId644169c0185b7252e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId644169c0185b7252e.jpg"/><Relationship Id="rId631469c0185b740b6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId631469c0185b740b6.jpg"/><Relationship Id="rId735369c0185b78bdd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId735369c0185b78bdd.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>