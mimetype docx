--- v0 (2025-10-16)
+++ v1 (2025-11-26)
@@ -91,51 +91,51 @@
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">Bactericera cockerelli</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> is a pest in itself (feeding damage), and it transmits ‘</w:t>
       </w:r>
-      <w:hyperlink r:id="rId161168f14e1c78d97" w:history="1">
+      <w:hyperlink r:id="rId15296926a71d09120" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:i/>
             <w:iCs/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">Candidatus </w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">Liberibacter solanacearum</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
@@ -355,51 +355,51 @@
               <w:t xml:space="preserve"> Šulc</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> potato psyllid, tomato psyllid</w:t>
             </w:r>
-            <w:hyperlink r:id="rId595468f14e1c78fd9" w:history="1">
+            <w:hyperlink r:id="rId47806926a71d09333" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -415,51 +415,51 @@
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 Quarantine pest (Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId664768f14e1c7904c" w:history="1">
+            <w:hyperlink r:id="rId14376926a71d0939a" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -473,86 +473,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> PARZCO</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="55216142" name="name344268f14e1c796c3" descr="4301.jpg"/>
+                  <wp:docPr id="57033741" name="name80416926a71d09b2e" descr="4301.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="4301.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId741468f14e1c796c1" cstate="print"/>
+                          <a:blip r:embed="rId66506926a71d09b2c" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId442268f14e1c797b8" w:history="1">
+            <w:hyperlink r:id="rId85946926a71d09c55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
@@ -1672,63 +1672,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al., </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">2011). The first occurrence in Australia dates back in February 2017 in several private gardens and in a cultivated field in the Perth area (Western Australia). The species was considered under eradication but as early as June 2018, the psyllid was declared not eradicated and a National Plan for the management of the harmful organism was issued (IPPC website. 2017).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="94691046" name="name440168f14e1c7aa42" descr="PARZCO_distribution_map.jpg"/>
+            <wp:docPr id="99873129" name="name81886926a71d0b3b0" descr="PARZCO_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="PARZCO_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId569568f14e1c7aa40" cstate="print"/>
+                    <a:blip r:embed="rId54366926a71d0b3ad" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -6644,51 +6644,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (1), 85-91.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CNAS (2006) Economic Impacts of Zebra Chip on the Texas Potato Industry. Center for North American Studies. Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId347668f14e1c7cbdf" w:history="1">
+      <w:hyperlink r:id="rId56446926a71d0d6af" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://cnas.tamu.edu/zebra%20chip%20impacts%20final.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [last accessed October 2020] </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -6759,51 +6759,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Cranshaw WS (2001) Diseases caused by insect toxin: psyllid yellows. In: Compendium of Potato Diseases, 2nd edn (Eds. Stevenson WR, Loria R, Franc GD &amp; Weingartner DP), pp. 73–74, APS Press St. Paul, MN. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Crosslin JM, Munyaneza JE, Brown JK &amp; Liefting LW (2010) Potato zebra chip disease: a phytopathological tale. Online. Plant Health Progress. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId619868f14e1c7cca1" w:history="1">
+      <w:hyperlink r:id="rId29786926a71d0d777" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PHP-2010-0317-01-RV</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7500,51 +7500,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Ferguson G, Banks E &amp; Fraser H (2003)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> B. cockerelli </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">in Canada potato psyllid – a new pest in greenhouse tomatoes and peppers. OMAF. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId775568f14e1c7d176" w:history="1">
+      <w:hyperlink r:id="rId24686926a71d0dc3a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.omafra.gov.on.ca/english/crops/facts/potato_psyllid.htm</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 26 October 2010].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -10735,51 +10735,51 @@
         </w:rPr>
         <w:t xml:space="preserve">Plos ONE </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">5</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), e0230741.  </w:t>
       </w:r>
-      <w:hyperlink r:id="rId458468f14e1c7e5bc" w:history="1">
+      <w:hyperlink r:id="rId60436926a71d0f128" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1371/journal.pone.0230741</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -10999,51 +10999,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">259–268.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Trumble J (2009) Potato Psyllid. Center for Invasive Species Research, University of California, Riverside. Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId996768f14e1c7e764" w:history="1">
+      <w:hyperlink r:id="rId55116926a71d0f2d5" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://cisr.ucr.edu/invasive-species/potato-psyllid</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [last accessed October 2020].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -11332,51 +11332,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">11</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(5), 298. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId296068f14e1c7e970" w:history="1">
+      <w:hyperlink r:id="rId47186926a71d0f51f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3390/insects11050298</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -11694,51 +11694,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Xia, Qing (2017) Analysis of historical and current distribution of potato psyllid (</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Bactericera cockerelli</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">) and the induced plant disease psyllid yellows, in relation to standard climate indices. PhD Thesis, University of Lethbridge Research Repository, </w:t>
       </w:r>
-      <w:hyperlink r:id="rId910368f14e1c7ebac" w:history="1">
+      <w:hyperlink r:id="rId58846926a71d0f775" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://hdl.handle.net/10133/4924</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -11951,51 +11951,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Bactericera cockerelli</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId766068f14e1c7ed4a" w:history="1">
+      <w:hyperlink r:id="rId30476926a71d0f92d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -12071,90 +12071,90 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Bulletin </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">43</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 202-208. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId732268f14e1c7ee23" w:history="1">
+      <w:hyperlink r:id="rId45386926a71d0fa0c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.12044</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="5810763" name="name487068f14e1c7efb4" descr="eu_funding_250.png"/>
+            <wp:docPr id="62085396" name="name40646926a71d0fd1f" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId650068f14e1c7efb3" cstate="print"/>
+                    <a:blip r:embed="rId93486926a71d0fd1d" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -12252,137 +12252,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="86179045">
+  <w:abstractNum w:abstractNumId="25645412">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="13528795">
+    <w:lvl w:ilvl="0" w:tplc="82522883">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="13528795" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="82522883" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="13528795" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="82522883" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="13528795" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="82522883" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="13528795" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="82522883" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="13528795" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="82522883" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="13528795" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="82522883" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="13528795" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="82522883" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="13528795" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="82522883" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="86179044">
+  <w:abstractNum w:abstractNumId="25645411">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="31014828">
+    <w:lvl w:ilvl="0" w:tplc="35016716">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -13134,55 +13134,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="86179044">
-    <w:abstractNumId w:val="86179044"/>
+  <w:num w:numId="25645411">
+    <w:abstractNumId w:val="25645411"/>
   </w:num>
-  <w:num w:numId="86179045">
-    <w:abstractNumId w:val="86179045"/>
+  <w:num w:numId="25645412">
+    <w:abstractNumId w:val="25645412"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -24732,51 +24732,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId308404756" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId401039631" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId161168f14e1c78d97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/LIBEPS/datasheet" TargetMode="External"/><Relationship Id="rId595468f14e1c78fd9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PARZCO/" TargetMode="External"/><Relationship Id="rId664768f14e1c7904c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PARZCO/categorization" TargetMode="External"/><Relationship Id="rId442268f14e1c797b8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PARZCO/photos" TargetMode="External"/><Relationship Id="rId347668f14e1c7cbdf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://cnas.tamu.edu/zebra%20chip%20impacts%20final.pdf" TargetMode="External"/><Relationship Id="rId619868f14e1c7cca1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHP-2010-0317-01-RV" TargetMode="External"/><Relationship Id="rId775568f14e1c7d176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.omafra.gov.on.ca/english/crops/facts/potato_psyllid.htm" TargetMode="External"/><Relationship Id="rId458468f14e1c7e5bc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1371/journal.pone.0230741" TargetMode="External"/><Relationship Id="rId996768f14e1c7e764" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cisr.ucr.edu/invasive-species/potato-psyllid" TargetMode="External"/><Relationship Id="rId296068f14e1c7e970" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/insects11050298" TargetMode="External"/><Relationship Id="rId910368f14e1c7ebac" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hdl.handle.net/10133/4924" TargetMode="External"/><Relationship Id="rId766068f14e1c7ed4a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId732268f14e1c7ee23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12044" TargetMode="External"/><Relationship Id="rId741468f14e1c796c1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId741468f14e1c796c1.jpg"/><Relationship Id="rId569568f14e1c7aa40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId569568f14e1c7aa40.jpg"/><Relationship Id="rId650068f14e1c7efb3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId650068f14e1c7efb3.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId391829641" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId922498996" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId15296926a71d09120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/LIBEPS/datasheet" TargetMode="External"/><Relationship Id="rId47806926a71d09333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PARZCO/" TargetMode="External"/><Relationship Id="rId14376926a71d0939a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PARZCO/categorization" TargetMode="External"/><Relationship Id="rId85946926a71d09c55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PARZCO/photos" TargetMode="External"/><Relationship Id="rId56446926a71d0d6af" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://cnas.tamu.edu/zebra%20chip%20impacts%20final.pdf" TargetMode="External"/><Relationship Id="rId29786926a71d0d777" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHP-2010-0317-01-RV" TargetMode="External"/><Relationship Id="rId24686926a71d0dc3a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.omafra.gov.on.ca/english/crops/facts/potato_psyllid.htm" TargetMode="External"/><Relationship Id="rId60436926a71d0f128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1371/journal.pone.0230741" TargetMode="External"/><Relationship Id="rId55116926a71d0f2d5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cisr.ucr.edu/invasive-species/potato-psyllid" TargetMode="External"/><Relationship Id="rId47186926a71d0f51f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/insects11050298" TargetMode="External"/><Relationship Id="rId58846926a71d0f775" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hdl.handle.net/10133/4924" TargetMode="External"/><Relationship Id="rId30476926a71d0f92d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId45386926a71d0fa0c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12044" TargetMode="External"/><Relationship Id="rId66506926a71d09b2c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId66506926a71d09b2c.jpg"/><Relationship Id="rId54366926a71d0b3ad" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId54366926a71d0b3ad.jpg"/><Relationship Id="rId93486926a71d0fd1d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId93486926a71d0fd1d.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>