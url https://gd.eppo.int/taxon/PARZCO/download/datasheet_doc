--- v1 (2025-11-26)
+++ v2 (2025-12-16)
@@ -91,51 +91,51 @@
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">Bactericera cockerelli</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> is a pest in itself (feeding damage), and it transmits ‘</w:t>
       </w:r>
-      <w:hyperlink r:id="rId15296926a71d09120" w:history="1">
+      <w:hyperlink r:id="rId27146941ba8729e4e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:i/>
             <w:iCs/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">Candidatus </w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">Liberibacter solanacearum</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
@@ -355,51 +355,51 @@
               <w:t xml:space="preserve"> Šulc</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> potato psyllid, tomato psyllid</w:t>
             </w:r>
-            <w:hyperlink r:id="rId47806926a71d09333" w:history="1">
+            <w:hyperlink r:id="rId96716941ba872a06d" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -415,51 +415,51 @@
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 Quarantine pest (Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14376926a71d0939a" w:history="1">
+            <w:hyperlink r:id="rId95106941ba872a0d6" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -473,86 +473,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> PARZCO</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="57033741" name="name80416926a71d09b2e" descr="4301.jpg"/>
+                  <wp:docPr id="79275332" name="name91146941ba872ae53" descr="4301.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="4301.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId66506926a71d09b2c" cstate="print"/>
+                          <a:blip r:embed="rId51586941ba872ae52" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId85946926a71d09c55" w:history="1">
+            <w:hyperlink r:id="rId59066941ba872af63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
@@ -1672,63 +1672,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al., </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">2011). The first occurrence in Australia dates back in February 2017 in several private gardens and in a cultivated field in the Perth area (Western Australia). The species was considered under eradication but as early as June 2018, the psyllid was declared not eradicated and a National Plan for the management of the harmful organism was issued (IPPC website. 2017).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="99873129" name="name81886926a71d0b3b0" descr="PARZCO_distribution_map.jpg"/>
+            <wp:docPr id="94581957" name="name61206941ba872c694" descr="PARZCO_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="PARZCO_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId54366926a71d0b3ad" cstate="print"/>
+                    <a:blip r:embed="rId99026941ba872c691" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -6644,51 +6644,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (1), 85-91.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CNAS (2006) Economic Impacts of Zebra Chip on the Texas Potato Industry. Center for North American Studies. Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId56446926a71d0d6af" w:history="1">
+      <w:hyperlink r:id="rId85646941ba872f231" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://cnas.tamu.edu/zebra%20chip%20impacts%20final.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [last accessed October 2020] </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -6759,51 +6759,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Cranshaw WS (2001) Diseases caused by insect toxin: psyllid yellows. In: Compendium of Potato Diseases, 2nd edn (Eds. Stevenson WR, Loria R, Franc GD &amp; Weingartner DP), pp. 73–74, APS Press St. Paul, MN. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Crosslin JM, Munyaneza JE, Brown JK &amp; Liefting LW (2010) Potato zebra chip disease: a phytopathological tale. Online. Plant Health Progress. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId29786926a71d0d777" w:history="1">
+      <w:hyperlink r:id="rId60716941ba872f58e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PHP-2010-0317-01-RV</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7500,51 +7500,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Ferguson G, Banks E &amp; Fraser H (2003)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> B. cockerelli </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">in Canada potato psyllid – a new pest in greenhouse tomatoes and peppers. OMAF. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId24686926a71d0dc3a" w:history="1">
+      <w:hyperlink r:id="rId88316941ba872fa30" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.omafra.gov.on.ca/english/crops/facts/potato_psyllid.htm</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 26 October 2010].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -10735,51 +10735,51 @@
         </w:rPr>
         <w:t xml:space="preserve">Plos ONE </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">5</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), e0230741.  </w:t>
       </w:r>
-      <w:hyperlink r:id="rId60436926a71d0f128" w:history="1">
+      <w:hyperlink r:id="rId78856941ba8730f22" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1371/journal.pone.0230741</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -10999,51 +10999,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">259–268.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Trumble J (2009) Potato Psyllid. Center for Invasive Species Research, University of California, Riverside. Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId55116926a71d0f2d5" w:history="1">
+      <w:hyperlink r:id="rId98496941ba87310cf" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://cisr.ucr.edu/invasive-species/potato-psyllid</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [last accessed October 2020].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -11332,51 +11332,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">11</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(5), 298. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId47186926a71d0f51f" w:history="1">
+      <w:hyperlink r:id="rId15676941ba873131f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3390/insects11050298</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -11694,51 +11694,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Xia, Qing (2017) Analysis of historical and current distribution of potato psyllid (</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Bactericera cockerelli</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">) and the induced plant disease psyllid yellows, in relation to standard climate indices. PhD Thesis, University of Lethbridge Research Repository, </w:t>
       </w:r>
-      <w:hyperlink r:id="rId58846926a71d0f775" w:history="1">
+      <w:hyperlink r:id="rId57296941ba8731576" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://hdl.handle.net/10133/4924</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -11951,51 +11951,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Bactericera cockerelli</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId30476926a71d0f92d" w:history="1">
+      <w:hyperlink r:id="rId87876941ba8731727" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -12071,90 +12071,90 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Bulletin </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">43</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 202-208. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId45386926a71d0fa0c" w:history="1">
+      <w:hyperlink r:id="rId48696941ba87317f1" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.12044</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="62085396" name="name40646926a71d0fd1f" descr="eu_funding_250.png"/>
+            <wp:docPr id="95265564" name="name83806941ba8731de1" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId93486926a71d0fd1d" cstate="print"/>
+                    <a:blip r:embed="rId45386941ba8731ddf" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -12252,137 +12252,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="25645412">
+  <w:abstractNum w:abstractNumId="57051967">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="82522883">
+    <w:lvl w:ilvl="0" w:tplc="45947859">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="82522883" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="45947859" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="82522883" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="45947859" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="82522883" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="45947859" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="82522883" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="45947859" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="82522883" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="45947859" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="82522883" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="45947859" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="82522883" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="45947859" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="82522883" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="45947859" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="25645411">
+  <w:abstractNum w:abstractNumId="57051966">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="35016716">
+    <w:lvl w:ilvl="0" w:tplc="11941346">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -13134,55 +13134,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="25645411">
-    <w:abstractNumId w:val="25645411"/>
+  <w:num w:numId="57051966">
+    <w:abstractNumId w:val="57051966"/>
   </w:num>
-  <w:num w:numId="25645412">
-    <w:abstractNumId w:val="25645412"/>
+  <w:num w:numId="57051967">
+    <w:abstractNumId w:val="57051967"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -24732,51 +24732,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId391829641" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId922498996" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId15296926a71d09120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/LIBEPS/datasheet" TargetMode="External"/><Relationship Id="rId47806926a71d09333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PARZCO/" TargetMode="External"/><Relationship Id="rId14376926a71d0939a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PARZCO/categorization" TargetMode="External"/><Relationship Id="rId85946926a71d09c55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PARZCO/photos" TargetMode="External"/><Relationship Id="rId56446926a71d0d6af" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://cnas.tamu.edu/zebra%20chip%20impacts%20final.pdf" TargetMode="External"/><Relationship Id="rId29786926a71d0d777" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHP-2010-0317-01-RV" TargetMode="External"/><Relationship Id="rId24686926a71d0dc3a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.omafra.gov.on.ca/english/crops/facts/potato_psyllid.htm" TargetMode="External"/><Relationship Id="rId60436926a71d0f128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1371/journal.pone.0230741" TargetMode="External"/><Relationship Id="rId55116926a71d0f2d5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cisr.ucr.edu/invasive-species/potato-psyllid" TargetMode="External"/><Relationship Id="rId47186926a71d0f51f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/insects11050298" TargetMode="External"/><Relationship Id="rId58846926a71d0f775" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hdl.handle.net/10133/4924" TargetMode="External"/><Relationship Id="rId30476926a71d0f92d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId45386926a71d0fa0c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12044" TargetMode="External"/><Relationship Id="rId66506926a71d09b2c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId66506926a71d09b2c.jpg"/><Relationship Id="rId54366926a71d0b3ad" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId54366926a71d0b3ad.jpg"/><Relationship Id="rId93486926a71d0fd1d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId93486926a71d0fd1d.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId675071699" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId293952060" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId27146941ba8729e4e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/LIBEPS/datasheet" TargetMode="External"/><Relationship Id="rId96716941ba872a06d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PARZCO/" TargetMode="External"/><Relationship Id="rId95106941ba872a0d6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PARZCO/categorization" TargetMode="External"/><Relationship Id="rId59066941ba872af63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PARZCO/photos" TargetMode="External"/><Relationship Id="rId85646941ba872f231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://cnas.tamu.edu/zebra%20chip%20impacts%20final.pdf" TargetMode="External"/><Relationship Id="rId60716941ba872f58e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHP-2010-0317-01-RV" TargetMode="External"/><Relationship Id="rId88316941ba872fa30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.omafra.gov.on.ca/english/crops/facts/potato_psyllid.htm" TargetMode="External"/><Relationship Id="rId78856941ba8730f22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1371/journal.pone.0230741" TargetMode="External"/><Relationship Id="rId98496941ba87310cf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cisr.ucr.edu/invasive-species/potato-psyllid" TargetMode="External"/><Relationship Id="rId15676941ba873131f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/insects11050298" TargetMode="External"/><Relationship Id="rId57296941ba8731576" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hdl.handle.net/10133/4924" TargetMode="External"/><Relationship Id="rId87876941ba8731727" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId48696941ba87317f1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12044" TargetMode="External"/><Relationship Id="rId51586941ba872ae52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId51586941ba872ae52.jpg"/><Relationship Id="rId99026941ba872c691" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId99026941ba872c691.jpg"/><Relationship Id="rId45386941ba8731ddf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId45386941ba8731ddf.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>