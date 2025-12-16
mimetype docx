--- v2 (2025-12-16)
+++ v3 (2025-12-16)
@@ -91,51 +91,51 @@
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">Bactericera cockerelli</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> is a pest in itself (feeding damage), and it transmits ‘</w:t>
       </w:r>
-      <w:hyperlink r:id="rId27146941ba8729e4e" w:history="1">
+      <w:hyperlink r:id="rId77096941c856ae8a2" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:i/>
             <w:iCs/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">Candidatus </w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">Liberibacter solanacearum</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
@@ -355,51 +355,51 @@
               <w:t xml:space="preserve"> Šulc</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> potato psyllid, tomato psyllid</w:t>
             </w:r>
-            <w:hyperlink r:id="rId96716941ba872a06d" w:history="1">
+            <w:hyperlink r:id="rId10096941c856aead0" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -415,51 +415,51 @@
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 Quarantine pest (Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId95106941ba872a0d6" w:history="1">
+            <w:hyperlink r:id="rId26906941c856aeb38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -473,86 +473,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> PARZCO</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="79275332" name="name91146941ba872ae53" descr="4301.jpg"/>
+                  <wp:docPr id="93170993" name="name24416941c856af4ad" descr="4301.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="4301.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId51586941ba872ae52" cstate="print"/>
+                          <a:blip r:embed="rId55866941c856af4ab" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId59066941ba872af63" w:history="1">
+            <w:hyperlink r:id="rId52056941c856af5d2" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
@@ -1672,63 +1672,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al., </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">2011). The first occurrence in Australia dates back in February 2017 in several private gardens and in a cultivated field in the Perth area (Western Australia). The species was considered under eradication but as early as June 2018, the psyllid was declared not eradicated and a National Plan for the management of the harmful organism was issued (IPPC website. 2017).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="94581957" name="name61206941ba872c694" descr="PARZCO_distribution_map.jpg"/>
+            <wp:docPr id="12146191" name="name73656941c856b0ac6" descr="PARZCO_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="PARZCO_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId99026941ba872c691" cstate="print"/>
+                    <a:blip r:embed="rId24536941c856b0ac3" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -6644,51 +6644,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (1), 85-91.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CNAS (2006) Economic Impacts of Zebra Chip on the Texas Potato Industry. Center for North American Studies. Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId85646941ba872f231" w:history="1">
+      <w:hyperlink r:id="rId46696941c856b2d18" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://cnas.tamu.edu/zebra%20chip%20impacts%20final.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [last accessed October 2020] </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -6759,51 +6759,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Cranshaw WS (2001) Diseases caused by insect toxin: psyllid yellows. In: Compendium of Potato Diseases, 2nd edn (Eds. Stevenson WR, Loria R, Franc GD &amp; Weingartner DP), pp. 73–74, APS Press St. Paul, MN. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Crosslin JM, Munyaneza JE, Brown JK &amp; Liefting LW (2010) Potato zebra chip disease: a phytopathological tale. Online. Plant Health Progress. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId60716941ba872f58e" w:history="1">
+      <w:hyperlink r:id="rId35006941c856b2dee" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PHP-2010-0317-01-RV</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7500,51 +7500,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Ferguson G, Banks E &amp; Fraser H (2003)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> B. cockerelli </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">in Canada potato psyllid – a new pest in greenhouse tomatoes and peppers. OMAF. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId88316941ba872fa30" w:history="1">
+      <w:hyperlink r:id="rId33806941c856b329e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.omafra.gov.on.ca/english/crops/facts/potato_psyllid.htm</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 26 October 2010].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -10735,51 +10735,51 @@
         </w:rPr>
         <w:t xml:space="preserve">Plos ONE </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">5</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), e0230741.  </w:t>
       </w:r>
-      <w:hyperlink r:id="rId78856941ba8730f22" w:history="1">
+      <w:hyperlink r:id="rId16816941c856b484a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1371/journal.pone.0230741</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -10999,51 +10999,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">259–268.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Trumble J (2009) Potato Psyllid. Center for Invasive Species Research, University of California, Riverside. Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId98496941ba87310cf" w:history="1">
+      <w:hyperlink r:id="rId24276941c856b49f9" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://cisr.ucr.edu/invasive-species/potato-psyllid</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [last accessed October 2020].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -11332,51 +11332,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">11</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(5), 298. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId15676941ba873131f" w:history="1">
+      <w:hyperlink r:id="rId89036941c856b4c6f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3390/insects11050298</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -11694,51 +11694,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Xia, Qing (2017) Analysis of historical and current distribution of potato psyllid (</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Bactericera cockerelli</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">) and the induced plant disease psyllid yellows, in relation to standard climate indices. PhD Thesis, University of Lethbridge Research Repository, </w:t>
       </w:r>
-      <w:hyperlink r:id="rId57296941ba8731576" w:history="1">
+      <w:hyperlink r:id="rId50196941c856b4ed2" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://hdl.handle.net/10133/4924</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -11951,51 +11951,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Bactericera cockerelli</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId87876941ba8731727" w:history="1">
+      <w:hyperlink r:id="rId87456941c856b508b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -12071,90 +12071,90 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Bulletin </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">43</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 202-208. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId48696941ba87317f1" w:history="1">
+      <w:hyperlink r:id="rId99116941c856b5156" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.12044</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="95265564" name="name83806941ba8731de1" descr="eu_funding_250.png"/>
+            <wp:docPr id="4369367" name="name60106941c856b51cb" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId45386941ba8731ddf" cstate="print"/>
+                    <a:blip r:embed="rId85176941c856b51ca" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -12252,137 +12252,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="57051967">
+  <w:abstractNum w:abstractNumId="29099625">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="45947859">
+    <w:lvl w:ilvl="0" w:tplc="55841821">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="45947859" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="55841821" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="45947859" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="55841821" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="45947859" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="55841821" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="45947859" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="55841821" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="45947859" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="55841821" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="45947859" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="55841821" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="45947859" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="55841821" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="45947859" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="55841821" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="57051966">
+  <w:abstractNum w:abstractNumId="29099624">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="11941346">
+    <w:lvl w:ilvl="0" w:tplc="64639733">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -13134,55 +13134,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="57051966">
-    <w:abstractNumId w:val="57051966"/>
+  <w:num w:numId="29099624">
+    <w:abstractNumId w:val="29099624"/>
   </w:num>
-  <w:num w:numId="57051967">
-    <w:abstractNumId w:val="57051967"/>
+  <w:num w:numId="29099625">
+    <w:abstractNumId w:val="29099625"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -24732,51 +24732,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId675071699" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId293952060" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId27146941ba8729e4e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/LIBEPS/datasheet" TargetMode="External"/><Relationship Id="rId96716941ba872a06d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PARZCO/" TargetMode="External"/><Relationship Id="rId95106941ba872a0d6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PARZCO/categorization" TargetMode="External"/><Relationship Id="rId59066941ba872af63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PARZCO/photos" TargetMode="External"/><Relationship Id="rId85646941ba872f231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://cnas.tamu.edu/zebra%20chip%20impacts%20final.pdf" TargetMode="External"/><Relationship Id="rId60716941ba872f58e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHP-2010-0317-01-RV" TargetMode="External"/><Relationship Id="rId88316941ba872fa30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.omafra.gov.on.ca/english/crops/facts/potato_psyllid.htm" TargetMode="External"/><Relationship Id="rId78856941ba8730f22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1371/journal.pone.0230741" TargetMode="External"/><Relationship Id="rId98496941ba87310cf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cisr.ucr.edu/invasive-species/potato-psyllid" TargetMode="External"/><Relationship Id="rId15676941ba873131f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/insects11050298" TargetMode="External"/><Relationship Id="rId57296941ba8731576" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hdl.handle.net/10133/4924" TargetMode="External"/><Relationship Id="rId87876941ba8731727" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId48696941ba87317f1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12044" TargetMode="External"/><Relationship Id="rId51586941ba872ae52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId51586941ba872ae52.jpg"/><Relationship Id="rId99026941ba872c691" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId99026941ba872c691.jpg"/><Relationship Id="rId45386941ba8731ddf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId45386941ba8731ddf.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId260552389" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId480847448" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId77096941c856ae8a2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/LIBEPS/datasheet" TargetMode="External"/><Relationship Id="rId10096941c856aead0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PARZCO/" TargetMode="External"/><Relationship Id="rId26906941c856aeb38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PARZCO/categorization" TargetMode="External"/><Relationship Id="rId52056941c856af5d2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PARZCO/photos" TargetMode="External"/><Relationship Id="rId46696941c856b2d18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://cnas.tamu.edu/zebra%20chip%20impacts%20final.pdf" TargetMode="External"/><Relationship Id="rId35006941c856b2dee" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHP-2010-0317-01-RV" TargetMode="External"/><Relationship Id="rId33806941c856b329e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.omafra.gov.on.ca/english/crops/facts/potato_psyllid.htm" TargetMode="External"/><Relationship Id="rId16816941c856b484a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1371/journal.pone.0230741" TargetMode="External"/><Relationship Id="rId24276941c856b49f9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cisr.ucr.edu/invasive-species/potato-psyllid" TargetMode="External"/><Relationship Id="rId89036941c856b4c6f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/insects11050298" TargetMode="External"/><Relationship Id="rId50196941c856b4ed2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hdl.handle.net/10133/4924" TargetMode="External"/><Relationship Id="rId87456941c856b508b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId99116941c856b5156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12044" TargetMode="External"/><Relationship Id="rId55866941c856af4ab" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId55866941c856af4ab.jpg"/><Relationship Id="rId24536941c856b0ac3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId24536941c856b0ac3.jpg"/><Relationship Id="rId85176941c856b51ca" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId85176941c856b51ca.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>