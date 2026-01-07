--- v3 (2025-12-16)
+++ v4 (2026-01-07)
@@ -91,51 +91,51 @@
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">Bactericera cockerelli</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> is a pest in itself (feeding damage), and it transmits ‘</w:t>
       </w:r>
-      <w:hyperlink r:id="rId77096941c856ae8a2" w:history="1">
+      <w:hyperlink r:id="rId5646695df4f4eaa1b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:i/>
             <w:iCs/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">Candidatus </w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">Liberibacter solanacearum</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
@@ -355,51 +355,51 @@
               <w:t xml:space="preserve"> Šulc</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> potato psyllid, tomato psyllid</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10096941c856aead0" w:history="1">
+            <w:hyperlink r:id="rId7625695df4f4eac7b" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -415,51 +415,51 @@
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 Quarantine pest (Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26906941c856aeb38" w:history="1">
+            <w:hyperlink r:id="rId4374695df4f4eace3" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -473,86 +473,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> PARZCO</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="93170993" name="name24416941c856af4ad" descr="4301.jpg"/>
+                  <wp:docPr id="68270495" name="name9553695df4f4eb50e" descr="4301.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="4301.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId55866941c856af4ab" cstate="print"/>
+                          <a:blip r:embed="rId7832695df4f4eb50b" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId52056941c856af5d2" w:history="1">
+            <w:hyperlink r:id="rId4390695df4f4eb690" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
@@ -1672,63 +1672,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al., </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">2011). The first occurrence in Australia dates back in February 2017 in several private gardens and in a cultivated field in the Perth area (Western Australia). The species was considered under eradication but as early as June 2018, the psyllid was declared not eradicated and a National Plan for the management of the harmful organism was issued (IPPC website. 2017).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="12146191" name="name73656941c856b0ac6" descr="PARZCO_distribution_map.jpg"/>
+            <wp:docPr id="80863215" name="name3603695df4f4ecd95" descr="PARZCO_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="PARZCO_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId24536941c856b0ac3" cstate="print"/>
+                    <a:blip r:embed="rId2758695df4f4ecd92" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -6644,51 +6644,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (1), 85-91.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CNAS (2006) Economic Impacts of Zebra Chip on the Texas Potato Industry. Center for North American Studies. Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId46696941c856b2d18" w:history="1">
+      <w:hyperlink r:id="rId4027695df4f4eefcc" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://cnas.tamu.edu/zebra%20chip%20impacts%20final.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [last accessed October 2020] </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -6759,51 +6759,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Cranshaw WS (2001) Diseases caused by insect toxin: psyllid yellows. In: Compendium of Potato Diseases, 2nd edn (Eds. Stevenson WR, Loria R, Franc GD &amp; Weingartner DP), pp. 73–74, APS Press St. Paul, MN. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Crosslin JM, Munyaneza JE, Brown JK &amp; Liefting LW (2010) Potato zebra chip disease: a phytopathological tale. Online. Plant Health Progress. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId35006941c856b2dee" w:history="1">
+      <w:hyperlink r:id="rId5431695df4f4ef09d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PHP-2010-0317-01-RV</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7500,51 +7500,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Ferguson G, Banks E &amp; Fraser H (2003)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> B. cockerelli </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">in Canada potato psyllid – a new pest in greenhouse tomatoes and peppers. OMAF. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId33806941c856b329e" w:history="1">
+      <w:hyperlink r:id="rId3267695df4f4ef560" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.omafra.gov.on.ca/english/crops/facts/potato_psyllid.htm</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 26 October 2010].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -10735,51 +10735,51 @@
         </w:rPr>
         <w:t xml:space="preserve">Plos ONE </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">5</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), e0230741.  </w:t>
       </w:r>
-      <w:hyperlink r:id="rId16816941c856b484a" w:history="1">
+      <w:hyperlink r:id="rId1909695df4f4f0a0b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1371/journal.pone.0230741</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -10999,51 +10999,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">259–268.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Trumble J (2009) Potato Psyllid. Center for Invasive Species Research, University of California, Riverside. Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId24276941c856b49f9" w:history="1">
+      <w:hyperlink r:id="rId8249695df4f4f0bb4" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://cisr.ucr.edu/invasive-species/potato-psyllid</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [last accessed October 2020].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -11332,51 +11332,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">11</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(5), 298. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId89036941c856b4c6f" w:history="1">
+      <w:hyperlink r:id="rId2251695df4f4f0dc1" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3390/insects11050298</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -11694,51 +11694,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Xia, Qing (2017) Analysis of historical and current distribution of potato psyllid (</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Bactericera cockerelli</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">) and the induced plant disease psyllid yellows, in relation to standard climate indices. PhD Thesis, University of Lethbridge Research Repository, </w:t>
       </w:r>
-      <w:hyperlink r:id="rId50196941c856b4ed2" w:history="1">
+      <w:hyperlink r:id="rId2564695df4f4f0fff" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://hdl.handle.net/10133/4924</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -11929,73 +11929,73 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">How to cite this datasheet?</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">EPPO (2025) </w:t>
+        <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Bactericera cockerelli</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId87456941c856b508b" w:history="1">
+      <w:hyperlink r:id="rId9992695df4f4f119f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -12071,90 +12071,90 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Bulletin </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">43</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 202-208. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId99116941c856b5156" w:history="1">
+      <w:hyperlink r:id="rId4499695df4f4f1266" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.12044</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="4369367" name="name60106941c856b51cb" descr="eu_funding_250.png"/>
+            <wp:docPr id="53250587" name="name4162695df4f4f1536" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId85176941c856b51ca" cstate="print"/>
+                    <a:blip r:embed="rId2556695df4f4f1534" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -12252,137 +12252,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="29099625">
+  <w:abstractNum w:abstractNumId="43196915">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="55841821">
+    <w:lvl w:ilvl="0" w:tplc="51417543">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="55841821" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="51417543" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="55841821" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="51417543" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="55841821" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="51417543" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="55841821" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="51417543" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="55841821" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="51417543" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="55841821" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="51417543" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="55841821" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="51417543" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="55841821" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="51417543" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="29099624">
+  <w:abstractNum w:abstractNumId="43196914">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="64639733">
+    <w:lvl w:ilvl="0" w:tplc="36900275">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -13134,55 +13134,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="29099624">
-    <w:abstractNumId w:val="29099624"/>
+  <w:num w:numId="43196914">
+    <w:abstractNumId w:val="43196914"/>
   </w:num>
-  <w:num w:numId="29099625">
-    <w:abstractNumId w:val="29099625"/>
+  <w:num w:numId="43196915">
+    <w:abstractNumId w:val="43196915"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -24732,51 +24732,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId260552389" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId480847448" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId77096941c856ae8a2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/LIBEPS/datasheet" TargetMode="External"/><Relationship Id="rId10096941c856aead0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PARZCO/" TargetMode="External"/><Relationship Id="rId26906941c856aeb38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PARZCO/categorization" TargetMode="External"/><Relationship Id="rId52056941c856af5d2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PARZCO/photos" TargetMode="External"/><Relationship Id="rId46696941c856b2d18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://cnas.tamu.edu/zebra%20chip%20impacts%20final.pdf" TargetMode="External"/><Relationship Id="rId35006941c856b2dee" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHP-2010-0317-01-RV" TargetMode="External"/><Relationship Id="rId33806941c856b329e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.omafra.gov.on.ca/english/crops/facts/potato_psyllid.htm" TargetMode="External"/><Relationship Id="rId16816941c856b484a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1371/journal.pone.0230741" TargetMode="External"/><Relationship Id="rId24276941c856b49f9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cisr.ucr.edu/invasive-species/potato-psyllid" TargetMode="External"/><Relationship Id="rId89036941c856b4c6f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/insects11050298" TargetMode="External"/><Relationship Id="rId50196941c856b4ed2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hdl.handle.net/10133/4924" TargetMode="External"/><Relationship Id="rId87456941c856b508b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId99116941c856b5156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12044" TargetMode="External"/><Relationship Id="rId55866941c856af4ab" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId55866941c856af4ab.jpg"/><Relationship Id="rId24536941c856b0ac3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId24536941c856b0ac3.jpg"/><Relationship Id="rId85176941c856b51ca" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId85176941c856b51ca.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId583012968" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId637606118" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId5646695df4f4eaa1b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/LIBEPS/datasheet" TargetMode="External"/><Relationship Id="rId7625695df4f4eac7b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PARZCO/" TargetMode="External"/><Relationship Id="rId4374695df4f4eace3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PARZCO/categorization" TargetMode="External"/><Relationship Id="rId4390695df4f4eb690" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PARZCO/photos" TargetMode="External"/><Relationship Id="rId4027695df4f4eefcc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://cnas.tamu.edu/zebra%20chip%20impacts%20final.pdf" TargetMode="External"/><Relationship Id="rId5431695df4f4ef09d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHP-2010-0317-01-RV" TargetMode="External"/><Relationship Id="rId3267695df4f4ef560" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.omafra.gov.on.ca/english/crops/facts/potato_psyllid.htm" TargetMode="External"/><Relationship Id="rId1909695df4f4f0a0b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1371/journal.pone.0230741" TargetMode="External"/><Relationship Id="rId8249695df4f4f0bb4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cisr.ucr.edu/invasive-species/potato-psyllid" TargetMode="External"/><Relationship Id="rId2251695df4f4f0dc1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/insects11050298" TargetMode="External"/><Relationship Id="rId2564695df4f4f0fff" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hdl.handle.net/10133/4924" TargetMode="External"/><Relationship Id="rId9992695df4f4f119f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId4499695df4f4f1266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12044" TargetMode="External"/><Relationship Id="rId7832695df4f4eb50b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId7832695df4f4eb50b.jpg"/><Relationship Id="rId2758695df4f4ecd92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId2758695df4f4ecd92.jpg"/><Relationship Id="rId2556695df4f4f1534" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId2556695df4f4f1534.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>