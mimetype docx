--- v4 (2026-01-07)
+++ v5 (2026-02-15)
@@ -91,51 +91,51 @@
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">Bactericera cockerelli</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> is a pest in itself (feeding damage), and it transmits ‘</w:t>
       </w:r>
-      <w:hyperlink r:id="rId5646695df4f4eaa1b" w:history="1">
+      <w:hyperlink r:id="rId8022699223c77d7b8" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:i/>
             <w:iCs/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">Candidatus </w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">Liberibacter solanacearum</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
@@ -355,51 +355,51 @@
               <w:t xml:space="preserve"> Šulc</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> potato psyllid, tomato psyllid</w:t>
             </w:r>
-            <w:hyperlink r:id="rId7625695df4f4eac7b" w:history="1">
+            <w:hyperlink r:id="rId4964699223c77d9ae" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -413,53 +413,53 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve"> A1 Quarantine pest (Annex II A)</w:t>
+              <w:t xml:space="preserve"> Quarantine pest ((EU) 2019/2072 Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId4374695df4f4eace3" w:history="1">
+            <w:hyperlink r:id="rId4245699223c77da14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -473,86 +473,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> PARZCO</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="68270495" name="name9553695df4f4eb50e" descr="4301.jpg"/>
+                  <wp:docPr id="57740215" name="name1903699223c77dade" descr="4301.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="4301.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId7832695df4f4eb50b" cstate="print"/>
+                          <a:blip r:embed="rId9081699223c77dadc" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId4390695df4f4eb690" w:history="1">
+            <w:hyperlink r:id="rId5452699223c77dbc9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
@@ -1672,63 +1672,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al., </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">2011). The first occurrence in Australia dates back in February 2017 in several private gardens and in a cultivated field in the Perth area (Western Australia). The species was considered under eradication but as early as June 2018, the psyllid was declared not eradicated and a National Plan for the management of the harmful organism was issued (IPPC website. 2017).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="80863215" name="name3603695df4f4ecd95" descr="PARZCO_distribution_map.jpg"/>
+            <wp:docPr id="53574700" name="name1875699223c77ed47" descr="PARZCO_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="PARZCO_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId2758695df4f4ecd92" cstate="print"/>
+                    <a:blip r:embed="rId3334699223c77ed45" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -6644,51 +6644,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (1), 85-91.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CNAS (2006) Economic Impacts of Zebra Chip on the Texas Potato Industry. Center for North American Studies. Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4027695df4f4eefcc" w:history="1">
+      <w:hyperlink r:id="rId1105699223c780e8a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://cnas.tamu.edu/zebra%20chip%20impacts%20final.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [last accessed October 2020] </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -6759,51 +6759,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Cranshaw WS (2001) Diseases caused by insect toxin: psyllid yellows. In: Compendium of Potato Diseases, 2nd edn (Eds. Stevenson WR, Loria R, Franc GD &amp; Weingartner DP), pp. 73–74, APS Press St. Paul, MN. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Crosslin JM, Munyaneza JE, Brown JK &amp; Liefting LW (2010) Potato zebra chip disease: a phytopathological tale. Online. Plant Health Progress. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5431695df4f4ef09d" w:history="1">
+      <w:hyperlink r:id="rId5465699223c780f4e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PHP-2010-0317-01-RV</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7500,51 +7500,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Ferguson G, Banks E &amp; Fraser H (2003)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> B. cockerelli </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">in Canada potato psyllid – a new pest in greenhouse tomatoes and peppers. OMAF. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3267695df4f4ef560" w:history="1">
+      <w:hyperlink r:id="rId6958699223c7813e4" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.omafra.gov.on.ca/english/crops/facts/potato_psyllid.htm</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 26 October 2010].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -10735,51 +10735,51 @@
         </w:rPr>
         <w:t xml:space="preserve">Plos ONE </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">5</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), e0230741.  </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1909695df4f4f0a0b" w:history="1">
+      <w:hyperlink r:id="rId3401699223c78284d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1371/journal.pone.0230741</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -10999,51 +10999,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">259–268.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Trumble J (2009) Potato Psyllid. Center for Invasive Species Research, University of California, Riverside. Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8249695df4f4f0bb4" w:history="1">
+      <w:hyperlink r:id="rId3176699223c7829f2" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://cisr.ucr.edu/invasive-species/potato-psyllid</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [last accessed October 2020].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -11332,51 +11332,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">11</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(5), 298. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2251695df4f4f0dc1" w:history="1">
+      <w:hyperlink r:id="rId8279699223c782bff" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3390/insects11050298</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -11694,51 +11694,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Xia, Qing (2017) Analysis of historical and current distribution of potato psyllid (</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Bactericera cockerelli</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">) and the induced plant disease psyllid yellows, in relation to standard climate indices. PhD Thesis, University of Lethbridge Research Repository, </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2564695df4f4f0fff" w:history="1">
+      <w:hyperlink r:id="rId5585699223c782e8e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://hdl.handle.net/10133/4924</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -11951,51 +11951,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Bactericera cockerelli</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9992695df4f4f119f" w:history="1">
+      <w:hyperlink r:id="rId7665699223c783055" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -12071,90 +12071,90 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Bulletin </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">43</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 202-208. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4499695df4f4f1266" w:history="1">
+      <w:hyperlink r:id="rId6822699223c78312d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.12044</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="53250587" name="name4162695df4f4f1536" descr="eu_funding_250.png"/>
+            <wp:docPr id="45370028" name="name6568699223c783195" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId2556695df4f4f1534" cstate="print"/>
+                    <a:blip r:embed="rId3009699223c783194" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -12252,137 +12252,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="43196915">
+  <w:abstractNum w:abstractNumId="99826267">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="51417543">
+    <w:lvl w:ilvl="0" w:tplc="98234644">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="51417543" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="98234644" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="51417543" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="98234644" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="51417543" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="98234644" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="51417543" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="98234644" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="51417543" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="98234644" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="51417543" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="98234644" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="51417543" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="98234644" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="51417543" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="98234644" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="43196914">
+  <w:abstractNum w:abstractNumId="99826266">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="36900275">
+    <w:lvl w:ilvl="0" w:tplc="52144190">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -13134,55 +13134,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="43196914">
-    <w:abstractNumId w:val="43196914"/>
+  <w:num w:numId="99826266">
+    <w:abstractNumId w:val="99826266"/>
   </w:num>
-  <w:num w:numId="43196915">
-    <w:abstractNumId w:val="43196915"/>
+  <w:num w:numId="99826267">
+    <w:abstractNumId w:val="99826267"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -24732,51 +24732,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId583012968" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId637606118" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId5646695df4f4eaa1b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/LIBEPS/datasheet" TargetMode="External"/><Relationship Id="rId7625695df4f4eac7b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PARZCO/" TargetMode="External"/><Relationship Id="rId4374695df4f4eace3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PARZCO/categorization" TargetMode="External"/><Relationship Id="rId4390695df4f4eb690" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PARZCO/photos" TargetMode="External"/><Relationship Id="rId4027695df4f4eefcc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://cnas.tamu.edu/zebra%20chip%20impacts%20final.pdf" TargetMode="External"/><Relationship Id="rId5431695df4f4ef09d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHP-2010-0317-01-RV" TargetMode="External"/><Relationship Id="rId3267695df4f4ef560" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.omafra.gov.on.ca/english/crops/facts/potato_psyllid.htm" TargetMode="External"/><Relationship Id="rId1909695df4f4f0a0b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1371/journal.pone.0230741" TargetMode="External"/><Relationship Id="rId8249695df4f4f0bb4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cisr.ucr.edu/invasive-species/potato-psyllid" TargetMode="External"/><Relationship Id="rId2251695df4f4f0dc1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/insects11050298" TargetMode="External"/><Relationship Id="rId2564695df4f4f0fff" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hdl.handle.net/10133/4924" TargetMode="External"/><Relationship Id="rId9992695df4f4f119f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId4499695df4f4f1266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12044" TargetMode="External"/><Relationship Id="rId7832695df4f4eb50b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId7832695df4f4eb50b.jpg"/><Relationship Id="rId2758695df4f4ecd92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId2758695df4f4ecd92.jpg"/><Relationship Id="rId2556695df4f4f1534" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId2556695df4f4f1534.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId567135078" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId949847537" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId8022699223c77d7b8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/LIBEPS/datasheet" TargetMode="External"/><Relationship Id="rId4964699223c77d9ae" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PARZCO/" TargetMode="External"/><Relationship Id="rId4245699223c77da14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PARZCO/categorization" TargetMode="External"/><Relationship Id="rId5452699223c77dbc9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PARZCO/photos" TargetMode="External"/><Relationship Id="rId1105699223c780e8a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://cnas.tamu.edu/zebra%20chip%20impacts%20final.pdf" TargetMode="External"/><Relationship Id="rId5465699223c780f4e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHP-2010-0317-01-RV" TargetMode="External"/><Relationship Id="rId6958699223c7813e4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.omafra.gov.on.ca/english/crops/facts/potato_psyllid.htm" TargetMode="External"/><Relationship Id="rId3401699223c78284d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1371/journal.pone.0230741" TargetMode="External"/><Relationship Id="rId3176699223c7829f2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cisr.ucr.edu/invasive-species/potato-psyllid" TargetMode="External"/><Relationship Id="rId8279699223c782bff" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/insects11050298" TargetMode="External"/><Relationship Id="rId5585699223c782e8e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hdl.handle.net/10133/4924" TargetMode="External"/><Relationship Id="rId7665699223c783055" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId6822699223c78312d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12044" TargetMode="External"/><Relationship Id="rId9081699223c77dadc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId9081699223c77dadc.jpg"/><Relationship Id="rId3334699223c77ed45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId3334699223c77ed45.jpg"/><Relationship Id="rId3009699223c783194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId3009699223c783194.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>