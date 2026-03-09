--- v5 (2026-02-15)
+++ v6 (2026-03-09)
@@ -91,51 +91,51 @@
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">Bactericera cockerelli</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> is a pest in itself (feeding damage), and it transmits ‘</w:t>
       </w:r>
-      <w:hyperlink r:id="rId8022699223c77d7b8" w:history="1">
+      <w:hyperlink r:id="rId862069ae5f00111f9" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:i/>
             <w:iCs/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">Candidatus </w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">Liberibacter solanacearum</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
@@ -355,51 +355,51 @@
               <w:t xml:space="preserve"> Šulc</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> potato psyllid, tomato psyllid</w:t>
             </w:r>
-            <w:hyperlink r:id="rId4964699223c77d9ae" w:history="1">
+            <w:hyperlink r:id="rId492169ae5f0011418" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -415,51 +415,51 @@
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Quarantine pest ((EU) 2019/2072 Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId4245699223c77da14" w:history="1">
+            <w:hyperlink r:id="rId649569ae5f001147f" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -473,86 +473,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> PARZCO</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="57740215" name="name1903699223c77dade" descr="4301.jpg"/>
+                  <wp:docPr id="56923087" name="name871669ae5f0011b9c" descr="4301.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="4301.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId9081699223c77dadc" cstate="print"/>
+                          <a:blip r:embed="rId322169ae5f0011b99" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId5452699223c77dbc9" w:history="1">
+            <w:hyperlink r:id="rId646969ae5f0011cd2" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
@@ -1672,63 +1672,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al., </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">2011). The first occurrence in Australia dates back in February 2017 in several private gardens and in a cultivated field in the Perth area (Western Australia). The species was considered under eradication but as early as June 2018, the psyllid was declared not eradicated and a National Plan for the management of the harmful organism was issued (IPPC website. 2017).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="53574700" name="name1875699223c77ed47" descr="PARZCO_distribution_map.jpg"/>
+            <wp:docPr id="52043903" name="name233969ae5f001328d" descr="PARZCO_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="PARZCO_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId3334699223c77ed45" cstate="print"/>
+                    <a:blip r:embed="rId435869ae5f001328a" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -6644,51 +6644,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (1), 85-91.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CNAS (2006) Economic Impacts of Zebra Chip on the Texas Potato Industry. Center for North American Studies. Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1105699223c780e8a" w:history="1">
+      <w:hyperlink r:id="rId593269ae5f00155c7" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://cnas.tamu.edu/zebra%20chip%20impacts%20final.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [last accessed October 2020] </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -6759,51 +6759,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Cranshaw WS (2001) Diseases caused by insect toxin: psyllid yellows. In: Compendium of Potato Diseases, 2nd edn (Eds. Stevenson WR, Loria R, Franc GD &amp; Weingartner DP), pp. 73–74, APS Press St. Paul, MN. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Crosslin JM, Munyaneza JE, Brown JK &amp; Liefting LW (2010) Potato zebra chip disease: a phytopathological tale. Online. Plant Health Progress. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5465699223c780f4e" w:history="1">
+      <w:hyperlink r:id="rId637069ae5f001568b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PHP-2010-0317-01-RV</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7500,51 +7500,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Ferguson G, Banks E &amp; Fraser H (2003)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> B. cockerelli </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">in Canada potato psyllid – a new pest in greenhouse tomatoes and peppers. OMAF. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6958699223c7813e4" w:history="1">
+      <w:hyperlink r:id="rId513069ae5f0015b40" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.omafra.gov.on.ca/english/crops/facts/potato_psyllid.htm</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 26 October 2010].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -10735,51 +10735,51 @@
         </w:rPr>
         <w:t xml:space="preserve">Plos ONE </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">5</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), e0230741.  </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3401699223c78284d" w:history="1">
+      <w:hyperlink r:id="rId911669ae5f0016fea" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1371/journal.pone.0230741</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -10999,51 +10999,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">259–268.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Trumble J (2009) Potato Psyllid. Center for Invasive Species Research, University of California, Riverside. Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3176699223c7829f2" w:history="1">
+      <w:hyperlink r:id="rId383869ae5f0017193" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://cisr.ucr.edu/invasive-species/potato-psyllid</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [last accessed October 2020].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -11332,51 +11332,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">11</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(5), 298. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8279699223c782bff" w:history="1">
+      <w:hyperlink r:id="rId107869ae5f00173ac" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3390/insects11050298</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -11694,51 +11694,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Xia, Qing (2017) Analysis of historical and current distribution of potato psyllid (</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Bactericera cockerelli</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">) and the induced plant disease psyllid yellows, in relation to standard climate indices. PhD Thesis, University of Lethbridge Research Repository, </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5585699223c782e8e" w:history="1">
+      <w:hyperlink r:id="rId616969ae5f00175f5" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://hdl.handle.net/10133/4924</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -11951,51 +11951,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Bactericera cockerelli</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7665699223c783055" w:history="1">
+      <w:hyperlink r:id="rId262869ae5f00177b6" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -12071,90 +12071,90 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Bulletin </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">43</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 202-208. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6822699223c78312d" w:history="1">
+      <w:hyperlink r:id="rId950969ae5f001787f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.12044</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="45370028" name="name6568699223c783195" descr="eu_funding_250.png"/>
+            <wp:docPr id="41843684" name="name546969ae5f00178f1" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId3009699223c783194" cstate="print"/>
+                    <a:blip r:embed="rId627669ae5f00178f0" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -12252,137 +12252,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="99826267">
+  <w:abstractNum w:abstractNumId="93640379">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="98234644">
+    <w:lvl w:ilvl="0" w:tplc="15031570">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="98234644" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="15031570" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="98234644" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="15031570" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="98234644" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="15031570" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="98234644" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="15031570" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="98234644" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="15031570" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="98234644" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="15031570" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="98234644" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="15031570" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="98234644" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="15031570" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="99826266">
+  <w:abstractNum w:abstractNumId="93640378">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="52144190">
+    <w:lvl w:ilvl="0" w:tplc="16448047">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -13134,55 +13134,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="99826266">
-    <w:abstractNumId w:val="99826266"/>
+  <w:num w:numId="93640378">
+    <w:abstractNumId w:val="93640378"/>
   </w:num>
-  <w:num w:numId="99826267">
-    <w:abstractNumId w:val="99826267"/>
+  <w:num w:numId="93640379">
+    <w:abstractNumId w:val="93640379"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -24732,51 +24732,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId567135078" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId949847537" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId8022699223c77d7b8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/LIBEPS/datasheet" TargetMode="External"/><Relationship Id="rId4964699223c77d9ae" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PARZCO/" TargetMode="External"/><Relationship Id="rId4245699223c77da14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PARZCO/categorization" TargetMode="External"/><Relationship Id="rId5452699223c77dbc9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PARZCO/photos" TargetMode="External"/><Relationship Id="rId1105699223c780e8a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://cnas.tamu.edu/zebra%20chip%20impacts%20final.pdf" TargetMode="External"/><Relationship Id="rId5465699223c780f4e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHP-2010-0317-01-RV" TargetMode="External"/><Relationship Id="rId6958699223c7813e4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.omafra.gov.on.ca/english/crops/facts/potato_psyllid.htm" TargetMode="External"/><Relationship Id="rId3401699223c78284d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1371/journal.pone.0230741" TargetMode="External"/><Relationship Id="rId3176699223c7829f2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cisr.ucr.edu/invasive-species/potato-psyllid" TargetMode="External"/><Relationship Id="rId8279699223c782bff" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/insects11050298" TargetMode="External"/><Relationship Id="rId5585699223c782e8e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hdl.handle.net/10133/4924" TargetMode="External"/><Relationship Id="rId7665699223c783055" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId6822699223c78312d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12044" TargetMode="External"/><Relationship Id="rId9081699223c77dadc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId9081699223c77dadc.jpg"/><Relationship Id="rId3334699223c77ed45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId3334699223c77ed45.jpg"/><Relationship Id="rId3009699223c783194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId3009699223c783194.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId333395558" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId556364762" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId862069ae5f00111f9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/LIBEPS/datasheet" TargetMode="External"/><Relationship Id="rId492169ae5f0011418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PARZCO/" TargetMode="External"/><Relationship Id="rId649569ae5f001147f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PARZCO/categorization" TargetMode="External"/><Relationship Id="rId646969ae5f0011cd2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PARZCO/photos" TargetMode="External"/><Relationship Id="rId593269ae5f00155c7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://cnas.tamu.edu/zebra%20chip%20impacts%20final.pdf" TargetMode="External"/><Relationship Id="rId637069ae5f001568b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHP-2010-0317-01-RV" TargetMode="External"/><Relationship Id="rId513069ae5f0015b40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.omafra.gov.on.ca/english/crops/facts/potato_psyllid.htm" TargetMode="External"/><Relationship Id="rId911669ae5f0016fea" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1371/journal.pone.0230741" TargetMode="External"/><Relationship Id="rId383869ae5f0017193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cisr.ucr.edu/invasive-species/potato-psyllid" TargetMode="External"/><Relationship Id="rId107869ae5f00173ac" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/insects11050298" TargetMode="External"/><Relationship Id="rId616969ae5f00175f5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hdl.handle.net/10133/4924" TargetMode="External"/><Relationship Id="rId262869ae5f00177b6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId950969ae5f001787f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12044" TargetMode="External"/><Relationship Id="rId322169ae5f0011b99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId322169ae5f0011b99.jpg"/><Relationship Id="rId435869ae5f001328a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId435869ae5f001328a.jpg"/><Relationship Id="rId627669ae5f00178f0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId627669ae5f00178f0.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>