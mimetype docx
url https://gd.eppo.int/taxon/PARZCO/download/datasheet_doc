--- v6 (2026-03-09)
+++ v7 (2026-03-30)
@@ -91,51 +91,51 @@
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">Bactericera cockerelli</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> is a pest in itself (feeding damage), and it transmits ‘</w:t>
       </w:r>
-      <w:hyperlink r:id="rId862069ae5f00111f9" w:history="1">
+      <w:hyperlink r:id="rId206569ca548e878bc" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:i/>
             <w:iCs/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">Candidatus </w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">Liberibacter solanacearum</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
@@ -355,51 +355,51 @@
               <w:t xml:space="preserve"> Šulc</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> potato psyllid, tomato psyllid</w:t>
             </w:r>
-            <w:hyperlink r:id="rId492169ae5f0011418" w:history="1">
+            <w:hyperlink r:id="rId814269ca548e87ac6" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -415,51 +415,51 @@
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Quarantine pest ((EU) 2019/2072 Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId649569ae5f001147f" w:history="1">
+            <w:hyperlink r:id="rId771069ca548e87b2c" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -473,86 +473,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> PARZCO</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="56923087" name="name871669ae5f0011b9c" descr="4301.jpg"/>
+                  <wp:docPr id="9878746" name="name193769ca548e880f5" descr="4301.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="4301.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId322169ae5f0011b99" cstate="print"/>
+                          <a:blip r:embed="rId161869ca548e880f3" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId646969ae5f0011cd2" w:history="1">
+            <w:hyperlink r:id="rId546669ca548e8820e" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
@@ -1672,63 +1672,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al., </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">2011). The first occurrence in Australia dates back in February 2017 in several private gardens and in a cultivated field in the Perth area (Western Australia). The species was considered under eradication but as early as June 2018, the psyllid was declared not eradicated and a National Plan for the management of the harmful organism was issued (IPPC website. 2017).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="52043903" name="name233969ae5f001328d" descr="PARZCO_distribution_map.jpg"/>
+            <wp:docPr id="86964725" name="name509069ca548e89535" descr="PARZCO_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="PARZCO_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId435869ae5f001328a" cstate="print"/>
+                    <a:blip r:embed="rId633469ca548e89532" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -6644,51 +6644,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (1), 85-91.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CNAS (2006) Economic Impacts of Zebra Chip on the Texas Potato Industry. Center for North American Studies. Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId593269ae5f00155c7" w:history="1">
+      <w:hyperlink r:id="rId617369ca548e8b816" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://cnas.tamu.edu/zebra%20chip%20impacts%20final.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [last accessed October 2020] </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -6759,51 +6759,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Cranshaw WS (2001) Diseases caused by insect toxin: psyllid yellows. In: Compendium of Potato Diseases, 2nd edn (Eds. Stevenson WR, Loria R, Franc GD &amp; Weingartner DP), pp. 73–74, APS Press St. Paul, MN. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Crosslin JM, Munyaneza JE, Brown JK &amp; Liefting LW (2010) Potato zebra chip disease: a phytopathological tale. Online. Plant Health Progress. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId637069ae5f001568b" w:history="1">
+      <w:hyperlink r:id="rId189269ca548e8b8df" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PHP-2010-0317-01-RV</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7500,51 +7500,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Ferguson G, Banks E &amp; Fraser H (2003)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> B. cockerelli </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">in Canada potato psyllid – a new pest in greenhouse tomatoes and peppers. OMAF. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId513069ae5f0015b40" w:history="1">
+      <w:hyperlink r:id="rId141869ca548e8be19" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.omafra.gov.on.ca/english/crops/facts/potato_psyllid.htm</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 26 October 2010].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -10735,51 +10735,51 @@
         </w:rPr>
         <w:t xml:space="preserve">Plos ONE </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">5</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), e0230741.  </w:t>
       </w:r>
-      <w:hyperlink r:id="rId911669ae5f0016fea" w:history="1">
+      <w:hyperlink r:id="rId539769ca548e8d42a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1371/journal.pone.0230741</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -10999,51 +10999,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">259–268.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Trumble J (2009) Potato Psyllid. Center for Invasive Species Research, University of California, Riverside. Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId383869ae5f0017193" w:history="1">
+      <w:hyperlink r:id="rId739969ca548e8d5db" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://cisr.ucr.edu/invasive-species/potato-psyllid</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [last accessed October 2020].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -11332,51 +11332,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">11</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(5), 298. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId107869ae5f00173ac" w:history="1">
+      <w:hyperlink r:id="rId445769ca548e8d7ef" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3390/insects11050298</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -11694,51 +11694,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Xia, Qing (2017) Analysis of historical and current distribution of potato psyllid (</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Bactericera cockerelli</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">) and the induced plant disease psyllid yellows, in relation to standard climate indices. PhD Thesis, University of Lethbridge Research Repository, </w:t>
       </w:r>
-      <w:hyperlink r:id="rId616969ae5f00175f5" w:history="1">
+      <w:hyperlink r:id="rId536669ca548e8da50" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://hdl.handle.net/10133/4924</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -11951,51 +11951,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Bactericera cockerelli</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId262869ae5f00177b6" w:history="1">
+      <w:hyperlink r:id="rId917269ca548e8dc01" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -12071,90 +12071,90 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Bulletin </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">43</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 202-208. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId950969ae5f001787f" w:history="1">
+      <w:hyperlink r:id="rId324869ca548e8dccf" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.12044</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="41843684" name="name546969ae5f00178f1" descr="eu_funding_250.png"/>
+            <wp:docPr id="58464603" name="name657669ca548e8df39" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId627669ae5f00178f0" cstate="print"/>
+                    <a:blip r:embed="rId803369ca548e8df37" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -12252,137 +12252,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="93640379">
+  <w:abstractNum w:abstractNumId="17040763">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="15031570">
+    <w:lvl w:ilvl="0" w:tplc="42304771">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="15031570" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="42304771" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="15031570" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="42304771" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="15031570" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="42304771" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="15031570" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="42304771" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="15031570" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="42304771" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="15031570" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="42304771" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="15031570" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="42304771" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="15031570" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="42304771" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="93640378">
+  <w:abstractNum w:abstractNumId="17040762">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="16448047">
+    <w:lvl w:ilvl="0" w:tplc="47159012">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -13134,55 +13134,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="93640378">
-    <w:abstractNumId w:val="93640378"/>
+  <w:num w:numId="17040762">
+    <w:abstractNumId w:val="17040762"/>
   </w:num>
-  <w:num w:numId="93640379">
-    <w:abstractNumId w:val="93640379"/>
+  <w:num w:numId="17040763">
+    <w:abstractNumId w:val="17040763"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -24732,51 +24732,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId333395558" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId556364762" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId862069ae5f00111f9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/LIBEPS/datasheet" TargetMode="External"/><Relationship Id="rId492169ae5f0011418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PARZCO/" TargetMode="External"/><Relationship Id="rId649569ae5f001147f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PARZCO/categorization" TargetMode="External"/><Relationship Id="rId646969ae5f0011cd2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PARZCO/photos" TargetMode="External"/><Relationship Id="rId593269ae5f00155c7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://cnas.tamu.edu/zebra%20chip%20impacts%20final.pdf" TargetMode="External"/><Relationship Id="rId637069ae5f001568b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHP-2010-0317-01-RV" TargetMode="External"/><Relationship Id="rId513069ae5f0015b40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.omafra.gov.on.ca/english/crops/facts/potato_psyllid.htm" TargetMode="External"/><Relationship Id="rId911669ae5f0016fea" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1371/journal.pone.0230741" TargetMode="External"/><Relationship Id="rId383869ae5f0017193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cisr.ucr.edu/invasive-species/potato-psyllid" TargetMode="External"/><Relationship Id="rId107869ae5f00173ac" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/insects11050298" TargetMode="External"/><Relationship Id="rId616969ae5f00175f5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hdl.handle.net/10133/4924" TargetMode="External"/><Relationship Id="rId262869ae5f00177b6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId950969ae5f001787f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12044" TargetMode="External"/><Relationship Id="rId322169ae5f0011b99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId322169ae5f0011b99.jpg"/><Relationship Id="rId435869ae5f001328a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId435869ae5f001328a.jpg"/><Relationship Id="rId627669ae5f00178f0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId627669ae5f00178f0.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId886876766" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId703356897" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId206569ca548e878bc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/LIBEPS/datasheet" TargetMode="External"/><Relationship Id="rId814269ca548e87ac6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PARZCO/" TargetMode="External"/><Relationship Id="rId771069ca548e87b2c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PARZCO/categorization" TargetMode="External"/><Relationship Id="rId546669ca548e8820e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PARZCO/photos" TargetMode="External"/><Relationship Id="rId617369ca548e8b816" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://cnas.tamu.edu/zebra%20chip%20impacts%20final.pdf" TargetMode="External"/><Relationship Id="rId189269ca548e8b8df" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHP-2010-0317-01-RV" TargetMode="External"/><Relationship Id="rId141869ca548e8be19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.omafra.gov.on.ca/english/crops/facts/potato_psyllid.htm" TargetMode="External"/><Relationship Id="rId539769ca548e8d42a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1371/journal.pone.0230741" TargetMode="External"/><Relationship Id="rId739969ca548e8d5db" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cisr.ucr.edu/invasive-species/potato-psyllid" TargetMode="External"/><Relationship Id="rId445769ca548e8d7ef" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/insects11050298" TargetMode="External"/><Relationship Id="rId536669ca548e8da50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hdl.handle.net/10133/4924" TargetMode="External"/><Relationship Id="rId917269ca548e8dc01" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId324869ca548e8dccf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12044" TargetMode="External"/><Relationship Id="rId161869ca548e880f3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId161869ca548e880f3.jpg"/><Relationship Id="rId633469ca548e89532" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId633469ca548e89532.jpg"/><Relationship Id="rId803369ca548e8df37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId803369ca548e8df37.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>