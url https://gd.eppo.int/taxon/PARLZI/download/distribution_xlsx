--- v0 (2025-10-12)
+++ v1 (2026-02-16)
@@ -650,51 +650,51 @@
   <si>
     <t>sd</t>
   </si>
   <si>
     <t>Sicilia</t>
   </si>
   <si>
     <t>Malta</t>
   </si>
   <si>
     <t>MT</t>
   </si>
   <si>
     <t>Portugal</t>
   </si>
   <si>
     <t>PT</t>
   </si>
   <si>
     <t>Romania</t>
   </si>
   <si>
     <t>RO</t>
   </si>
   <si>
-    <t>Russian Federation (the)</t>
+    <t>Russian Federation</t>
   </si>
   <si>
     <t>RU</t>
   </si>
   <si>
     <t>European Russia</t>
   </si>
   <si>
     <t>ru</t>
   </si>
   <si>
     <t>Spain</t>
   </si>
   <si>
     <t>ES</t>
   </si>
   <si>
     <t>Switzerland</t>
   </si>
   <si>
     <t>CH</t>
   </si>
   <si>
     <t>Türkiye</t>
   </si>