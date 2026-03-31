--- v1 (2026-02-16)
+++ v2 (2026-03-31)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="PARLZI" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="239">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="237">
   <si>
     <t>continent</t>
   </si>
   <si>
     <t>country</t>
   </si>
   <si>
     <t>state</t>
   </si>
   <si>
     <t>country code</t>
   </si>
   <si>
     <t>state code</t>
   </si>
   <si>
     <t>Status</t>
   </si>
   <si>
     <t>Africa</t>
   </si>
   <si>
     <t>Algeria</t>
   </si>
   <si>
@@ -654,56 +654,50 @@
     <t>Sicilia</t>
   </si>
   <si>
     <t>Malta</t>
   </si>
   <si>
     <t>MT</t>
   </si>
   <si>
     <t>Portugal</t>
   </si>
   <si>
     <t>PT</t>
   </si>
   <si>
     <t>Romania</t>
   </si>
   <si>
     <t>RO</t>
   </si>
   <si>
     <t>Russian Federation</t>
   </si>
   <si>
     <t>RU</t>
-  </si>
-[...4 lines deleted...]
-    <t>ru</t>
   </si>
   <si>
     <t>Spain</t>
   </si>
   <si>
     <t>ES</t>
   </si>
   <si>
     <t>Switzerland</t>
   </si>
   <si>
     <t>CH</t>
   </si>
   <si>
     <t>Türkiye</t>
   </si>
   <si>
     <t>TR</t>
   </si>
   <si>
     <t>Ukraine</t>
   </si>
   <si>
     <t>UA</t>
   </si>
@@ -1076,51 +1070,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:F113"/>
+  <dimension ref="A1:F112"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="11.711" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="45.846" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="15.282" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="38.848" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
@@ -2809,234 +2803,214 @@
       <c r="B101" t="s">
         <v>210</v>
       </c>
       <c r="C101"/>
       <c r="D101" t="s">
         <v>211</v>
       </c>
       <c r="E101"/>
       <c r="F101" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="102" spans="1:6">
       <c r="A102" t="s">
         <v>180</v>
       </c>
       <c r="B102" t="s">
         <v>212</v>
       </c>
       <c r="C102"/>
       <c r="D102" t="s">
         <v>213</v>
       </c>
       <c r="E102"/>
       <c r="F102" t="s">
-        <v>69</v>
+        <v>141</v>
       </c>
     </row>
     <row r="103" spans="1:6">
       <c r="A103" t="s">
         <v>180</v>
       </c>
       <c r="B103" t="s">
-        <v>212</v>
-[...1 lines deleted...]
-      <c r="C103" t="s">
         <v>214</v>
       </c>
+      <c r="C103"/>
       <c r="D103" t="s">
-        <v>213</v>
-[...1 lines deleted...]
-      <c r="E103" t="s">
         <v>215</v>
       </c>
+      <c r="E103"/>
       <c r="F103" t="s">
-        <v>69</v>
+        <v>9</v>
       </c>
     </row>
     <row r="104" spans="1:6">
       <c r="A104" t="s">
         <v>180</v>
       </c>
       <c r="B104" t="s">
         <v>216</v>
       </c>
       <c r="C104"/>
       <c r="D104" t="s">
         <v>217</v>
       </c>
       <c r="E104"/>
       <c r="F104" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="105" spans="1:6">
       <c r="A105" t="s">
         <v>180</v>
       </c>
       <c r="B105" t="s">
         <v>218</v>
       </c>
       <c r="C105"/>
       <c r="D105" t="s">
         <v>219</v>
       </c>
       <c r="E105"/>
       <c r="F105" t="s">
-        <v>9</v>
+        <v>69</v>
       </c>
     </row>
     <row r="106" spans="1:6">
       <c r="A106" t="s">
         <v>180</v>
       </c>
       <c r="B106" t="s">
         <v>220</v>
       </c>
       <c r="C106"/>
       <c r="D106" t="s">
         <v>221</v>
       </c>
       <c r="E106"/>
       <c r="F106" t="s">
-        <v>69</v>
+        <v>9</v>
       </c>
     </row>
     <row r="107" spans="1:6">
       <c r="A107" t="s">
-        <v>180</v>
+        <v>222</v>
       </c>
       <c r="B107" t="s">
-        <v>222</v>
+        <v>223</v>
       </c>
       <c r="C107"/>
       <c r="D107" t="s">
-        <v>223</v>
+        <v>224</v>
       </c>
       <c r="E107"/>
       <c r="F107" t="s">
-        <v>9</v>
+        <v>225</v>
       </c>
     </row>
     <row r="108" spans="1:6">
       <c r="A108" t="s">
+        <v>222</v>
+      </c>
+      <c r="B108" t="s">
+        <v>223</v>
+      </c>
+      <c r="C108" t="s">
+        <v>226</v>
+      </c>
+      <c r="D108" t="s">
         <v>224</v>
       </c>
-      <c r="B108" t="s">
+      <c r="E108" t="s">
+        <v>227</v>
+      </c>
+      <c r="F108" t="s">
         <v>225</v>
-      </c>
-[...6 lines deleted...]
-        <v>227</v>
       </c>
     </row>
     <row r="109" spans="1:6">
       <c r="A109" t="s">
-        <v>224</v>
+        <v>222</v>
       </c>
       <c r="B109" t="s">
-        <v>225</v>
-[...1 lines deleted...]
-      <c r="C109" t="s">
         <v>228</v>
       </c>
+      <c r="C109"/>
       <c r="D109" t="s">
-        <v>226</v>
-[...1 lines deleted...]
-      <c r="E109" t="s">
         <v>229</v>
       </c>
+      <c r="E109"/>
       <c r="F109" t="s">
-        <v>227</v>
+        <v>69</v>
       </c>
     </row>
     <row r="110" spans="1:6">
       <c r="A110" t="s">
-        <v>224</v>
+        <v>222</v>
       </c>
       <c r="B110" t="s">
         <v>230</v>
       </c>
       <c r="C110"/>
       <c r="D110" t="s">
         <v>231</v>
       </c>
       <c r="E110"/>
       <c r="F110" t="s">
-        <v>69</v>
+        <v>9</v>
       </c>
     </row>
     <row r="111" spans="1:6">
       <c r="A111" t="s">
-        <v>224</v>
+        <v>222</v>
       </c>
       <c r="B111" t="s">
         <v>232</v>
       </c>
       <c r="C111"/>
       <c r="D111" t="s">
         <v>233</v>
       </c>
       <c r="E111"/>
       <c r="F111" t="s">
-        <v>9</v>
+        <v>234</v>
       </c>
     </row>
     <row r="112" spans="1:6">
       <c r="A112" t="s">
-        <v>224</v>
+        <v>222</v>
       </c>
       <c r="B112" t="s">
-        <v>234</v>
+        <v>235</v>
       </c>
       <c r="C112"/>
       <c r="D112" t="s">
-        <v>235</v>
+        <v>236</v>
       </c>
       <c r="E112"/>
       <c r="F112" t="s">
-        <v>236</v>
-[...14 lines deleted...]
-      <c r="F113" t="s">
         <v>69</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>