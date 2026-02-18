--- v0 (2025-10-07)
+++ v1 (2026-02-18)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="PAQED" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="112">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="115">
   <si>
     <t>type</t>
   </si>
   <si>
     <t>EPPOCode</t>
   </si>
   <si>
     <t>Pref_name</t>
   </si>
   <si>
     <t>References</t>
   </si>
   <si>
     <t>Doubtful host</t>
   </si>
   <si>
     <t>TETRME</t>
   </si>
   <si>
     <t>Tetranychus mexicanus (as Passiflora)</t>
   </si>
   <si>
     <t>* EPPO (2023) Pest risk analysis for Tetranychus mexicanus. EPPO, Paris
 ------- uncertain host (see PRA for details)
 * Flechtmann C &amp; Abreu J (1973) Ácaros Fitófagos do Estado da Bahia, Brasil (Notas preliminares). Ciência e Cultura, 25(3), 244–251.</t>
@@ -279,50 +279,60 @@
   </si>
   <si>
     <t>CERTCY</t>
   </si>
   <si>
     <t>Neoceratitis cyanescens</t>
   </si>
   <si>
     <t xml:space="preserve">* Hassani IM, Delatte H, Ravaomanarivo LH, Nouhou S, Duyck PF (2022) Niche partitioning via host plants and altitude among fruit flies following the invasion of Bactrocera dorsalis. Agricultural and Forest Entomology. https://doi.org/10.1111/afe.12522
 </t>
   </si>
   <si>
     <t>OLIGPA</t>
   </si>
   <si>
     <t>Oligonychus perseae</t>
   </si>
   <si>
     <t>* Torres E, Álvarez-Acosta C, Ferragut F, Hernández-Suárez EM (2024) Oligonychus perseae (Tetranychidae) invasion in the Canary Islands: History, management and current situation. Agronomy 14, 920. https://doi.org/10.3390/agronomy14050920</t>
   </si>
   <si>
     <t>PLANKE</t>
   </si>
   <si>
     <t>Planococcus kenyae (as Passiflora)</t>
+  </si>
+  <si>
+    <t>PSEAPE</t>
+  </si>
+  <si>
+    <t>Pseudaulacaspis pentagona (as Passiflora)</t>
+  </si>
+  <si>
+    <t>* García Morales M, Denno BD, Miller DR, Miller GL, Ben-Dov Y, Hardy NB (2016) ScaleNet: A literature-based model of scale insect biology and systematics. Database. doi: 10.1093/database/bav118. http://scalenet.info [accessed 2026-02].
+* Miller DR &amp; Davidson JA (2005) Armored Scale Insect Pests of Trees and Shrubs. Cornell Univ. Press Ithaca, NY 442 pp.</t>
   </si>
   <si>
     <t>SCITDO</t>
   </si>
   <si>
     <t>Scirtothrips dorsalis</t>
   </si>
   <si>
     <t>* Wen HC, Lee HS (1984) The main insect pests on passion fruit in Taiwan. Journal of Agricultural Research of China 33(1), 81-87.</t>
   </si>
   <si>
     <t>PRODER</t>
   </si>
   <si>
     <t>Spodoptera eridania</t>
   </si>
   <si>
     <t>* Montezano DG, Specht A, Sosa-Gomez DR, Roque-Specht VF &amp; de Barros NM (2014) Immature stages of Spodoptera eridania (Lepidoptera: Noctuidae): developmental parameters and host plants. Journal of Insect Science 14, 238. https://doi.org/10.1093/jisesa/ieu228</t>
   </si>
   <si>
     <t>LAPHFR</t>
   </si>
   <si>
     <t>Spodoptera frugiperda</t>
   </si>
@@ -714,61 +724,61 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:D40"/>
+  <dimension ref="A1:D41"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="16.425" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="10.569" bestFit="true" customWidth="true" style="0"/>
-    <col min="3" max="3" width="47.131" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="49.417" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="548.438" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" t="s">
         <v>4</v>
       </c>
       <c r="B2" t="s">
         <v>5</v>
       </c>
       <c r="C2" t="s">
@@ -1188,132 +1198,146 @@
     </row>
     <row r="33" spans="1:4">
       <c r="A33" t="s">
         <v>12</v>
       </c>
       <c r="B33" t="s">
         <v>92</v>
       </c>
       <c r="C33" t="s">
         <v>93</v>
       </c>
       <c r="D33" t="s">
         <v>94</v>
       </c>
     </row>
     <row r="34" spans="1:4">
       <c r="A34" t="s">
         <v>12</v>
       </c>
       <c r="B34" t="s">
         <v>95</v>
       </c>
       <c r="C34" t="s">
         <v>96</v>
       </c>
-      <c r="D34"/>
+      <c r="D34" t="s">
+        <v>97</v>
+      </c>
     </row>
     <row r="35" spans="1:4">
       <c r="A35" t="s">
         <v>12</v>
       </c>
       <c r="B35" t="s">
-        <v>5</v>
+        <v>98</v>
       </c>
       <c r="C35" t="s">
-        <v>97</v>
-[...3 lines deleted...]
-      </c>
+        <v>99</v>
+      </c>
+      <c r="D35"/>
     </row>
     <row r="36" spans="1:4">
       <c r="A36" t="s">
         <v>12</v>
       </c>
       <c r="B36" t="s">
-        <v>99</v>
+        <v>5</v>
       </c>
       <c r="C36" t="s">
         <v>100</v>
       </c>
-      <c r="D36"/>
+      <c r="D36" t="s">
+        <v>101</v>
+      </c>
     </row>
     <row r="37" spans="1:4">
       <c r="A37" t="s">
         <v>12</v>
       </c>
       <c r="B37" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="C37" t="s">
-        <v>102</v>
-[...1 lines deleted...]
-      <c r="D37" t="s">
         <v>103</v>
       </c>
+      <c r="D37"/>
     </row>
     <row r="38" spans="1:4">
       <c r="A38" t="s">
+        <v>12</v>
+      </c>
+      <c r="B38" t="s">
         <v>104</v>
       </c>
-      <c r="B38" t="s">
+      <c r="C38" t="s">
         <v>105</v>
       </c>
-      <c r="C38" t="s">
+      <c r="D38" t="s">
         <v>106</v>
-      </c>
-[...1 lines deleted...]
-        <v>107</v>
       </c>
     </row>
     <row r="39" spans="1:4">
       <c r="A39" t="s">
-        <v>104</v>
+        <v>107</v>
       </c>
       <c r="B39" t="s">
         <v>108</v>
       </c>
       <c r="C39" t="s">
         <v>109</v>
       </c>
       <c r="D39" t="s">
         <v>110</v>
       </c>
     </row>
     <row r="40" spans="1:4">
       <c r="A40" t="s">
-        <v>104</v>
+        <v>107</v>
       </c>
       <c r="B40" t="s">
-        <v>108</v>
+        <v>111</v>
       </c>
       <c r="C40" t="s">
+        <v>112</v>
+      </c>
+      <c r="D40" t="s">
+        <v>113</v>
+      </c>
+    </row>
+    <row r="41" spans="1:4">
+      <c r="A41" t="s">
+        <v>107</v>
+      </c>
+      <c r="B41" t="s">
         <v>111</v>
       </c>
-      <c r="D40" t="s">
-        <v>110</v>
+      <c r="C41" t="s">
+        <v>114</v>
+      </c>
+      <c r="D41" t="s">
+        <v>113</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">