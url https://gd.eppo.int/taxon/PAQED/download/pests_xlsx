--- v1 (2026-02-18)
+++ v2 (2026-03-10)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="PAQED" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="115">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="122">
   <si>
     <t>type</t>
   </si>
   <si>
     <t>EPPOCode</t>
   </si>
   <si>
     <t>Pref_name</t>
   </si>
   <si>
     <t>References</t>
   </si>
   <si>
     <t>Doubtful host</t>
   </si>
   <si>
     <t>TETRME</t>
   </si>
   <si>
     <t>Tetranychus mexicanus (as Passiflora)</t>
   </si>
   <si>
     <t>* EPPO (2023) Pest risk analysis for Tetranychus mexicanus. EPPO, Paris
 ------- uncertain host (see PRA for details)
 * Flechtmann C &amp; Abreu J (1973) Ácaros Fitófagos do Estado da Bahia, Brasil (Notas preliminares). Ciência e Cultura, 25(3), 244–251.</t>
@@ -275,54 +275,69 @@
     <t>Meloidogyne luci</t>
   </si>
   <si>
     <t>* Maleita C, Correia A, Abrantes I &amp; Esteves I (2022) Susceptibility of crop plants to the rootknot nematode Meloidogyne luci, a threat to agricultural productivity. Phytopathologia Mediterranea 61(1), 169-179.</t>
   </si>
   <si>
     <t>CERTCY</t>
   </si>
   <si>
     <t>Neoceratitis cyanescens</t>
   </si>
   <si>
     <t xml:space="preserve">* Hassani IM, Delatte H, Ravaomanarivo LH, Nouhou S, Duyck PF (2022) Niche partitioning via host plants and altitude among fruit flies following the invasion of Bactrocera dorsalis. Agricultural and Forest Entomology. https://doi.org/10.1111/afe.12522
 </t>
   </si>
   <si>
     <t>OLIGPA</t>
   </si>
   <si>
     <t>Oligonychus perseae</t>
   </si>
   <si>
     <t>* Torres E, Álvarez-Acosta C, Ferragut F, Hernández-Suárez EM (2024) Oligonychus perseae (Tetranychidae) invasion in the Canary Islands: History, management and current situation. Agronomy 14, 920. https://doi.org/10.3390/agronomy14050920</t>
   </si>
   <si>
+    <t>TSWV00</t>
+  </si>
+  <si>
+    <t>Orthotospovirus tomatomaculae</t>
+  </si>
+  <si>
+    <t>* Cutler J, Langer J, von Bargen SV, Acosta-Losada O, Casierra-Posada F, Castañeda-Cárdenas A, Betancourt-Vásquez M, Cuellar W, Arvydas-Stasiukynas E, Altenbach D, Büttner C (2018) Preliminary evaluation of associated viruses in production systems of cape gooseberry, purple passion fruit, and rose. Revista Colombiana de Ciencias Hortícolas 12(2), 390-396. https://doi.org/10.17584/rcch.2018vl2i2.7799</t>
+  </si>
+  <si>
     <t>PLANKE</t>
   </si>
   <si>
     <t>Planococcus kenyae (as Passiflora)</t>
+  </si>
+  <si>
+    <t>PVY000</t>
+  </si>
+  <si>
+    <t>Potyvirus yituberosi</t>
   </si>
   <si>
     <t>PSEAPE</t>
   </si>
   <si>
     <t>Pseudaulacaspis pentagona (as Passiflora)</t>
   </si>
   <si>
     <t>* García Morales M, Denno BD, Miller DR, Miller GL, Ben-Dov Y, Hardy NB (2016) ScaleNet: A literature-based model of scale insect biology and systematics. Database. doi: 10.1093/database/bav118. http://scalenet.info [accessed 2026-02].
 * Miller DR &amp; Davidson JA (2005) Armored Scale Insect Pests of Trees and Shrubs. Cornell Univ. Press Ithaca, NY 442 pp.</t>
   </si>
   <si>
     <t>SCITDO</t>
   </si>
   <si>
     <t>Scirtothrips dorsalis</t>
   </si>
   <si>
     <t>* Wen HC, Lee HS (1984) The main insect pests on passion fruit in Taiwan. Journal of Agricultural Research of China 33(1), 81-87.</t>
   </si>
   <si>
     <t>PRODER</t>
   </si>
   <si>
     <t>Spodoptera eridania</t>
@@ -343,50 +358,56 @@
     <t>TETRFI</t>
   </si>
   <si>
     <t>Tetranychus fijiensis (as Passiflora)</t>
   </si>
   <si>
     <t>Tetranychus mexicanus</t>
   </si>
   <si>
     <t>* da Silva PR, dos Santos CEM, da Silva RS, da Silva EM, Lopes MC, da Silva Paes J, Picanço MC (2020) Assessing the resistance of passion fruit genotypes as control method to Tetranychus mexicanus. Crop Protection 128: 104990. https://doi.org/10.1016/j.cropro.2019.104990
 ------- T. mexicanus is one of the most significant pests of passion fruit in America.
 * Flechtmann CHW, Kreiter S, Etienne J and Moraes GJd (1999) Plant mites (Acari) of the French Antilles. 1. Tetranychoidea (Prostigmata). Acarologia, 40: 137-144
 ------- confirmed host
 * Ochoa R, Aguilar H &amp; Vargas C (1994) Phytophagous mites of America Central: an illustrated guide. CATIE.
 * Flechtmann C, Kreiter S, Etienne J &amp; Moraes Gj (1999) Plant mites (Acari) of the French Antilles. 1. Tetranychoidea (Prostigmata). Acarologia, 40, 137–144.
 * Mendonça RS, Navia D, Diniz IR &amp; Flechtmann CHW (2011) South American spider mites: New hosts and localities. Journal of Insect Science, 11(121), 1–18.
 * Flechtmann CHW &amp; Moraes RCB (2017) Tetranychidae Database. http://www.lea.esalq.usp.br/tetranychidae/
 * Urueta E (1975) Aranas rojas (Acarina: Tetranychidae) del Departamento de Antioquia. Revista Colombiana de Entomologia, 1, 1–14.
 * Barroncas SF, da Silva NM &amp; de Vasconcelos GJN (2022) Biological parameters of Tetranychus mexicanus (McGregor) (Acari: Tetranychidae) in papaya and passion fruit. Pesquisa Agropecuaria Tropical, Goiânia, 52(e72154), 1–7.</t>
   </si>
   <si>
     <t>THRIHA</t>
   </si>
   <si>
     <t>Thrips hawaiiensis</t>
+  </si>
+  <si>
+    <t>TMV000</t>
+  </si>
+  <si>
+    <t>Tobamovirus tabaci</t>
   </si>
   <si>
     <t>DACUCU</t>
   </si>
   <si>
     <t>Zeugodacus cucurbitae</t>
   </si>
   <si>
     <t>* De Meyer M, Delatte H, Mwatawala M, Quilici S, Vayssières JF, Virgilio M (2015) A review of the current knowledge on Zeugodacus cucurbitae (Coquillett) (Diptera, Tephritidae) in Africa, with a list of species included in Zeugodacus. ZooKeys 540, 539-557. https://doi.org/10.3897/zookeys.540.9672</t>
   </si>
   <si>
     <t>Major host</t>
   </si>
   <si>
     <t>DACUTR</t>
   </si>
   <si>
     <t>Bactrocera tryoni</t>
   </si>
   <si>
     <t>* Hancock D, Hamacek EL, Lloyd AC, Elson-Harris MM (2000) The distribution and host plants of fruit flies (Diptera: Tephritidae) in Australia. Queensland Department of Primary Industries, 75 pp.
 * Leblanc L, Vueti ET, Drew AI, Allwood AJ (2012) Host plant records for fruit flies (Diptera: Tephritidae: Dacini) in the Pacific islands. Proceedings of the Hawaiian Society 44, 11-53.</t>
   </si>
   <si>
     <t>CABMV0</t>
@@ -724,51 +745,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:D41"/>
+  <dimension ref="A1:D44"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="16.425" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="10.569" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="49.417" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="548.438" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
@@ -1144,200 +1165,242 @@
     </row>
     <row r="29" spans="1:4">
       <c r="A29" t="s">
         <v>12</v>
       </c>
       <c r="B29" t="s">
         <v>81</v>
       </c>
       <c r="C29" t="s">
         <v>82</v>
       </c>
       <c r="D29" t="s">
         <v>83</v>
       </c>
     </row>
     <row r="30" spans="1:4">
       <c r="A30" t="s">
         <v>12</v>
       </c>
       <c r="B30" t="s">
         <v>84</v>
       </c>
       <c r="C30" t="s">
         <v>85</v>
       </c>
-      <c r="D30"/>
+      <c r="D30" t="s">
+        <v>86</v>
+      </c>
     </row>
     <row r="31" spans="1:4">
       <c r="A31" t="s">
         <v>12</v>
       </c>
       <c r="B31" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="C31" t="s">
-        <v>87</v>
-[...1 lines deleted...]
-      <c r="D31" t="s">
         <v>88</v>
       </c>
+      <c r="D31"/>
     </row>
     <row r="32" spans="1:4">
       <c r="A32" t="s">
         <v>12</v>
       </c>
       <c r="B32" t="s">
         <v>89</v>
       </c>
       <c r="C32" t="s">
         <v>90</v>
       </c>
       <c r="D32" t="s">
-        <v>91</v>
+        <v>86</v>
       </c>
     </row>
     <row r="33" spans="1:4">
       <c r="A33" t="s">
         <v>12</v>
       </c>
       <c r="B33" t="s">
+        <v>91</v>
+      </c>
+      <c r="C33" t="s">
         <v>92</v>
       </c>
-      <c r="C33" t="s">
+      <c r="D33" t="s">
         <v>93</v>
-      </c>
-[...1 lines deleted...]
-        <v>94</v>
       </c>
     </row>
     <row r="34" spans="1:4">
       <c r="A34" t="s">
         <v>12</v>
       </c>
       <c r="B34" t="s">
+        <v>94</v>
+      </c>
+      <c r="C34" t="s">
         <v>95</v>
       </c>
-      <c r="C34" t="s">
+      <c r="D34" t="s">
         <v>96</v>
-      </c>
-[...1 lines deleted...]
-        <v>97</v>
       </c>
     </row>
     <row r="35" spans="1:4">
       <c r="A35" t="s">
         <v>12</v>
       </c>
       <c r="B35" t="s">
+        <v>97</v>
+      </c>
+      <c r="C35" t="s">
         <v>98</v>
       </c>
-      <c r="C35" t="s">
+      <c r="D35" t="s">
         <v>99</v>
       </c>
-      <c r="D35"/>
     </row>
     <row r="36" spans="1:4">
       <c r="A36" t="s">
         <v>12</v>
       </c>
       <c r="B36" t="s">
-        <v>5</v>
+        <v>100</v>
       </c>
       <c r="C36" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="D36" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
     </row>
     <row r="37" spans="1:4">
       <c r="A37" t="s">
         <v>12</v>
       </c>
       <c r="B37" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="C37" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="D37"/>
     </row>
     <row r="38" spans="1:4">
       <c r="A38" t="s">
         <v>12</v>
       </c>
       <c r="B38" t="s">
-        <v>104</v>
+        <v>5</v>
       </c>
       <c r="C38" t="s">
         <v>105</v>
       </c>
       <c r="D38" t="s">
         <v>106</v>
       </c>
     </row>
     <row r="39" spans="1:4">
       <c r="A39" t="s">
+        <v>12</v>
+      </c>
+      <c r="B39" t="s">
         <v>107</v>
       </c>
-      <c r="B39" t="s">
+      <c r="C39" t="s">
         <v>108</v>
       </c>
-      <c r="C39" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="D39"/>
     </row>
     <row r="40" spans="1:4">
       <c r="A40" t="s">
-        <v>107</v>
+        <v>12</v>
       </c>
       <c r="B40" t="s">
-        <v>111</v>
+        <v>109</v>
       </c>
       <c r="C40" t="s">
-        <v>112</v>
+        <v>110</v>
       </c>
       <c r="D40" t="s">
-        <v>113</v>
+        <v>86</v>
       </c>
     </row>
     <row r="41" spans="1:4">
       <c r="A41" t="s">
-        <v>107</v>
+        <v>12</v>
       </c>
       <c r="B41" t="s">
         <v>111</v>
       </c>
       <c r="C41" t="s">
-        <v>114</v>
+        <v>112</v>
       </c>
       <c r="D41" t="s">
         <v>113</v>
+      </c>
+    </row>
+    <row r="42" spans="1:4">
+      <c r="A42" t="s">
+        <v>114</v>
+      </c>
+      <c r="B42" t="s">
+        <v>115</v>
+      </c>
+      <c r="C42" t="s">
+        <v>116</v>
+      </c>
+      <c r="D42" t="s">
+        <v>117</v>
+      </c>
+    </row>
+    <row r="43" spans="1:4">
+      <c r="A43" t="s">
+        <v>114</v>
+      </c>
+      <c r="B43" t="s">
+        <v>118</v>
+      </c>
+      <c r="C43" t="s">
+        <v>119</v>
+      </c>
+      <c r="D43" t="s">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="44" spans="1:4">
+      <c r="A44" t="s">
+        <v>114</v>
+      </c>
+      <c r="B44" t="s">
+        <v>118</v>
+      </c>
+      <c r="C44" t="s">
+        <v>121</v>
+      </c>
+      <c r="D44" t="s">
+        <v>120</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">