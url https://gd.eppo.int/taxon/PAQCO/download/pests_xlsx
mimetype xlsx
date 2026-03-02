--- v0 (2025-10-12)
+++ v1 (2026-03-02)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="PAQCO" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="41">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="44">
   <si>
     <t>type</t>
   </si>
   <si>
     <t>EPPOCode</t>
   </si>
   <si>
     <t>Pref_name</t>
   </si>
   <si>
     <t>References</t>
   </si>
   <si>
     <t>Doubtful host</t>
   </si>
   <si>
     <t>TETRME</t>
   </si>
   <si>
     <t>Tetranychus mexicanus (as Passiflora)</t>
   </si>
   <si>
     <t>* EPPO (2023) Pest risk analysis for Tetranychus mexicanus. EPPO, Paris
 ------- uncertain host (see PRA for details)
 * Flechtmann C &amp; Abreu J (1973) Ácaros Fitófagos do Estado da Bahia, Brasil (Notas preliminares). Ciência e Cultura, 25(3), 244–251.</t>
@@ -107,63 +107,75 @@
   <si>
     <t>BRVPYO</t>
   </si>
   <si>
     <t>Brevipalpus yothersi (as Passiflora)</t>
   </si>
   <si>
     <t>* Beard JJ, Ochoa R, Braswell WE, Bauchan GR (2015) Brevipalpus phoenicis (Geijskes) species complex (Acari: Tenuipalpidae) – a closer look. Zootaxa 3944(1), 67 pp. DOI: 10.11646/zootaxa.3944.1.1</t>
   </si>
   <si>
     <t>CERTCA</t>
   </si>
   <si>
     <t>Ceratitis capitata</t>
   </si>
   <si>
     <t>* De Meyer M., Copeland RS, Lux SA, Mansell M, Quilici S, Wharton R, White IM, Zenz NJ (2002) Annotated check list of host plants for Afrotropical fruit flies (Diptera: Tephritidae) of the genus Ceratitis. Zoologische Documentatie Koninklijk Museum voor Midden Afrika 27, 1-91.</t>
   </si>
   <si>
     <t>DACUCI</t>
   </si>
   <si>
     <t>Dacus ciliatus</t>
   </si>
   <si>
-    <t>* McQuate GT, Liquido NJ, Nakamichi KAA (2018) Host plant records of the lesser pumpkin fly, Dacus ciliatus Loew (Diptera: Tephritidae), Version 1.0. Available online at: USDA Compendium of Fruit Fly Host Information (CoFFHI), Edition 3.1.</t>
+    <t>* McQuate GT, Liquido NJ, Nakamichi KAA (2018) Host plant records of the lesser pumpkin fly, Dacus ciliatus Loew (Diptera: Tephritidae), Version 1.0. Available online at: USDA Compendium of Fruit Fly Host Information (CoFFHI), Edition 3.1.
+* De Meyer M, Manrakhan A, Bekker G, Grové T, Virgilio M, Addison P (2026) A checklist of the Dacinae (Diptera: Tephritidae) of South Africa. African Entomology 34, e24629. https://doi.org/10.17159/2254-8854/2026/a24629 
+------- need confirmation</t>
   </si>
   <si>
     <t>LEPLAU</t>
   </si>
   <si>
     <t>Leptoglossus australis (as Passiflora)</t>
   </si>
   <si>
     <t>PLANKE</t>
   </si>
   <si>
     <t>Planococcus kenyae (as Passiflora)</t>
+  </si>
+  <si>
+    <t>PSEAPE</t>
+  </si>
+  <si>
+    <t>Pseudaulacaspis pentagona (as Passiflora)</t>
+  </si>
+  <si>
+    <t>* García Morales M, Denno BD, Miller DR, Miller GL, Ben-Dov Y, Hardy NB (2016) ScaleNet: A literature-based model of scale insect biology and systematics. Database. doi: 10.1093/database/bav118. http://scalenet.info [accessed 2026-02].
+* Miller DR &amp; Davidson JA (2005) Armored Scale Insect Pests of Trees and Shrubs. Cornell Univ. Press Ithaca, NY 442 pp.</t>
   </si>
   <si>
     <t>TETRFI</t>
   </si>
   <si>
     <t>Tetranychus fijiensis (as Passiflora)</t>
   </si>
   <si>
     <t>Major host</t>
   </si>
   <si>
     <t>CABMV0</t>
   </si>
   <si>
     <t>Potyvirus vignae (as Passiflora)</t>
   </si>
   <si>
     <t>* Carvalho BM, Viana AP, da Silva FA, dos Santos PH, Eiras M, Santos EA (2021) How segregating populations of passion fruit react to CABMV infection?. European Journal of Plant Pathology 160, 855–866.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
@@ -485,61 +497,61 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:D13"/>
+  <dimension ref="A1:D14"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="16.425" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="10.569" bestFit="true" customWidth="true" style="0"/>
-    <col min="3" max="3" width="47.131" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="49.417" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="334.918" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" t="s">
         <v>4</v>
       </c>
       <c r="B2" t="s">
         <v>5</v>
       </c>
       <c r="C2" t="s">
@@ -659,64 +671,78 @@
       </c>
       <c r="D10"/>
     </row>
     <row r="11" spans="1:4">
       <c r="A11" t="s">
         <v>12</v>
       </c>
       <c r="B11" t="s">
         <v>33</v>
       </c>
       <c r="C11" t="s">
         <v>34</v>
       </c>
       <c r="D11"/>
     </row>
     <row r="12" spans="1:4">
       <c r="A12" t="s">
         <v>12</v>
       </c>
       <c r="B12" t="s">
         <v>35</v>
       </c>
       <c r="C12" t="s">
         <v>36</v>
       </c>
-      <c r="D12"/>
+      <c r="D12" t="s">
+        <v>37</v>
+      </c>
     </row>
     <row r="13" spans="1:4">
       <c r="A13" t="s">
-        <v>37</v>
+        <v>12</v>
       </c>
       <c r="B13" t="s">
         <v>38</v>
       </c>
       <c r="C13" t="s">
         <v>39</v>
       </c>
-      <c r="D13" t="s">
+      <c r="D13"/>
+    </row>
+    <row r="14" spans="1:4">
+      <c r="A14" t="s">
         <v>40</v>
+      </c>
+      <c r="B14" t="s">
+        <v>41</v>
+      </c>
+      <c r="C14" t="s">
+        <v>42</v>
+      </c>
+      <c r="D14" t="s">
+        <v>43</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">