--- v0 (2025-10-08)
+++ v1 (2026-02-27)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="PAQAA" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="39">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="42">
   <si>
     <t>type</t>
   </si>
   <si>
     <t>EPPOCode</t>
   </si>
   <si>
     <t>Pref_name</t>
   </si>
   <si>
     <t>References</t>
   </si>
   <si>
     <t>Doubtful host</t>
   </si>
   <si>
     <t>TETRME</t>
   </si>
   <si>
     <t>Tetranychus mexicanus (as Passiflora)</t>
   </si>
   <si>
     <t>* EPPO (2023) Pest risk analysis for Tetranychus mexicanus. EPPO, Paris
 ------- uncertain host (see PRA for details)
 * Flechtmann C &amp; Abreu J (1973) Ácaros Fitófagos do Estado da Bahia, Brasil (Notas preliminares). Ciência e Cultura, 25(3), 244–251.</t>
@@ -93,50 +93,60 @@
     <t>Ceratitis capitata</t>
   </si>
   <si>
     <t>* Raga A, de Souza-Filho MF, Machado RA, Sato ME, Siloto RC (2011) Host ranges and infestation indices of fruit flies (Tephritidae) and lance flies (Lonchaeidae) in São Paulo State, Brazil. Florida Entomologist 94(4), 787-794.</t>
   </si>
   <si>
     <t>LCV000</t>
   </si>
   <si>
     <t>Crinivirus lactucachlorosi</t>
   </si>
   <si>
     <t>* Vidal AH, Felix GP, Abreu EFM, Nogueira I, Alves-Freitas DMT, Faleiro FG, Fontenele RS, Peixoto JR, Lacorte C, Rosa PCC, Nunes de Jesus O, Resende RO, Varsani A, Ribeiro SG (2021) Occurrence of lettuce chlorosis virus in Passiflora spp. in Brazil. Journal of Plant Pathology 103, 443–447.</t>
   </si>
   <si>
     <t>LEPLAU</t>
   </si>
   <si>
     <t>Leptoglossus australis (as Passiflora)</t>
   </si>
   <si>
     <t>PLANKE</t>
   </si>
   <si>
     <t>Planococcus kenyae (as Passiflora)</t>
+  </si>
+  <si>
+    <t>PSEAPE</t>
+  </si>
+  <si>
+    <t>Pseudaulacaspis pentagona (as Passiflora)</t>
+  </si>
+  <si>
+    <t>* García Morales M, Denno BD, Miller DR, Miller GL, Ben-Dov Y, Hardy NB (2016) ScaleNet: A literature-based model of scale insect biology and systematics. Database. doi: 10.1093/database/bav118. http://scalenet.info [accessed 2026-02].
+* Miller DR &amp; Davidson JA (2005) Armored Scale Insect Pests of Trees and Shrubs. Cornell Univ. Press Ithaca, NY 442 pp.</t>
   </si>
   <si>
     <t>LAPHFR</t>
   </si>
   <si>
     <t>Spodoptera frugiperda</t>
   </si>
   <si>
     <t>* Montezano DG, Specht A, Sosa-Gómez DR, Roque-Specht VF, Sousa-Silva JC, Paula-Moraes SV, Peterson JA, Hunt T (2018) Host plants of Spodoptera frugiperda (Lepidoptera: Noctuidae) in the Americas. African Entomology 26, 286-300.</t>
   </si>
   <si>
     <t>TETRFI</t>
   </si>
   <si>
     <t>Tetranychus fijiensis (as Passiflora)</t>
   </si>
   <si>
     <t>Major host</t>
   </si>
   <si>
     <t>CABMV0</t>
   </si>
   <si>
     <t>Potyvirus vignae (as Passiflora)</t>
   </si>
@@ -479,61 +489,61 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:D12"/>
+  <dimension ref="A1:D13"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="16.425" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="10.569" bestFit="true" customWidth="true" style="0"/>
-    <col min="3" max="3" width="47.131" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="49.417" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="343.202" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" t="s">
         <v>4</v>
       </c>
       <c r="B2" t="s">
         <v>5</v>
       </c>
       <c r="C2" t="s">
@@ -625,78 +635,92 @@
     </row>
     <row r="9" spans="1:4">
       <c r="A9" t="s">
         <v>12</v>
       </c>
       <c r="B9" t="s">
         <v>26</v>
       </c>
       <c r="C9" t="s">
         <v>27</v>
       </c>
       <c r="D9" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="10" spans="1:4">
       <c r="A10" t="s">
         <v>12</v>
       </c>
       <c r="B10" t="s">
         <v>29</v>
       </c>
       <c r="C10" t="s">
         <v>30</v>
       </c>
-      <c r="D10"/>
+      <c r="D10" t="s">
+        <v>31</v>
+      </c>
     </row>
     <row r="11" spans="1:4">
       <c r="A11" t="s">
-        <v>31</v>
+        <v>12</v>
       </c>
       <c r="B11" t="s">
         <v>32</v>
       </c>
       <c r="C11" t="s">
         <v>33</v>
       </c>
-      <c r="D11" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D11"/>
     </row>
     <row r="12" spans="1:4">
       <c r="A12" t="s">
+        <v>34</v>
+      </c>
+      <c r="B12" t="s">
         <v>35</v>
       </c>
-      <c r="B12" t="s">
+      <c r="C12" t="s">
         <v>36</v>
       </c>
-      <c r="C12" t="s">
+      <c r="D12" t="s">
         <v>37</v>
       </c>
-      <c r="D12" t="s">
+    </row>
+    <row r="13" spans="1:4">
+      <c r="A13" t="s">
         <v>38</v>
+      </c>
+      <c r="B13" t="s">
+        <v>39</v>
+      </c>
+      <c r="C13" t="s">
+        <v>40</v>
+      </c>
+      <c r="D13" t="s">
+        <v>41</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">