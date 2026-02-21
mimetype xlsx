--- v0 (2025-10-09)
+++ v1 (2026-02-21)
@@ -638,51 +638,51 @@
   <si>
     <t>Sardegna</t>
   </si>
   <si>
     <t>sd</t>
   </si>
   <si>
     <t>Sicilia</t>
   </si>
   <si>
     <t>sc</t>
   </si>
   <si>
     <t>Malta</t>
   </si>
   <si>
     <t>MT</t>
   </si>
   <si>
     <t>Portugal</t>
   </si>
   <si>
     <t>PT</t>
   </si>
   <si>
-    <t>Russian Federation (the)</t>
+    <t>Russian Federation</t>
   </si>
   <si>
     <t>RU</t>
   </si>
   <si>
     <t>Eastern Siberia</t>
   </si>
   <si>
     <t>es</t>
   </si>
   <si>
     <t>European Russia</t>
   </si>
   <si>
     <t>ru</t>
   </si>
   <si>
     <t>Far East</t>
   </si>
   <si>
     <t>fe</t>
   </si>
   <si>
     <t>Western Siberia</t>
   </si>