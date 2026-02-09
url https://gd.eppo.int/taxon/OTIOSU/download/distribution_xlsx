--- v0 (2025-10-08)
+++ v1 (2026-02-09)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="OTIOSU" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="166">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="170">
   <si>
     <t>continent</t>
   </si>
   <si>
     <t>country</t>
   </si>
   <si>
     <t>state</t>
   </si>
   <si>
     <t>country code</t>
   </si>
   <si>
     <t>state code</t>
   </si>
   <si>
     <t>Status</t>
   </si>
   <si>
     <t>Africa</t>
   </si>
   <si>
     <t>Egypt</t>
   </si>
   <si>
@@ -431,60 +431,72 @@
   <si>
     <t>NL</t>
   </si>
   <si>
     <t>Norway</t>
   </si>
   <si>
     <t>NO</t>
   </si>
   <si>
     <t>Poland</t>
   </si>
   <si>
     <t>PL</t>
   </si>
   <si>
     <t>Portugal</t>
   </si>
   <si>
     <t>PT</t>
   </si>
   <si>
     <t>Madeira</t>
   </si>
   <si>
-    <t>Russian Federation (the)</t>
+    <t>Russian Federation</t>
   </si>
   <si>
     <t>RU</t>
   </si>
   <si>
+    <t>Central Russia</t>
+  </si>
+  <si>
+    <t>cr</t>
+  </si>
+  <si>
     <t>European Russia</t>
   </si>
   <si>
     <t>ru</t>
+  </si>
+  <si>
+    <t>Far East</t>
+  </si>
+  <si>
+    <t>fe</t>
   </si>
   <si>
     <t>Serbia</t>
   </si>
   <si>
     <t>RS</t>
   </si>
   <si>
     <t>Slovakia</t>
   </si>
   <si>
     <t>SK</t>
   </si>
   <si>
     <t>Slovenia</t>
   </si>
   <si>
     <t>SI</t>
   </si>
   <si>
     <t>Spain</t>
   </si>
   <si>
     <t>ES</t>
   </si>
@@ -857,51 +869,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:F77"/>
+  <dimension ref="A1:F79"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="11.711" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="15.282" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="38.848" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
@@ -2090,230 +2102,270 @@
       <c r="D65" t="s">
         <v>140</v>
       </c>
       <c r="E65"/>
       <c r="F65" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="66" spans="1:6">
       <c r="A66" t="s">
         <v>107</v>
       </c>
       <c r="B66" t="s">
         <v>139</v>
       </c>
       <c r="C66" t="s">
         <v>141</v>
       </c>
       <c r="D66" t="s">
         <v>140</v>
       </c>
       <c r="E66" t="s">
         <v>142</v>
       </c>
       <c r="F66" t="s">
-        <v>12</v>
+        <v>20</v>
       </c>
     </row>
     <row r="67" spans="1:6">
       <c r="A67" t="s">
         <v>107</v>
       </c>
       <c r="B67" t="s">
+        <v>139</v>
+      </c>
+      <c r="C67" t="s">
         <v>143</v>
       </c>
-      <c r="C67"/>
       <c r="D67" t="s">
+        <v>140</v>
+      </c>
+      <c r="E67" t="s">
         <v>144</v>
       </c>
-      <c r="E67"/>
       <c r="F67" t="s">
-        <v>20</v>
+        <v>12</v>
       </c>
     </row>
     <row r="68" spans="1:6">
       <c r="A68" t="s">
         <v>107</v>
       </c>
       <c r="B68" t="s">
+        <v>139</v>
+      </c>
+      <c r="C68" t="s">
         <v>145</v>
       </c>
-      <c r="C68"/>
       <c r="D68" t="s">
+        <v>140</v>
+      </c>
+      <c r="E68" t="s">
         <v>146</v>
       </c>
-      <c r="E68"/>
       <c r="F68" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="69" spans="1:6">
       <c r="A69" t="s">
         <v>107</v>
       </c>
       <c r="B69" t="s">
         <v>147</v>
       </c>
       <c r="C69"/>
       <c r="D69" t="s">
         <v>148</v>
       </c>
       <c r="E69"/>
       <c r="F69" t="s">
-        <v>12</v>
+        <v>20</v>
       </c>
     </row>
     <row r="70" spans="1:6">
       <c r="A70" t="s">
         <v>107</v>
       </c>
       <c r="B70" t="s">
         <v>149</v>
       </c>
       <c r="C70"/>
       <c r="D70" t="s">
         <v>150</v>
       </c>
       <c r="E70"/>
       <c r="F70" t="s">
-        <v>9</v>
+        <v>12</v>
       </c>
     </row>
     <row r="71" spans="1:6">
       <c r="A71" t="s">
         <v>107</v>
       </c>
       <c r="B71" t="s">
         <v>151</v>
       </c>
       <c r="C71"/>
       <c r="D71" t="s">
         <v>152</v>
       </c>
       <c r="E71"/>
       <c r="F71" t="s">
-        <v>9</v>
+        <v>12</v>
       </c>
     </row>
     <row r="72" spans="1:6">
       <c r="A72" t="s">
         <v>107</v>
       </c>
       <c r="B72" t="s">
         <v>153</v>
       </c>
       <c r="C72"/>
       <c r="D72" t="s">
         <v>154</v>
       </c>
       <c r="E72"/>
       <c r="F72" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="73" spans="1:6">
       <c r="A73" t="s">
         <v>107</v>
       </c>
       <c r="B73" t="s">
         <v>155</v>
       </c>
       <c r="C73"/>
       <c r="D73" t="s">
         <v>156</v>
       </c>
       <c r="E73"/>
       <c r="F73" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
     </row>
     <row r="74" spans="1:6">
       <c r="A74" t="s">
         <v>107</v>
       </c>
       <c r="B74" t="s">
         <v>157</v>
       </c>
       <c r="C74"/>
       <c r="D74" t="s">
         <v>158</v>
       </c>
       <c r="E74"/>
       <c r="F74" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="75" spans="1:6">
       <c r="A75" t="s">
+        <v>107</v>
+      </c>
+      <c r="B75" t="s">
         <v>159</v>
-      </c>
-[...1 lines deleted...]
-        <v>160</v>
       </c>
       <c r="C75"/>
       <c r="D75" t="s">
-        <v>161</v>
+        <v>160</v>
       </c>
       <c r="E75"/>
       <c r="F75" t="s">
-        <v>20</v>
+        <v>12</v>
       </c>
     </row>
     <row r="76" spans="1:6">
       <c r="A76" t="s">
-        <v>159</v>
+        <v>107</v>
       </c>
       <c r="B76" t="s">
-        <v>160</v>
-[...1 lines deleted...]
-      <c r="C76" t="s">
+        <v>161</v>
+      </c>
+      <c r="C76"/>
+      <c r="D76" t="s">
         <v>162</v>
       </c>
-      <c r="D76" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="E76"/>
       <c r="F76" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
     </row>
     <row r="77" spans="1:6">
       <c r="A77" t="s">
-        <v>159</v>
+        <v>163</v>
       </c>
       <c r="B77" t="s">
         <v>164</v>
       </c>
       <c r="C77"/>
       <c r="D77" t="s">
         <v>165</v>
       </c>
       <c r="E77"/>
       <c r="F77" t="s">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="78" spans="1:6">
+      <c r="A78" t="s">
+        <v>163</v>
+      </c>
+      <c r="B78" t="s">
+        <v>164</v>
+      </c>
+      <c r="C78" t="s">
+        <v>166</v>
+      </c>
+      <c r="D78" t="s">
+        <v>165</v>
+      </c>
+      <c r="E78" t="s">
+        <v>167</v>
+      </c>
+      <c r="F78" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="79" spans="1:6">
+      <c r="A79" t="s">
+        <v>163</v>
+      </c>
+      <c r="B79" t="s">
+        <v>168</v>
+      </c>
+      <c r="C79"/>
+      <c r="D79" t="s">
+        <v>169</v>
+      </c>
+      <c r="E79"/>
+      <c r="F79" t="s">
         <v>9</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>