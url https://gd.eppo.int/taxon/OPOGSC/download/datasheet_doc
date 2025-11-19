--- v0 (2025-10-08)
+++ v1 (2025-11-19)
@@ -314,51 +314,51 @@
               <w:t xml:space="preserve"> Walker</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> banana moth, sugarcane borer, sugarcane moth</w:t>
             </w:r>
-            <w:hyperlink r:id="rId980768e62604b6b0a" w:history="1">
+            <w:hyperlink r:id="rId8837691d0cbb7cc92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -374,51 +374,51 @@
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> RNQP (Annex IV)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId443768e62604b6b7a" w:history="1">
+            <w:hyperlink r:id="rId5844691d0cbb7ccfb" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -432,86 +432,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> OPOGSC</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="62682967" name="name865868e62604b7207" descr="17571.jpg"/>
+                  <wp:docPr id="43311333" name="name8333691d0cbb7cde5" descr="17571.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="17571.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId137968e62604b7205" cstate="print"/>
+                          <a:blip r:embed="rId4125691d0cbb7cde4" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId396768e62604b732e" w:history="1">
+            <w:hyperlink r:id="rId2563691d0cbb7ceca" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -3370,63 +3370,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">O. sacchari</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> originates in the humid tropical and subtropical regions of Africa, where it is not a significant pest. It first attracted attention as a serious pest on bananas in the Canary Islands in the 1920s. In the 1970s, it was introduced into Brazil and Central America, and started to appear in greenhouses in the EPPO region. It was later introduced in Japan in the 1980s, and China and the USA in the 1990s.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="71430594" name="name589468e62604ba66b" descr="OPOGSC_distribution_map.jpg"/>
+            <wp:docPr id="29047627" name="name4394691d0cbb7f1a7" descr="OPOGSC_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="OPOGSC_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId723868e62604ba668" cstate="print"/>
+                    <a:blip r:embed="rId3678691d0cbb7f1a3" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -5429,51 +5429,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">36</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 171–173. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId235368e62604bb597" w:history="1">
+      <w:hyperlink r:id="rId9513691d0cbb800b1" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/taxon/OPOGSC/documents</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5559,51 +5559,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">39</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 28. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId691768e62604bb66b" w:history="1">
+      <w:hyperlink r:id="rId5221691d0cbb80183" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/taxon/OPOGSC/documents</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6398,51 +6398,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">363–396</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId234068e62604bbbd5" w:history="1">
+      <w:hyperlink r:id="rId6310691d0cbb806be" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1046/j.1365-3113.1997.d01-47.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6751,51 +6751,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Netherlands Food and Consumer Product Safety Authority. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">48 pp. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId131068e62604bbe24" w:history="1">
+      <w:hyperlink r:id="rId6804691d0cbb808ee" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://pra.eppo.int/pra/2823b66f-ce73-48eb-8272-082124412092</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -6948,51 +6948,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Opogona sacchari</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId326668e62604bbf69" w:history="1">
+      <w:hyperlink r:id="rId7655691d0cbb80a2b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -7171,63 +7171,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">18</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 513-516.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="12788243" name="name939168e62604bd274" descr="eu_funding_250.png"/>
+            <wp:docPr id="22008640" name="name6976691d0cbb80c03" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId188068e62604bd270" cstate="print"/>
+                    <a:blip r:embed="rId4950691d0cbb80c02" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -7325,137 +7325,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="20340525">
+  <w:abstractNum w:abstractNumId="91988756">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="14868425">
+    <w:lvl w:ilvl="0" w:tplc="68183145">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="14868425" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="68183145" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="14868425" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="68183145" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="14868425" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="68183145" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="14868425" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="68183145" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="14868425" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="68183145" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="14868425" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="68183145" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="14868425" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="68183145" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="14868425" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="68183145" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="20340524">
+  <w:abstractNum w:abstractNumId="91988755">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="20385782">
+    <w:lvl w:ilvl="0" w:tplc="54372104">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -8207,55 +8207,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="20340524">
-    <w:abstractNumId w:val="20340524"/>
+  <w:num w:numId="91988755">
+    <w:abstractNumId w:val="91988755"/>
   </w:num>
-  <w:num w:numId="20340525">
-    <w:abstractNumId w:val="20340525"/>
+  <w:num w:numId="91988756">
+    <w:abstractNumId w:val="91988756"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -19805,51 +19805,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId158563872" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId757187183" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId980768e62604b6b0a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/OPOGSC/" TargetMode="External"/><Relationship Id="rId443768e62604b6b7a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/OPOGSC/categorization" TargetMode="External"/><Relationship Id="rId396768e62604b732e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/OPOGSC/photos" TargetMode="External"/><Relationship Id="rId235368e62604bb597" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/OPOGSC/documents" TargetMode="External"/><Relationship Id="rId691768e62604bb66b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/OPOGSC/documents" TargetMode="External"/><Relationship Id="rId234068e62604bbbd5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1046/j.1365-3113.1997.d01-47.xhttps://doi.org/10.1046/j.1365-3113.1997.d01-47.x" TargetMode="External"/><Relationship Id="rId131068e62604bbe24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pra.eppo.int/pra/2823b66f-ce73-48eb-8272-082124412092" TargetMode="External"/><Relationship Id="rId326668e62604bbf69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId137968e62604b7205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId137968e62604b7205.jpg"/><Relationship Id="rId723868e62604ba668" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId723868e62604ba668.jpg"/><Relationship Id="rId188068e62604bd270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId188068e62604bd270.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId419848754" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId138121076" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId8837691d0cbb7cc92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/OPOGSC/" TargetMode="External"/><Relationship Id="rId5844691d0cbb7ccfb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/OPOGSC/categorization" TargetMode="External"/><Relationship Id="rId2563691d0cbb7ceca" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/OPOGSC/photos" TargetMode="External"/><Relationship Id="rId9513691d0cbb800b1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/OPOGSC/documents" TargetMode="External"/><Relationship Id="rId5221691d0cbb80183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/OPOGSC/documents" TargetMode="External"/><Relationship Id="rId6310691d0cbb806be" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1046/j.1365-3113.1997.d01-47.xhttps://doi.org/10.1046/j.1365-3113.1997.d01-47.x" TargetMode="External"/><Relationship Id="rId6804691d0cbb808ee" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pra.eppo.int/pra/2823b66f-ce73-48eb-8272-082124412092" TargetMode="External"/><Relationship Id="rId7655691d0cbb80a2b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId4125691d0cbb7cde4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId4125691d0cbb7cde4.jpg"/><Relationship Id="rId3678691d0cbb7f1a3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId3678691d0cbb7f1a3.jpg"/><Relationship Id="rId4950691d0cbb80c02" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId4950691d0cbb80c02.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>