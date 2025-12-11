--- v1 (2025-11-19)
+++ v2 (2025-12-11)
@@ -314,51 +314,51 @@
               <w:t xml:space="preserve"> Walker</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> banana moth, sugarcane borer, sugarcane moth</w:t>
             </w:r>
-            <w:hyperlink r:id="rId8837691d0cbb7cc92" w:history="1">
+            <w:hyperlink r:id="rId9739693a443bb51ed" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -374,51 +374,51 @@
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> RNQP (Annex IV)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId5844691d0cbb7ccfb" w:history="1">
+            <w:hyperlink r:id="rId3488693a443bb5256" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -432,86 +432,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> OPOGSC</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="43311333" name="name8333691d0cbb7cde5" descr="17571.jpg"/>
+                  <wp:docPr id="55448670" name="name9097693a443bb59c0" descr="17571.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="17571.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId4125691d0cbb7cde4" cstate="print"/>
+                          <a:blip r:embed="rId8450693a443bb59be" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId2563691d0cbb7ceca" w:history="1">
+            <w:hyperlink r:id="rId6215693a443bb5b1b" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -3370,63 +3370,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">O. sacchari</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> originates in the humid tropical and subtropical regions of Africa, where it is not a significant pest. It first attracted attention as a serious pest on bananas in the Canary Islands in the 1920s. In the 1970s, it was introduced into Brazil and Central America, and started to appear in greenhouses in the EPPO region. It was later introduced in Japan in the 1980s, and China and the USA in the 1990s.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="29047627" name="name4394691d0cbb7f1a7" descr="OPOGSC_distribution_map.jpg"/>
+            <wp:docPr id="52661074" name="name4109693a443bb7c6c" descr="OPOGSC_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="OPOGSC_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId3678691d0cbb7f1a3" cstate="print"/>
+                    <a:blip r:embed="rId3533693a443bb7c64" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -5429,51 +5429,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">36</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 171–173. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9513691d0cbb800b1" w:history="1">
+      <w:hyperlink r:id="rId3926693a443bb9503" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/taxon/OPOGSC/documents</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5559,51 +5559,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">39</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 28. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5221691d0cbb80183" w:history="1">
+      <w:hyperlink r:id="rId4764693a443bb95d4" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/taxon/OPOGSC/documents</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6398,51 +6398,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">363–396</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6310691d0cbb806be" w:history="1">
+      <w:hyperlink r:id="rId7889693a443bb9b60" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1046/j.1365-3113.1997.d01-47.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6751,51 +6751,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Netherlands Food and Consumer Product Safety Authority. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">48 pp. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6804691d0cbb808ee" w:history="1">
+      <w:hyperlink r:id="rId9193693a443bb9d94" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://pra.eppo.int/pra/2823b66f-ce73-48eb-8272-082124412092</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -6948,51 +6948,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Opogona sacchari</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7655691d0cbb80a2b" w:history="1">
+      <w:hyperlink r:id="rId4064693a443bb9f0b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -7171,63 +7171,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">18</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 513-516.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="22008640" name="name6976691d0cbb80c03" descr="eu_funding_250.png"/>
+            <wp:docPr id="63915133" name="name1349693a443bba0c0" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId4950691d0cbb80c02" cstate="print"/>
+                    <a:blip r:embed="rId9303693a443bba0bf" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -7325,137 +7325,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="91988756">
+  <w:abstractNum w:abstractNumId="53488147">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="68183145">
+    <w:lvl w:ilvl="0" w:tplc="50179481">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="68183145" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="50179481" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="68183145" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="50179481" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="68183145" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="50179481" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="68183145" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="50179481" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="68183145" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="50179481" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="68183145" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="50179481" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="68183145" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="50179481" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="68183145" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="50179481" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="91988755">
+  <w:abstractNum w:abstractNumId="53488146">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="54372104">
+    <w:lvl w:ilvl="0" w:tplc="32534633">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -8207,55 +8207,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="91988755">
-    <w:abstractNumId w:val="91988755"/>
+  <w:num w:numId="53488146">
+    <w:abstractNumId w:val="53488146"/>
   </w:num>
-  <w:num w:numId="91988756">
-    <w:abstractNumId w:val="91988756"/>
+  <w:num w:numId="53488147">
+    <w:abstractNumId w:val="53488147"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -19805,51 +19805,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId419848754" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId138121076" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId8837691d0cbb7cc92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/OPOGSC/" TargetMode="External"/><Relationship Id="rId5844691d0cbb7ccfb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/OPOGSC/categorization" TargetMode="External"/><Relationship Id="rId2563691d0cbb7ceca" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/OPOGSC/photos" TargetMode="External"/><Relationship Id="rId9513691d0cbb800b1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/OPOGSC/documents" TargetMode="External"/><Relationship Id="rId5221691d0cbb80183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/OPOGSC/documents" TargetMode="External"/><Relationship Id="rId6310691d0cbb806be" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1046/j.1365-3113.1997.d01-47.xhttps://doi.org/10.1046/j.1365-3113.1997.d01-47.x" TargetMode="External"/><Relationship Id="rId6804691d0cbb808ee" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pra.eppo.int/pra/2823b66f-ce73-48eb-8272-082124412092" TargetMode="External"/><Relationship Id="rId7655691d0cbb80a2b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId4125691d0cbb7cde4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId4125691d0cbb7cde4.jpg"/><Relationship Id="rId3678691d0cbb7f1a3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId3678691d0cbb7f1a3.jpg"/><Relationship Id="rId4950691d0cbb80c02" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId4950691d0cbb80c02.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId544700422" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId526551718" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId9739693a443bb51ed" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/OPOGSC/" TargetMode="External"/><Relationship Id="rId3488693a443bb5256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/OPOGSC/categorization" TargetMode="External"/><Relationship Id="rId6215693a443bb5b1b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/OPOGSC/photos" TargetMode="External"/><Relationship Id="rId3926693a443bb9503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/OPOGSC/documents" TargetMode="External"/><Relationship Id="rId4764693a443bb95d4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/OPOGSC/documents" TargetMode="External"/><Relationship Id="rId7889693a443bb9b60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1046/j.1365-3113.1997.d01-47.xhttps://doi.org/10.1046/j.1365-3113.1997.d01-47.x" TargetMode="External"/><Relationship Id="rId9193693a443bb9d94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pra.eppo.int/pra/2823b66f-ce73-48eb-8272-082124412092" TargetMode="External"/><Relationship Id="rId4064693a443bb9f0b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId8450693a443bb59be" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId8450693a443bb59be.jpg"/><Relationship Id="rId3533693a443bb7c64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId3533693a443bb7c64.jpg"/><Relationship Id="rId9303693a443bba0bf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId9303693a443bba0bf.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>