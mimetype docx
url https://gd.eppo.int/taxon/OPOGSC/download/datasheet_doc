--- v2 (2025-12-11)
+++ v3 (2026-01-10)
@@ -314,51 +314,51 @@
               <w:t xml:space="preserve"> Walker</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> banana moth, sugarcane borer, sugarcane moth</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9739693a443bb51ed" w:history="1">
+            <w:hyperlink r:id="rId3156696281d0ed9aa" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -374,51 +374,51 @@
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> RNQP (Annex IV)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId3488693a443bb5256" w:history="1">
+            <w:hyperlink r:id="rId2749696281d0eda1e" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -432,86 +432,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> OPOGSC</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="55448670" name="name9097693a443bb59c0" descr="17571.jpg"/>
+                  <wp:docPr id="93475419" name="name4602696281d0ee203" descr="17571.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="17571.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId8450693a443bb59be" cstate="print"/>
+                          <a:blip r:embed="rId8241696281d0ee201" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId6215693a443bb5b1b" w:history="1">
+            <w:hyperlink r:id="rId9407696281d0ee338" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -3370,63 +3370,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">O. sacchari</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> originates in the humid tropical and subtropical regions of Africa, where it is not a significant pest. It first attracted attention as a serious pest on bananas in the Canary Islands in the 1920s. In the 1970s, it was introduced into Brazil and Central America, and started to appear in greenhouses in the EPPO region. It was later introduced in Japan in the 1980s, and China and the USA in the 1990s.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="52661074" name="name4109693a443bb7c6c" descr="OPOGSC_distribution_map.jpg"/>
+            <wp:docPr id="51429492" name="name5245696281d0f067f" descr="OPOGSC_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="OPOGSC_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId3533693a443bb7c64" cstate="print"/>
+                    <a:blip r:embed="rId8967696281d0f067b" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -5429,51 +5429,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">36</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 171–173. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3926693a443bb9503" w:history="1">
+      <w:hyperlink r:id="rId7378696281d0f1569" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/taxon/OPOGSC/documents</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5559,51 +5559,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">39</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 28. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4764693a443bb95d4" w:history="1">
+      <w:hyperlink r:id="rId4262696281d0f163b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/taxon/OPOGSC/documents</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6398,51 +6398,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">363–396</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7889693a443bb9b60" w:history="1">
+      <w:hyperlink r:id="rId3908696281d0f1b7e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1046/j.1365-3113.1997.d01-47.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6751,51 +6751,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Netherlands Food and Consumer Product Safety Authority. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">48 pp. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9193693a443bb9d94" w:history="1">
+      <w:hyperlink r:id="rId7074696281d0f1db3" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://pra.eppo.int/pra/2823b66f-ce73-48eb-8272-082124412092</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -6926,73 +6926,73 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">How to cite this datasheet?</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">EPPO (2025) </w:t>
+        <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Opogona sacchari</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4064693a443bb9f0b" w:history="1">
+      <w:hyperlink r:id="rId2980696281d0f1eed" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -7171,63 +7171,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">18</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 513-516.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="63915133" name="name1349693a443bba0c0" descr="eu_funding_250.png"/>
+            <wp:docPr id="51335784" name="name7398696281d0f20b7" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId9303693a443bba0bf" cstate="print"/>
+                    <a:blip r:embed="rId8382696281d0f20b6" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -7325,137 +7325,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="53488147">
+  <w:abstractNum w:abstractNumId="32945308">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="50179481">
+    <w:lvl w:ilvl="0" w:tplc="84587927">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="50179481" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="84587927" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="50179481" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="84587927" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="50179481" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="84587927" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="50179481" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="84587927" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="50179481" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="84587927" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="50179481" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="84587927" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="50179481" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="84587927" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="50179481" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="84587927" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="53488146">
+  <w:abstractNum w:abstractNumId="32945307">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="32534633">
+    <w:lvl w:ilvl="0" w:tplc="33118976">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -8207,55 +8207,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="53488146">
-    <w:abstractNumId w:val="53488146"/>
+  <w:num w:numId="32945307">
+    <w:abstractNumId w:val="32945307"/>
   </w:num>
-  <w:num w:numId="53488147">
-    <w:abstractNumId w:val="53488147"/>
+  <w:num w:numId="32945308">
+    <w:abstractNumId w:val="32945308"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -19805,51 +19805,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId544700422" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId526551718" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId9739693a443bb51ed" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/OPOGSC/" TargetMode="External"/><Relationship Id="rId3488693a443bb5256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/OPOGSC/categorization" TargetMode="External"/><Relationship Id="rId6215693a443bb5b1b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/OPOGSC/photos" TargetMode="External"/><Relationship Id="rId3926693a443bb9503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/OPOGSC/documents" TargetMode="External"/><Relationship Id="rId4764693a443bb95d4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/OPOGSC/documents" TargetMode="External"/><Relationship Id="rId7889693a443bb9b60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1046/j.1365-3113.1997.d01-47.xhttps://doi.org/10.1046/j.1365-3113.1997.d01-47.x" TargetMode="External"/><Relationship Id="rId9193693a443bb9d94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pra.eppo.int/pra/2823b66f-ce73-48eb-8272-082124412092" TargetMode="External"/><Relationship Id="rId4064693a443bb9f0b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId8450693a443bb59be" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId8450693a443bb59be.jpg"/><Relationship Id="rId3533693a443bb7c64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId3533693a443bb7c64.jpg"/><Relationship Id="rId9303693a443bba0bf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId9303693a443bba0bf.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId629880470" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId622190806" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId3156696281d0ed9aa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/OPOGSC/" TargetMode="External"/><Relationship Id="rId2749696281d0eda1e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/OPOGSC/categorization" TargetMode="External"/><Relationship Id="rId9407696281d0ee338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/OPOGSC/photos" TargetMode="External"/><Relationship Id="rId7378696281d0f1569" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/OPOGSC/documents" TargetMode="External"/><Relationship Id="rId4262696281d0f163b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/OPOGSC/documents" TargetMode="External"/><Relationship Id="rId3908696281d0f1b7e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1046/j.1365-3113.1997.d01-47.xhttps://doi.org/10.1046/j.1365-3113.1997.d01-47.x" TargetMode="External"/><Relationship Id="rId7074696281d0f1db3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pra.eppo.int/pra/2823b66f-ce73-48eb-8272-082124412092" TargetMode="External"/><Relationship Id="rId2980696281d0f1eed" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId8241696281d0ee201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId8241696281d0ee201.jpg"/><Relationship Id="rId8967696281d0f067b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId8967696281d0f067b.jpg"/><Relationship Id="rId8382696281d0f20b6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId8382696281d0f20b6.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>