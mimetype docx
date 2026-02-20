--- v3 (2026-01-10)
+++ v4 (2026-02-20)
@@ -314,51 +314,51 @@
               <w:t xml:space="preserve"> Walker</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> banana moth, sugarcane borer, sugarcane moth</w:t>
             </w:r>
-            <w:hyperlink r:id="rId3156696281d0ed9aa" w:history="1">
+            <w:hyperlink r:id="rId160669989a12bc724" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -372,53 +372,53 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve"> RNQP (Annex IV)</w:t>
+              <w:t xml:space="preserve"> RNQP ((EU) 2019/2072 Annex IV)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId2749696281d0eda1e" w:history="1">
+            <w:hyperlink r:id="rId451669989a12bc79b" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -432,86 +432,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> OPOGSC</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="93475419" name="name4602696281d0ee203" descr="17571.jpg"/>
+                  <wp:docPr id="69669646" name="name344269989a12bce9b" descr="17571.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="17571.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId8241696281d0ee201" cstate="print"/>
+                          <a:blip r:embed="rId204969989a12bce99" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId9407696281d0ee338" w:history="1">
+            <w:hyperlink r:id="rId545369989a12bcfba" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -3370,105 +3370,105 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">O. sacchari</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> originates in the humid tropical and subtropical regions of Africa, where it is not a significant pest. It first attracted attention as a serious pest on bananas in the Canary Islands in the 1920s. In the 1970s, it was introduced into Brazil and Central America, and started to appear in greenhouses in the EPPO region. It was later introduced in Japan in the 1980s, and China and the USA in the 1990s.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="51429492" name="name5245696281d0f067f" descr="OPOGSC_distribution_map.jpg"/>
+            <wp:docPr id="43359149" name="name507169989a12bf2b7" descr="OPOGSC_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="OPOGSC_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId8967696281d0f067b" cstate="print"/>
+                    <a:blip r:embed="rId652669989a12bf2b3" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">EPPO Region:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Cyprus, France (mainland), Germany, Israel, Italy (mainland), Morocco, Netherlands, Portugal (mainland, Azores, Madeira), Russian Federation (the) (Central Russia), Spain (Islas Canárias), Switzerland, United Kingdom (England)</w:t>
+        <w:t xml:space="preserve"> Cyprus, France (mainland), Germany, Israel, Italy (mainland), Morocco, Netherlands, Portugal (mainland, Azores, Madeira), Russian Federation (Central Russia), Spain (Islas Canárias), Switzerland, United Kingdom (England)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">Africa:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Cabo Verde, Madagascar, Mauritius, Morocco, Nigeria, Reunion, Saint Helena, Seychelles, South Africa</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -5429,51 +5429,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">36</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 171–173. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7378696281d0f1569" w:history="1">
+      <w:hyperlink r:id="rId732769989a12c01de" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/taxon/OPOGSC/documents</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5559,51 +5559,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">39</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 28. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4262696281d0f163b" w:history="1">
+      <w:hyperlink r:id="rId133569989a12c02af" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/taxon/OPOGSC/documents</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6398,51 +6398,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">363–396</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3908696281d0f1b7e" w:history="1">
+      <w:hyperlink r:id="rId355069989a12c080b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1046/j.1365-3113.1997.d01-47.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6751,51 +6751,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Netherlands Food and Consumer Product Safety Authority. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">48 pp. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7074696281d0f1db3" w:history="1">
+      <w:hyperlink r:id="rId222769989a12c0a4a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://pra.eppo.int/pra/2823b66f-ce73-48eb-8272-082124412092</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -6948,51 +6948,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Opogona sacchari</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2980696281d0f1eed" w:history="1">
+      <w:hyperlink r:id="rId989469989a12c0b8b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -7171,63 +7171,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">18</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 513-516.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="51335784" name="name7398696281d0f20b7" descr="eu_funding_250.png"/>
+            <wp:docPr id="34275983" name="name571369989a12c0d45" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId8382696281d0f20b6" cstate="print"/>
+                    <a:blip r:embed="rId667569989a12c0d44" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -7325,137 +7325,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="32945308">
+  <w:abstractNum w:abstractNumId="41825379">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="84587927">
+    <w:lvl w:ilvl="0" w:tplc="50174797">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="84587927" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="50174797" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="84587927" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="50174797" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="84587927" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="50174797" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="84587927" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="50174797" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="84587927" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="50174797" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="84587927" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="50174797" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="84587927" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="50174797" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="84587927" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="50174797" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="32945307">
+  <w:abstractNum w:abstractNumId="41825378">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="33118976">
+    <w:lvl w:ilvl="0" w:tplc="49596713">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -8207,55 +8207,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="32945307">
-    <w:abstractNumId w:val="32945307"/>
+  <w:num w:numId="41825378">
+    <w:abstractNumId w:val="41825378"/>
   </w:num>
-  <w:num w:numId="32945308">
-    <w:abstractNumId w:val="32945308"/>
+  <w:num w:numId="41825379">
+    <w:abstractNumId w:val="41825379"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -19805,51 +19805,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId629880470" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId622190806" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId3156696281d0ed9aa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/OPOGSC/" TargetMode="External"/><Relationship Id="rId2749696281d0eda1e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/OPOGSC/categorization" TargetMode="External"/><Relationship Id="rId9407696281d0ee338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/OPOGSC/photos" TargetMode="External"/><Relationship Id="rId7378696281d0f1569" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/OPOGSC/documents" TargetMode="External"/><Relationship Id="rId4262696281d0f163b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/OPOGSC/documents" TargetMode="External"/><Relationship Id="rId3908696281d0f1b7e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1046/j.1365-3113.1997.d01-47.xhttps://doi.org/10.1046/j.1365-3113.1997.d01-47.x" TargetMode="External"/><Relationship Id="rId7074696281d0f1db3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pra.eppo.int/pra/2823b66f-ce73-48eb-8272-082124412092" TargetMode="External"/><Relationship Id="rId2980696281d0f1eed" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId8241696281d0ee201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId8241696281d0ee201.jpg"/><Relationship Id="rId8967696281d0f067b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId8967696281d0f067b.jpg"/><Relationship Id="rId8382696281d0f20b6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId8382696281d0f20b6.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId186973694" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId169418741" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId160669989a12bc724" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/OPOGSC/" TargetMode="External"/><Relationship Id="rId451669989a12bc79b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/OPOGSC/categorization" TargetMode="External"/><Relationship Id="rId545369989a12bcfba" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/OPOGSC/photos" TargetMode="External"/><Relationship Id="rId732769989a12c01de" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/OPOGSC/documents" TargetMode="External"/><Relationship Id="rId133569989a12c02af" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/OPOGSC/documents" TargetMode="External"/><Relationship Id="rId355069989a12c080b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1046/j.1365-3113.1997.d01-47.xhttps://doi.org/10.1046/j.1365-3113.1997.d01-47.x" TargetMode="External"/><Relationship Id="rId222769989a12c0a4a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pra.eppo.int/pra/2823b66f-ce73-48eb-8272-082124412092" TargetMode="External"/><Relationship Id="rId989469989a12c0b8b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId204969989a12bce99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId204969989a12bce99.jpg"/><Relationship Id="rId652669989a12bf2b3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId652669989a12bf2b3.jpg"/><Relationship Id="rId667569989a12c0d44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId667569989a12c0d44.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>