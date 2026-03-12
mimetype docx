--- v4 (2026-02-20)
+++ v5 (2026-03-12)
@@ -314,51 +314,51 @@
               <w:t xml:space="preserve"> Walker</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> banana moth, sugarcane borer, sugarcane moth</w:t>
             </w:r>
-            <w:hyperlink r:id="rId160669989a12bc724" w:history="1">
+            <w:hyperlink r:id="rId421969b310a36bed5" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -374,51 +374,51 @@
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> RNQP ((EU) 2019/2072 Annex IV)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId451669989a12bc79b" w:history="1">
+            <w:hyperlink r:id="rId724669b310a36bf3e" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -432,86 +432,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> OPOGSC</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="69669646" name="name344269989a12bce9b" descr="17571.jpg"/>
+                  <wp:docPr id="49666122" name="name287469b310a36c4d7" descr="17571.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="17571.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId204969989a12bce99" cstate="print"/>
+                          <a:blip r:embed="rId927569b310a36c4d5" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId545369989a12bcfba" w:history="1">
+            <w:hyperlink r:id="rId866869b310a36c5f4" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -3370,147 +3370,147 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">O. sacchari</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> originates in the humid tropical and subtropical regions of Africa, where it is not a significant pest. It first attracted attention as a serious pest on bananas in the Canary Islands in the 1920s. In the 1970s, it was introduced into Brazil and Central America, and started to appear in greenhouses in the EPPO region. It was later introduced in Japan in the 1980s, and China and the USA in the 1990s.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="43359149" name="name507169989a12bf2b7" descr="OPOGSC_distribution_map.jpg"/>
+            <wp:docPr id="77463121" name="name938269b310a36e430" descr="OPOGSC_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="OPOGSC_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId652669989a12bf2b3" cstate="print"/>
+                    <a:blip r:embed="rId736669b310a36e42c" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">EPPO Region:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Cyprus, France (mainland), Germany, Israel, Italy (mainland), Morocco, Netherlands, Portugal (mainland, Azores, Madeira), Russian Federation (Central Russia), Spain (Islas Canárias), Switzerland, United Kingdom (England)</w:t>
+        <w:t xml:space="preserve"> Cyprus, France (mainland), Germany, Israel, Italy (mainland), Jordan, Morocco, Netherlands, Portugal (mainland, Azores, Madeira), Russian Federation (Central Russia), Spain (Islas Canárias), Switzerland, United Kingdom (England)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">Africa:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Cabo Verde, Madagascar, Mauritius, Morocco, Nigeria, Reunion, Saint Helena, Seychelles, South Africa</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">Asia:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> China (Beijing, Fujian, Guangdong, Hainan, Hebei, Zhejiang), Israel, Japan (Honshu, Kyushu, Ryukyu Archipelago, Shikoku)</w:t>
+        <w:t xml:space="preserve"> China (Beijing, Fujian, Guangdong, Hainan, Hebei, Zhejiang), Israel, Japan (Honshu, Kyushu, Ryukyu Archipelago, Shikoku), Jordan</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">North America:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> United States of America (Florida, Hawaii)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -5429,51 +5429,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">36</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 171–173. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId732769989a12c01de" w:history="1">
+      <w:hyperlink r:id="rId440069b310a36f2eb" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/taxon/OPOGSC/documents</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5559,51 +5559,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">39</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 28. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId133569989a12c02af" w:history="1">
+      <w:hyperlink r:id="rId985469b310a36f3bc" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/taxon/OPOGSC/documents</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6398,51 +6398,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">363–396</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId355069989a12c080b" w:history="1">
+      <w:hyperlink r:id="rId972369b310a36f91d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1046/j.1365-3113.1997.d01-47.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6751,51 +6751,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Netherlands Food and Consumer Product Safety Authority. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">48 pp. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId222769989a12c0a4a" w:history="1">
+      <w:hyperlink r:id="rId109369b310a36fb5a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://pra.eppo.int/pra/2823b66f-ce73-48eb-8272-082124412092</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -6948,51 +6948,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Opogona sacchari</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId989469989a12c0b8b" w:history="1">
+      <w:hyperlink r:id="rId152569b310a36fc97" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -7171,63 +7171,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">18</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 513-516.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="34275983" name="name571369989a12c0d45" descr="eu_funding_250.png"/>
+            <wp:docPr id="28222294" name="name434469b310a36fe2d" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId667569989a12c0d44" cstate="print"/>
+                    <a:blip r:embed="rId250369b310a36fe2c" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -7325,137 +7325,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="41825379">
+  <w:abstractNum w:abstractNumId="81150091">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="50174797">
+    <w:lvl w:ilvl="0" w:tplc="17140278">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="50174797" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="17140278" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="50174797" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="17140278" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="50174797" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="17140278" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="50174797" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="17140278" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="50174797" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="17140278" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="50174797" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="17140278" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="50174797" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="17140278" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="50174797" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="17140278" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="41825378">
+  <w:abstractNum w:abstractNumId="81150090">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="49596713">
+    <w:lvl w:ilvl="0" w:tplc="52107770">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -8207,55 +8207,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="41825378">
-    <w:abstractNumId w:val="41825378"/>
+  <w:num w:numId="81150090">
+    <w:abstractNumId w:val="81150090"/>
   </w:num>
-  <w:num w:numId="41825379">
-    <w:abstractNumId w:val="41825379"/>
+  <w:num w:numId="81150091">
+    <w:abstractNumId w:val="81150091"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -19805,51 +19805,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId186973694" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId169418741" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId160669989a12bc724" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/OPOGSC/" TargetMode="External"/><Relationship Id="rId451669989a12bc79b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/OPOGSC/categorization" TargetMode="External"/><Relationship Id="rId545369989a12bcfba" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/OPOGSC/photos" TargetMode="External"/><Relationship Id="rId732769989a12c01de" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/OPOGSC/documents" TargetMode="External"/><Relationship Id="rId133569989a12c02af" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/OPOGSC/documents" TargetMode="External"/><Relationship Id="rId355069989a12c080b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1046/j.1365-3113.1997.d01-47.xhttps://doi.org/10.1046/j.1365-3113.1997.d01-47.x" TargetMode="External"/><Relationship Id="rId222769989a12c0a4a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pra.eppo.int/pra/2823b66f-ce73-48eb-8272-082124412092" TargetMode="External"/><Relationship Id="rId989469989a12c0b8b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId204969989a12bce99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId204969989a12bce99.jpg"/><Relationship Id="rId652669989a12bf2b3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId652669989a12bf2b3.jpg"/><Relationship Id="rId667569989a12c0d44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId667569989a12c0d44.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId603699101" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId745762075" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId421969b310a36bed5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/OPOGSC/" TargetMode="External"/><Relationship Id="rId724669b310a36bf3e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/OPOGSC/categorization" TargetMode="External"/><Relationship Id="rId866869b310a36c5f4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/OPOGSC/photos" TargetMode="External"/><Relationship Id="rId440069b310a36f2eb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/OPOGSC/documents" TargetMode="External"/><Relationship Id="rId985469b310a36f3bc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/OPOGSC/documents" TargetMode="External"/><Relationship Id="rId972369b310a36f91d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1046/j.1365-3113.1997.d01-47.xhttps://doi.org/10.1046/j.1365-3113.1997.d01-47.x" TargetMode="External"/><Relationship Id="rId109369b310a36fb5a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pra.eppo.int/pra/2823b66f-ce73-48eb-8272-082124412092" TargetMode="External"/><Relationship Id="rId152569b310a36fc97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId927569b310a36c4d5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId927569b310a36c4d5.jpg"/><Relationship Id="rId736669b310a36e42c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId736669b310a36e42c.jpg"/><Relationship Id="rId250369b310a36fe2c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId250369b310a36fe2c.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>