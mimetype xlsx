--- v0 (2025-11-01)
+++ v1 (2025-12-16)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="OLVEU" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="138">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="139">
   <si>
     <t>type</t>
   </si>
   <si>
     <t>EPPOCode</t>
   </si>
   <si>
     <t>Pref_name</t>
   </si>
   <si>
     <t>References</t>
   </si>
   <si>
     <t>Experimental</t>
   </si>
   <si>
     <t>AGRLPL</t>
   </si>
   <si>
     <t>Agrilus planipennis</t>
   </si>
   <si>
     <t>* Cipollini D, Rigsby CM &amp; Peterson DL (2017) Feeding and development of emerald ash borer (Coleoptera: Buprestidae) on cultivated olive, Olea europaea. Journal of Economic Entomology 110, 1935–1937.
 * Peterson DL, Cipollini D (2020) Larval performance of a major pest on novel hosts and the effect of stressors. Environmental Entomology 49(2), 482-488.</t>
   </si>
@@ -147,50 +147,53 @@
 * Nawaz HH, Manzoor A, Iqbal MZ, Ansar MR, Ali M, Muhammad Kakar K, Ali Awan A, Weiguo M (2023) Colletotrichum acutatum: Causal Agent of Olive Anthracnose Isolation, Characterization, and Fungicide Susceptibility Screening in Punjab, Pakistan. Plant Disease 107(5), 1329-1342.</t>
   </si>
   <si>
     <t>QUADPE</t>
   </si>
   <si>
     <t>Comstockaspis perniciosa</t>
   </si>
   <si>
     <t>* Ben-Dov Y, German V (2003) A systemic catalogue of the Diaspididae (armoured scale insects) of the world, subfamilies Aspidiotinae, Comstockiellinae and Odonaspidinae. Intercept Ltd, Andover UK, 1111 pp.</t>
   </si>
   <si>
     <t>EOTELE</t>
   </si>
   <si>
     <t>Eotetranychus lewisi</t>
   </si>
   <si>
     <t>* Pritchard AE, Baker EW (1955) A revision of the spider mite family Tetranychidae.  Memoirs Series, San Francisco, Pacific Coast Entomological Society, 2: 472 p.</t>
   </si>
   <si>
     <t>EUTEOR</t>
   </si>
   <si>
     <t>Eutetranychus orientalis</t>
+  </si>
+  <si>
+    <t xml:space="preserve">* Beyzavi G, Ueckermann EA, Faraji F, Ostovan H (2013) A catalog of Iranian prostigmatic mites of superfamilies Raphignathoidea &amp; Tetranychoidea (Acari). Persian Journal of Acarology 2(3), 389-474. </t>
   </si>
   <si>
     <t>EUTYLA</t>
   </si>
   <si>
     <t>Eutypa lata</t>
   </si>
   <si>
     <t>* Tosi L, Natalini G (20089) First report of Eutypa lata causing dieback of olive trees in Italy. Plant Pathology 58(2), 398. https://doi.org/10.1111/j.1365-3059.2008.01968.x</t>
   </si>
   <si>
     <t>XYLBFO</t>
   </si>
   <si>
     <t>Euwallacea fornicatus sensu lato</t>
   </si>
   <si>
     <t>* Eskalen A, Stouthamer R, Lynch SC, Rugman-Jones PF, Twizeyimana M, Gonzalez A, Thibault T (2013) Host range of Fusarium dieback and its ambrosia beetle (Coleoptera: Scolytinae) vector in southern California. Plant Disease 97(7), 938-951.
 * Government of Western Australia. Department of Primary Industries and Regional Development. Polyphagous shot-hole borer (PSHB). Australian Host List (version 24.0 - 2024-09-30). https://www.agric.wa.gov.au/sites/gateway/files/PSHB-WA-Host-List_2.pdf
 -------Non-reproductive host in Western Australia.
 * van Rooyen E, Paap T, de Beer W, Townsend G, Fell S, Nel WJ, Morgan S, Hill M, Gonzalez A, Roets F (2021) The polyphagous shot hole borer beetle: Current status of a perfect invader in South Africa. South African Journal of Science 117(11/12). https://doi.org/10.17159/sajs.2021/9736
 ------- As Euwallacea fornicatus sensu stricto. Non-reproductive host in South Africa.</t>
   </si>
   <si>
     <t>EUWAWH</t>
@@ -1025,500 +1028,502 @@
     </row>
     <row r="14" spans="1:4">
       <c r="A14" t="s">
         <v>8</v>
       </c>
       <c r="B14" t="s">
         <v>39</v>
       </c>
       <c r="C14" t="s">
         <v>40</v>
       </c>
       <c r="D14" t="s">
         <v>41</v>
       </c>
     </row>
     <row r="15" spans="1:4">
       <c r="A15" t="s">
         <v>8</v>
       </c>
       <c r="B15" t="s">
         <v>42</v>
       </c>
       <c r="C15" t="s">
         <v>43</v>
       </c>
-      <c r="D15"/>
+      <c r="D15" t="s">
+        <v>44</v>
+      </c>
     </row>
     <row r="16" spans="1:4">
       <c r="A16" t="s">
         <v>8</v>
       </c>
       <c r="B16" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="C16" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="D16" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
     </row>
     <row r="17" spans="1:4">
       <c r="A17" t="s">
         <v>8</v>
       </c>
       <c r="B17" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="C17" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="D17" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
     </row>
     <row r="18" spans="1:4">
       <c r="A18" t="s">
         <v>8</v>
       </c>
       <c r="B18" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="C18" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="D18" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
     </row>
     <row r="19" spans="1:4">
       <c r="A19" t="s">
         <v>8</v>
       </c>
       <c r="B19" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="C19" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="D19" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
     </row>
     <row r="20" spans="1:4">
       <c r="A20" t="s">
         <v>8</v>
       </c>
       <c r="B20" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="C20" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="D20" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
     </row>
     <row r="21" spans="1:4">
       <c r="A21" t="s">
         <v>8</v>
       </c>
       <c r="B21" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="C21" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="D21" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
     </row>
     <row r="22" spans="1:4">
       <c r="A22" t="s">
         <v>8</v>
       </c>
       <c r="B22" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="C22" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="D22" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
     </row>
     <row r="23" spans="1:4">
       <c r="A23" t="s">
         <v>8</v>
       </c>
       <c r="B23" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="C23" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="D23" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
     </row>
     <row r="24" spans="1:4">
       <c r="A24" t="s">
         <v>8</v>
       </c>
       <c r="B24" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="C24" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="D24" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
     </row>
     <row r="25" spans="1:4">
       <c r="A25" t="s">
         <v>8</v>
       </c>
       <c r="B25" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="C25" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="D25" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
     </row>
     <row r="26" spans="1:4">
       <c r="A26" t="s">
         <v>8</v>
       </c>
       <c r="B26" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="C26" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="D26"/>
     </row>
     <row r="27" spans="1:4">
       <c r="A27" t="s">
         <v>8</v>
       </c>
       <c r="B27" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="C27" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="D27" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
     </row>
     <row r="28" spans="1:4">
       <c r="A28" t="s">
         <v>8</v>
       </c>
       <c r="B28" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="C28" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="D28" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
     </row>
     <row r="29" spans="1:4">
       <c r="A29" t="s">
         <v>8</v>
       </c>
       <c r="B29" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="C29" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="D29"/>
     </row>
     <row r="30" spans="1:4">
       <c r="A30" t="s">
         <v>8</v>
       </c>
       <c r="B30" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="C30" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="D30" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
     </row>
     <row r="31" spans="1:4">
       <c r="A31" t="s">
         <v>8</v>
       </c>
       <c r="B31" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="C31" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="D31" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
     </row>
     <row r="32" spans="1:4">
       <c r="A32" t="s">
         <v>8</v>
       </c>
       <c r="B32" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="C32" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="D32" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
     </row>
     <row r="33" spans="1:4">
       <c r="A33" t="s">
         <v>8</v>
       </c>
       <c r="B33" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="C33" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="D33"/>
     </row>
     <row r="34" spans="1:4">
       <c r="A34" t="s">
         <v>8</v>
       </c>
       <c r="B34" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="C34" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="D34"/>
     </row>
     <row r="35" spans="1:4">
       <c r="A35" t="s">
         <v>8</v>
       </c>
       <c r="B35" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="C35" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="D35" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
     </row>
     <row r="36" spans="1:4">
       <c r="A36" t="s">
         <v>8</v>
       </c>
       <c r="B36" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="C36" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="D36" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
     </row>
     <row r="37" spans="1:4">
       <c r="A37" t="s">
         <v>8</v>
       </c>
       <c r="B37" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="C37" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="D37"/>
     </row>
     <row r="38" spans="1:4">
       <c r="A38" t="s">
         <v>8</v>
       </c>
       <c r="B38" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="C38" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
       <c r="D38" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
     </row>
     <row r="39" spans="1:4">
       <c r="A39" t="s">
         <v>8</v>
       </c>
       <c r="B39" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="C39" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
       <c r="D39" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
     </row>
     <row r="40" spans="1:4">
       <c r="A40" t="s">
         <v>8</v>
       </c>
       <c r="B40" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="C40" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
       <c r="D40" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
     </row>
     <row r="41" spans="1:4">
       <c r="A41" t="s">
         <v>8</v>
       </c>
       <c r="B41" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
       <c r="C41" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
       <c r="D41" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
     </row>
     <row r="42" spans="1:4">
       <c r="A42" t="s">
         <v>8</v>
       </c>
       <c r="B42" t="s">
-        <v>117</v>
+        <v>118</v>
       </c>
       <c r="C42" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
       <c r="D42" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
     </row>
     <row r="43" spans="1:4">
       <c r="A43" t="s">
         <v>8</v>
       </c>
       <c r="B43" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="C43" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="D43" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
     </row>
     <row r="44" spans="1:4">
       <c r="A44" t="s">
         <v>8</v>
       </c>
       <c r="B44" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
       <c r="C44" t="s">
-        <v>124</v>
+        <v>125</v>
       </c>
       <c r="D44" t="s">
-        <v>125</v>
+        <v>126</v>
       </c>
     </row>
     <row r="45" spans="1:4">
       <c r="A45" t="s">
         <v>8</v>
       </c>
       <c r="B45" t="s">
-        <v>126</v>
+        <v>127</v>
       </c>
       <c r="C45" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
       <c r="D45" t="s">
-        <v>128</v>
+        <v>129</v>
       </c>
     </row>
     <row r="46" spans="1:4">
       <c r="A46" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="B46" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="C46" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="D46" t="s">
-        <v>132</v>
+        <v>133</v>
       </c>
     </row>
     <row r="47" spans="1:4">
       <c r="A47" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="B47" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
       <c r="C47" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
       <c r="D47"/>
     </row>
     <row r="48" spans="1:4">
       <c r="A48" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="B48" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="C48" t="s">
-        <v>136</v>
+        <v>137</v>
       </c>
       <c r="D48" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">