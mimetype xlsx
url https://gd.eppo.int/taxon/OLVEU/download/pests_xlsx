--- v1 (2025-12-16)
+++ v2 (2026-02-12)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="OLVEU" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="139">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="142">
   <si>
     <t>type</t>
   </si>
   <si>
     <t>EPPOCode</t>
   </si>
   <si>
     <t>Pref_name</t>
   </si>
   <si>
     <t>References</t>
   </si>
   <si>
     <t>Experimental</t>
   </si>
   <si>
     <t>AGRLPL</t>
   </si>
   <si>
     <t>Agrilus planipennis</t>
   </si>
   <si>
     <t>* Cipollini D, Rigsby CM &amp; Peterson DL (2017) Feeding and development of emerald ash borer (Coleoptera: Buprestidae) on cultivated olive, Olea europaea. Journal of Economic Entomology 110, 1935–1937.
 * Peterson DL, Cipollini D (2020) Larval performance of a major pest on novel hosts and the effect of stressors. Environmental Entomology 49(2), 482-488.</t>
   </si>
@@ -329,50 +329,59 @@
     <t xml:space="preserve">* Pan ZC, Xu J, Prior P, Xu JS, Zhang H, Chen KY, Tian Q, Zhang LQ, Liu L, He LY, Feng J (2013) Development of a specific molecular tool for the detection of epidemiologically active mulberry causing-disease strains of Ralstonia solanacearum phylotype I (historically race 5-biovar 5) in China. European journal of plant pathology 137(2), 377-391.
 * Xu J, Pan ZC, Prior P, Xu JS, Zhang Z, Zhang H, Zhang LQ, He LY, Feng J (2009) Genetic diversity of Ralstonia solanacearum strains from China. European Journal of Pathology 125(4), 641-653.
 </t>
   </si>
   <si>
     <t>RALSSO</t>
   </si>
   <si>
     <t>Ralstonia solanacearum species complex</t>
   </si>
   <si>
     <t>* Pan ZC, Xu J, Prior P, Xu JS, Zhang H, Chen KY, Tian Q, Zhang LQ, Liu L, He LY, Feng J (2013) Development of a specific molecular tool for the detection of epidemiologically active mulberry causing-disease strains of Ralstonia solanacearum phylotype I (historically race 5-biovar 5) in China. European journal of plant pathology 137(2), 377-391.
 * Xu J, Pan ZC, Prior P, Xu JS, Zhang Z, Zhang H, Zhang LQ, He LY, Feng J (2009) Genetic diversity of Ralstonia solanacearum strains from China. European Journal of Pathology 125(4), 641-653.</t>
   </si>
   <si>
     <t>RICASC</t>
   </si>
   <si>
     <t>Ricania speculum</t>
   </si>
   <si>
     <t>HELYBU</t>
   </si>
   <si>
     <t>Rotylenchus buxophilus</t>
+  </si>
+  <si>
+    <t>SCITAU</t>
+  </si>
+  <si>
+    <t>Scirtothrips aurantii</t>
+  </si>
+  <si>
+    <t>* NPPO of the Netherlands (2025-12)</t>
   </si>
   <si>
     <t>SLRSV0</t>
   </si>
   <si>
     <t>Stralarivirus fragariae</t>
   </si>
   <si>
     <t>* Mathioudakis MM, Saponari M, Hasiów-Jaroszewska B, Elbeaino T, Koubouris G (2020) Detection of viruses in olive cultivars in Greece, using a rapid and effective RNA extraction method, for certification of virus-tested propagation material. Phytopathologia Mediterranea 59(1), 203-211.
 -------- On olive (Olea europaea) in Crete.</t>
   </si>
   <si>
     <t>ARGPLE</t>
   </si>
   <si>
     <t>Thaumatotibia leucotreta</t>
   </si>
   <si>
     <t>* Mgocheki N, Addison P (2016) Investigating the validity of the species status of the false codling moth in South African deciduous fruit orchards using mating studies and mtDNA. Bulletin of Entomological Research, 106(5), 598–605. doi:10.1017/s0007485316000304</t>
   </si>
   <si>
     <t>THEBPI</t>
   </si>
   <si>
     <t>Theba pisana</t>
@@ -810,51 +819,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:D48"/>
+  <dimension ref="A1:D49"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="15.282" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="10.569" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="45.846" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="410.471" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
@@ -1328,65 +1337,65 @@
     </row>
     <row r="36" spans="1:4">
       <c r="A36" t="s">
         <v>8</v>
       </c>
       <c r="B36" t="s">
         <v>101</v>
       </c>
       <c r="C36" t="s">
         <v>102</v>
       </c>
       <c r="D36" t="s">
         <v>103</v>
       </c>
     </row>
     <row r="37" spans="1:4">
       <c r="A37" t="s">
         <v>8</v>
       </c>
       <c r="B37" t="s">
         <v>104</v>
       </c>
       <c r="C37" t="s">
         <v>105</v>
       </c>
-      <c r="D37"/>
+      <c r="D37" t="s">
+        <v>106</v>
+      </c>
     </row>
     <row r="38" spans="1:4">
       <c r="A38" t="s">
         <v>8</v>
       </c>
       <c r="B38" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
       <c r="C38" t="s">
-        <v>107</v>
-[...1 lines deleted...]
-      <c r="D38" t="s">
         <v>108</v>
       </c>
+      <c r="D38"/>
     </row>
     <row r="39" spans="1:4">
       <c r="A39" t="s">
         <v>8</v>
       </c>
       <c r="B39" t="s">
         <v>109</v>
       </c>
       <c r="C39" t="s">
         <v>110</v>
       </c>
       <c r="D39" t="s">
         <v>111</v>
       </c>
     </row>
     <row r="40" spans="1:4">
       <c r="A40" t="s">
         <v>8</v>
       </c>
       <c r="B40" t="s">
         <v>112</v>
       </c>
       <c r="C40" t="s">
         <v>113</v>
       </c>
@@ -1444,86 +1453,100 @@
         <v>124</v>
       </c>
       <c r="C44" t="s">
         <v>125</v>
       </c>
       <c r="D44" t="s">
         <v>126</v>
       </c>
     </row>
     <row r="45" spans="1:4">
       <c r="A45" t="s">
         <v>8</v>
       </c>
       <c r="B45" t="s">
         <v>127</v>
       </c>
       <c r="C45" t="s">
         <v>128</v>
       </c>
       <c r="D45" t="s">
         <v>129</v>
       </c>
     </row>
     <row r="46" spans="1:4">
       <c r="A46" t="s">
+        <v>8</v>
+      </c>
+      <c r="B46" t="s">
         <v>130</v>
       </c>
-      <c r="B46" t="s">
+      <c r="C46" t="s">
         <v>131</v>
       </c>
-      <c r="C46" t="s">
+      <c r="D46" t="s">
         <v>132</v>
-      </c>
-[...1 lines deleted...]
-        <v>133</v>
       </c>
     </row>
     <row r="47" spans="1:4">
       <c r="A47" t="s">
-        <v>130</v>
+        <v>133</v>
       </c>
       <c r="B47" t="s">
         <v>134</v>
       </c>
       <c r="C47" t="s">
         <v>135</v>
       </c>
-      <c r="D47"/>
+      <c r="D47" t="s">
+        <v>136</v>
+      </c>
     </row>
     <row r="48" spans="1:4">
       <c r="A48" t="s">
-        <v>130</v>
+        <v>133</v>
       </c>
       <c r="B48" t="s">
-        <v>136</v>
+        <v>137</v>
       </c>
       <c r="C48" t="s">
-        <v>137</v>
-[...1 lines deleted...]
-      <c r="D48" t="s">
         <v>138</v>
+      </c>
+      <c r="D48"/>
+    </row>
+    <row r="49" spans="1:4">
+      <c r="A49" t="s">
+        <v>133</v>
+      </c>
+      <c r="B49" t="s">
+        <v>139</v>
+      </c>
+      <c r="C49" t="s">
+        <v>140</v>
+      </c>
+      <c r="D49" t="s">
+        <v>141</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">