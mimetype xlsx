--- v2 (2026-02-12)
+++ v3 (2026-03-04)
@@ -278,51 +278,52 @@
 * Mathioudakis MM, Saponari M, Hasiów-Jaroszewska B, Elbeaino T, Koubouris G (2020) Detection of viruses in olive cultivars in Greece, using a rapid and effective RNA extraction method, for certification of virus-tested propagation material. Phytopathologia Mediterranea 59(1), 203-211.
 -------- In Crete (Greece).</t>
   </si>
   <si>
     <t>OMOPLE</t>
   </si>
   <si>
     <t>Omophlus lepturoides</t>
   </si>
   <si>
     <t>PHMPOM</t>
   </si>
   <si>
     <t>Phymatotrichopsis omnivora</t>
   </si>
   <si>
     <t>* Anonymous (1960) Index of Plant Diseases in the United States. Agriculture Handbook no 165, USDA-ARS (US) 531 pp.</t>
   </si>
   <si>
     <t>POCZSH</t>
   </si>
   <si>
     <t>Pochazia shantungensis</t>
   </si>
   <si>
-    <t>* Choi KS, Goh SW, oh H, Kim H, KIM S, Ahn JJ (2023) Olive Pests in Jeju, Korea. Korean Journal of applied entomology 62(2), 103-107.  https://doi.org/10.5656/KSAE.2023.05.0.016
+    <t>* Çetin G, Göksel PH, Ak K, Hızal E (2025) Determining host preferences, population density, and geographical distribution of Pochazia shantungensis (Chu &amp; Lu, 1977)(Hemiptera: Ricaniidae) in the Eastern Marmara Region. Plant Protection Bulletin 65(4), 57-68.
+* Choi KS, Goh SW, oh H, Kim H, KIM S, Ahn JJ (2023) Olive Pests in Jeju, Korea. Korean Journal of applied entomology 62(2), 103-107.  https://doi.org/10.5656/KSAE.2023.05.0.016
 * Kobayashi S, Suzuki M, Kuwahara R, Park J, Yamada K, Jung S (2024) Reevaluation of taxonomic identity of the recently introduced invasive planthopper, Pochazia shantungensis (Chou &amp; Lu, 1977)(Hemiptera: Fulgoroidea: Ricaniidae) in Japan. Zootaxa 5446(2), 151-178.
 * Stroiński A, Balderi M, Marraccini D, Mazza G (2022) First records of Pochazia shantungensis (Chou &amp; Lu, 1977) (Hemiptera: Fulgoromorpha: Ricaniidae) in Italy. Zootaxa 5188 (3), 275–282, https://doi.org/10.11646/zootaxa.5188.3.4</t>
   </si>
   <si>
     <t>PRAYOL</t>
   </si>
   <si>
     <t>Prays oleae</t>
   </si>
   <si>
     <t>PSEAPE</t>
   </si>
   <si>
     <t>Pseudaulacaspis pentagona</t>
   </si>
   <si>
     <t>* Choi KS, Goh SW, oh H, Kim H, KIM S, Ahn JJ (2023) Olive Pests in Jeju, Korea. Korean Journal of applied entomology 62(2), 103-107.  https://doi.org/10.5656/KSAE.2023.05.0.016</t>
   </si>
   <si>
     <t>RALSPS</t>
   </si>
   <si>
     <t>Ralstonia pseudosolanacearum</t>
   </si>
   <si>