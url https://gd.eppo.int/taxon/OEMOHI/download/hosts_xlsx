--- v0 (2025-10-04)
+++ v1 (2026-02-09)
@@ -192,51 +192,51 @@
   <si>
     <t>Betula sp.</t>
   </si>
   <si>
     <t>SENGR</t>
   </si>
   <si>
     <t>Brachyglottis greyi</t>
   </si>
   <si>
     <t>BRGRE</t>
   </si>
   <si>
     <t>Brachyglottis repanda</t>
   </si>
   <si>
     <t>BRGRO</t>
   </si>
   <si>
     <t>Brachyglottis rotundifolia</t>
   </si>
   <si>
     <t>BUDDA</t>
   </si>
   <si>
-    <t>Buddleia davidii</t>
+    <t>Buddleja davidii</t>
   </si>
   <si>
     <t>CAHSS</t>
   </si>
   <si>
     <t>Camellia sp.</t>
   </si>
   <si>
     <t>CMHAU</t>
   </si>
   <si>
     <t>Carmichaelia australis</t>
   </si>
   <si>
     <t>CSJED</t>
   </si>
   <si>
     <t>Casimiroa edulis</t>
   </si>
   <si>
     <t>CSALE</t>
   </si>
   <si>
     <t>Cassinia leptophylla</t>
   </si>