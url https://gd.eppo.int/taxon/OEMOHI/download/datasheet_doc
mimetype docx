--- v0 (2025-10-08)
+++ v1 (2025-11-15)
@@ -358,51 +358,51 @@
               <w:t xml:space="preserve"> Fabricius</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> lemon tree borer</w:t>
             </w:r>
-            <w:hyperlink r:id="rId309068e6e7773d875" w:history="1">
+            <w:hyperlink r:id="rId4136691862d08b63b" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -418,51 +418,51 @@
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 Quarantine pest (Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId472068e6e7773d8f8" w:history="1">
+            <w:hyperlink r:id="rId4440691862d08b6a4" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -476,86 +476,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> OEMOHI</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="76909627" name="name495568e6e7773dfd2" descr="1121.jpg"/>
+                  <wp:docPr id="90790544" name="name1827691862d08c9ff" descr="1121.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="1121.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId590668e6e7773dfd0" cstate="print"/>
+                          <a:blip r:embed="rId7086691862d08c9fc" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId978468e6e7773e110" w:history="1">
+            <w:hyperlink r:id="rId7520691862d08caef" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -5134,63 +5134,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">O. hirta</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> is distributed throughout New Zealand but more common in the North Island and northern South Island (Lu &amp; Wang, 2005).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="81094907" name="name591468e6e77740d12" descr="OEMOHI_distribution_map.jpg"/>
+            <wp:docPr id="2128408" name="name6328691862d0933c6" descr="OEMOHI_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="OEMOHI_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId344868e6e77740d0e" cstate="print"/>
+                    <a:blip r:embed="rId5383691862d0933c3" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -6214,101 +6214,101 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI (2020) Invasive species compendium datasheet – </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Oemona hirta</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (lemon tree borer). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId549668e6e777415cb" w:history="1">
+      <w:hyperlink r:id="rId7814691862d093d34" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.cabi.org/isc/datasheet/37124</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2014) Revised </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Pest risk analysis for Oemona hirta</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO, Paris. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId832168e6e77741630" w:history="1">
+      <w:hyperlink r:id="rId4544691862d093d91" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.eppo.int/QUARANTINE/Pest_Risk_Analysis/PRA_intro.htm</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6624,51 +6624,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Ostojá-Starzewski J, MacLeod A &amp; Eyre D (2010) Plant pest factsheet: lemon tree borer, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Oemona hirta</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. York, UK: Food and Environment Research Agency (FERA).3 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId957468e6e777418b7" w:history="1">
+      <w:hyperlink r:id="rId4451691862d093ff7" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://planthealthportal.defra.gov.uk/assets/factsheets/lemonTreeBorer.pdf</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7182,51 +7182,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Oemona hirta</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId911468e6e77741c4b" w:history="1">
+      <w:hyperlink r:id="rId7573691862d0944bb" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -7239,63 +7239,63 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">This datasheet was first published online in 2021. It is maintained in an electronic format in the EPPO Global Database. The sections on 'Identity', ‘Hosts’, and 'Geographical distribution' are automatically updated from the database. For other sections, the date of last revision is indicated on the right.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="57792681" name="name719768e6e77741cf9" descr="eu_funding_250.png"/>
+            <wp:docPr id="42312418" name="name9487691862d09665e" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId411668e6e77741cf8" cstate="print"/>
+                    <a:blip r:embed="rId4112691862d09665c" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -7393,137 +7393,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="78692395">
+  <w:abstractNum w:abstractNumId="89738290">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="26559819">
+    <w:lvl w:ilvl="0" w:tplc="91705298">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="26559819" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="91705298" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="26559819" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="91705298" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="26559819" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="91705298" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="26559819" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="91705298" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="26559819" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="91705298" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="26559819" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="91705298" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="26559819" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="91705298" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="26559819" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="91705298" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="78692394">
+  <w:abstractNum w:abstractNumId="89738289">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="81814768">
+    <w:lvl w:ilvl="0" w:tplc="57213211">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -8275,55 +8275,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="78692394">
-    <w:abstractNumId w:val="78692394"/>
+  <w:num w:numId="89738289">
+    <w:abstractNumId w:val="89738289"/>
   </w:num>
-  <w:num w:numId="78692395">
-    <w:abstractNumId w:val="78692395"/>
+  <w:num w:numId="89738290">
+    <w:abstractNumId w:val="89738290"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -19873,51 +19873,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId728040592" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId709405701" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId309068e6e7773d875" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/OEMOHI/" TargetMode="External"/><Relationship Id="rId472068e6e7773d8f8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/OEMOHI/categorization" TargetMode="External"/><Relationship Id="rId978468e6e7773e110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/OEMOHI/photos" TargetMode="External"/><Relationship Id="rId549668e6e777415cb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/37124" TargetMode="External"/><Relationship Id="rId832168e6e77741630" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.eppo.int/QUARANTINE/Pest_Risk_Analysis/PRA_intro.htm" TargetMode="External"/><Relationship Id="rId957468e6e777418b7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://planthealthportal.defra.gov.uk/assets/factsheets/lemonTreeBorer.pdf" TargetMode="External"/><Relationship Id="rId911468e6e77741c4b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId590668e6e7773dfd0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId590668e6e7773dfd0.jpg"/><Relationship Id="rId344868e6e77740d0e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId344868e6e77740d0e.jpg"/><Relationship Id="rId411668e6e77741cf8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId411668e6e77741cf8.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId685065023" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId571380610" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId4136691862d08b63b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/OEMOHI/" TargetMode="External"/><Relationship Id="rId4440691862d08b6a4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/OEMOHI/categorization" TargetMode="External"/><Relationship Id="rId7520691862d08caef" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/OEMOHI/photos" TargetMode="External"/><Relationship Id="rId7814691862d093d34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/37124" TargetMode="External"/><Relationship Id="rId4544691862d093d91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.eppo.int/QUARANTINE/Pest_Risk_Analysis/PRA_intro.htm" TargetMode="External"/><Relationship Id="rId4451691862d093ff7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://planthealthportal.defra.gov.uk/assets/factsheets/lemonTreeBorer.pdf" TargetMode="External"/><Relationship Id="rId7573691862d0944bb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId7086691862d08c9fc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId7086691862d08c9fc.jpg"/><Relationship Id="rId5383691862d0933c3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId5383691862d0933c3.jpg"/><Relationship Id="rId4112691862d09665c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId4112691862d09665c.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>