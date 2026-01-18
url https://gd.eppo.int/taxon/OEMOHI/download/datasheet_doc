--- v1 (2025-11-15)
+++ v2 (2026-01-18)
@@ -358,51 +358,51 @@
               <w:t xml:space="preserve"> Fabricius</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> lemon tree borer</w:t>
             </w:r>
-            <w:hyperlink r:id="rId4136691862d08b63b" w:history="1">
+            <w:hyperlink r:id="rId8435696c287a62a10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -418,51 +418,51 @@
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 Quarantine pest (Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId4440691862d08b6a4" w:history="1">
+            <w:hyperlink r:id="rId2716696c287a62ab1" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -476,86 +476,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> OEMOHI</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="90790544" name="name1827691862d08c9ff" descr="1121.jpg"/>
+                  <wp:docPr id="87438584" name="name1176696c287a62bd7" descr="1121.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="1121.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId7086691862d08c9fc" cstate="print"/>
+                          <a:blip r:embed="rId8748696c287a62bd5" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId7520691862d08caef" w:history="1">
+            <w:hyperlink r:id="rId9537696c287a62d0c" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -5134,63 +5134,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">O. hirta</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> is distributed throughout New Zealand but more common in the North Island and northern South Island (Lu &amp; Wang, 2005).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="2128408" name="name6328691862d0933c6" descr="OEMOHI_distribution_map.jpg"/>
+            <wp:docPr id="63013341" name="name6893696c287a65af0" descr="OEMOHI_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="OEMOHI_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId5383691862d0933c3" cstate="print"/>
+                    <a:blip r:embed="rId1550696c287a65aeb" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -6214,101 +6214,101 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI (2020) Invasive species compendium datasheet – </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Oemona hirta</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (lemon tree borer). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7814691862d093d34" w:history="1">
+      <w:hyperlink r:id="rId3711696c287a663c8" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.cabi.org/isc/datasheet/37124</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2014) Revised </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Pest risk analysis for Oemona hirta</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO, Paris. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4544691862d093d91" w:history="1">
+      <w:hyperlink r:id="rId8252696c287a6641e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.eppo.int/QUARANTINE/Pest_Risk_Analysis/PRA_intro.htm</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6624,51 +6624,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Ostojá-Starzewski J, MacLeod A &amp; Eyre D (2010) Plant pest factsheet: lemon tree borer, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Oemona hirta</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. York, UK: Food and Environment Research Agency (FERA).3 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4451691862d093ff7" w:history="1">
+      <w:hyperlink r:id="rId7084696c287a6667d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://planthealthportal.defra.gov.uk/assets/factsheets/lemonTreeBorer.pdf</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7160,73 +7160,73 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">How to cite this datasheet?</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">EPPO (2025) </w:t>
+        <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Oemona hirta</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7573691862d0944bb" w:history="1">
+      <w:hyperlink r:id="rId7799696c287a66a4b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -7239,63 +7239,63 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">This datasheet was first published online in 2021. It is maintained in an electronic format in the EPPO Global Database. The sections on 'Identity', ‘Hosts’, and 'Geographical distribution' are automatically updated from the database. For other sections, the date of last revision is indicated on the right.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="42312418" name="name9487691862d09665e" descr="eu_funding_250.png"/>
+            <wp:docPr id="71449982" name="name3397696c287a66b14" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId4112691862d09665c" cstate="print"/>
+                    <a:blip r:embed="rId8514696c287a66b13" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -7393,137 +7393,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="89738290">
+  <w:abstractNum w:abstractNumId="83886168">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="91705298">
+    <w:lvl w:ilvl="0" w:tplc="27229421">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="91705298" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="27229421" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="91705298" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="27229421" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="91705298" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="27229421" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="91705298" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="27229421" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="91705298" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="27229421" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="91705298" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="27229421" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="91705298" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="27229421" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="91705298" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="27229421" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="89738289">
+  <w:abstractNum w:abstractNumId="83886167">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="57213211">
+    <w:lvl w:ilvl="0" w:tplc="31321452">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -8275,55 +8275,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="89738289">
-    <w:abstractNumId w:val="89738289"/>
+  <w:num w:numId="83886167">
+    <w:abstractNumId w:val="83886167"/>
   </w:num>
-  <w:num w:numId="89738290">
-    <w:abstractNumId w:val="89738290"/>
+  <w:num w:numId="83886168">
+    <w:abstractNumId w:val="83886168"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -19873,51 +19873,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId685065023" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId571380610" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId4136691862d08b63b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/OEMOHI/" TargetMode="External"/><Relationship Id="rId4440691862d08b6a4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/OEMOHI/categorization" TargetMode="External"/><Relationship Id="rId7520691862d08caef" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/OEMOHI/photos" TargetMode="External"/><Relationship Id="rId7814691862d093d34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/37124" TargetMode="External"/><Relationship Id="rId4544691862d093d91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.eppo.int/QUARANTINE/Pest_Risk_Analysis/PRA_intro.htm" TargetMode="External"/><Relationship Id="rId4451691862d093ff7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://planthealthportal.defra.gov.uk/assets/factsheets/lemonTreeBorer.pdf" TargetMode="External"/><Relationship Id="rId7573691862d0944bb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId7086691862d08c9fc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId7086691862d08c9fc.jpg"/><Relationship Id="rId5383691862d0933c3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId5383691862d0933c3.jpg"/><Relationship Id="rId4112691862d09665c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId4112691862d09665c.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId780322286" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId504437637" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId8435696c287a62a10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/OEMOHI/" TargetMode="External"/><Relationship Id="rId2716696c287a62ab1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/OEMOHI/categorization" TargetMode="External"/><Relationship Id="rId9537696c287a62d0c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/OEMOHI/photos" TargetMode="External"/><Relationship Id="rId3711696c287a663c8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/37124" TargetMode="External"/><Relationship Id="rId8252696c287a6641e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.eppo.int/QUARANTINE/Pest_Risk_Analysis/PRA_intro.htm" TargetMode="External"/><Relationship Id="rId7084696c287a6667d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://planthealthportal.defra.gov.uk/assets/factsheets/lemonTreeBorer.pdf" TargetMode="External"/><Relationship Id="rId7799696c287a66a4b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId8748696c287a62bd5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId8748696c287a62bd5.jpg"/><Relationship Id="rId1550696c287a65aeb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId1550696c287a65aeb.jpg"/><Relationship Id="rId8514696c287a66b13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId8514696c287a66b13.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>