--- v2 (2026-01-18)
+++ v3 (2026-02-09)
@@ -358,51 +358,51 @@
               <w:t xml:space="preserve"> Fabricius</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> lemon tree borer</w:t>
             </w:r>
-            <w:hyperlink r:id="rId8435696c287a62a10" w:history="1">
+            <w:hyperlink r:id="rId48216989d8be649dc" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -416,53 +416,53 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve"> A1 Quarantine pest (Annex II A)</w:t>
+              <w:t xml:space="preserve"> Quarantine pest ((EU) 2019/2072 Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId2716696c287a62ab1" w:history="1">
+            <w:hyperlink r:id="rId94506989d8be64a5e" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -476,86 +476,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> OEMOHI</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="87438584" name="name1176696c287a62bd7" descr="1121.jpg"/>
+                  <wp:docPr id="14581689" name="name27476989d8be64f8e" descr="1121.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="1121.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId8748696c287a62bd5" cstate="print"/>
+                          <a:blip r:embed="rId10946989d8be64f8c" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId9537696c287a62d0c" w:history="1">
+            <w:hyperlink r:id="rId70166989d8be65078" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -1296,51 +1296,51 @@
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Brachyglottis rotundifolia</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">Buddleia davidii</w:t>
+        <w:t xml:space="preserve">Buddleja davidii</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Camellia sp.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
@@ -5134,63 +5134,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">O. hirta</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> is distributed throughout New Zealand but more common in the North Island and northern South Island (Lu &amp; Wang, 2005).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="63013341" name="name6893696c287a65af0" descr="OEMOHI_distribution_map.jpg"/>
+            <wp:docPr id="90868465" name="name80486989d8be67af9" descr="OEMOHI_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="OEMOHI_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId1550696c287a65aeb" cstate="print"/>
+                    <a:blip r:embed="rId54536989d8be67af6" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -6214,101 +6214,101 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI (2020) Invasive species compendium datasheet – </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Oemona hirta</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (lemon tree borer). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3711696c287a663c8" w:history="1">
+      <w:hyperlink r:id="rId35506989d8be68365" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.cabi.org/isc/datasheet/37124</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2014) Revised </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Pest risk analysis for Oemona hirta</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO, Paris. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8252696c287a6641e" w:history="1">
+      <w:hyperlink r:id="rId43816989d8be683bc" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.eppo.int/QUARANTINE/Pest_Risk_Analysis/PRA_intro.htm</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6624,51 +6624,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Ostojá-Starzewski J, MacLeod A &amp; Eyre D (2010) Plant pest factsheet: lemon tree borer, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Oemona hirta</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. York, UK: Food and Environment Research Agency (FERA).3 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7084696c287a6667d" w:history="1">
+      <w:hyperlink r:id="rId14846989d8be68621" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://planthealthportal.defra.gov.uk/assets/factsheets/lemonTreeBorer.pdf</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7182,51 +7182,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Oemona hirta</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7799696c287a66a4b" w:history="1">
+      <w:hyperlink r:id="rId55126989d8be689fd" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -7239,63 +7239,63 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">This datasheet was first published online in 2021. It is maintained in an electronic format in the EPPO Global Database. The sections on 'Identity', ‘Hosts’, and 'Geographical distribution' are automatically updated from the database. For other sections, the date of last revision is indicated on the right.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="71449982" name="name3397696c287a66b14" descr="eu_funding_250.png"/>
+            <wp:docPr id="22265023" name="name90996989d8be68b92" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId8514696c287a66b13" cstate="print"/>
+                    <a:blip r:embed="rId16716989d8be68b91" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -7393,137 +7393,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="83886168">
+  <w:abstractNum w:abstractNumId="59265404">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="27229421">
+    <w:lvl w:ilvl="0" w:tplc="65746584">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="27229421" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="65746584" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="27229421" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="65746584" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="27229421" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="65746584" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="27229421" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="65746584" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="27229421" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="65746584" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="27229421" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="65746584" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="27229421" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="65746584" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="27229421" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="65746584" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="83886167">
+  <w:abstractNum w:abstractNumId="59265403">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="31321452">
+    <w:lvl w:ilvl="0" w:tplc="41761611">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -8275,55 +8275,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="83886167">
-    <w:abstractNumId w:val="83886167"/>
+  <w:num w:numId="59265403">
+    <w:abstractNumId w:val="59265403"/>
   </w:num>
-  <w:num w:numId="83886168">
-    <w:abstractNumId w:val="83886168"/>
+  <w:num w:numId="59265404">
+    <w:abstractNumId w:val="59265404"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -19873,51 +19873,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId780322286" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId504437637" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId8435696c287a62a10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/OEMOHI/" TargetMode="External"/><Relationship Id="rId2716696c287a62ab1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/OEMOHI/categorization" TargetMode="External"/><Relationship Id="rId9537696c287a62d0c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/OEMOHI/photos" TargetMode="External"/><Relationship Id="rId3711696c287a663c8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/37124" TargetMode="External"/><Relationship Id="rId8252696c287a6641e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.eppo.int/QUARANTINE/Pest_Risk_Analysis/PRA_intro.htm" TargetMode="External"/><Relationship Id="rId7084696c287a6667d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://planthealthportal.defra.gov.uk/assets/factsheets/lemonTreeBorer.pdf" TargetMode="External"/><Relationship Id="rId7799696c287a66a4b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId8748696c287a62bd5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId8748696c287a62bd5.jpg"/><Relationship Id="rId1550696c287a65aeb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId1550696c287a65aeb.jpg"/><Relationship Id="rId8514696c287a66b13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId8514696c287a66b13.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId770458132" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId495082654" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId48216989d8be649dc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/OEMOHI/" TargetMode="External"/><Relationship Id="rId94506989d8be64a5e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/OEMOHI/categorization" TargetMode="External"/><Relationship Id="rId70166989d8be65078" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/OEMOHI/photos" TargetMode="External"/><Relationship Id="rId35506989d8be68365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/37124" TargetMode="External"/><Relationship Id="rId43816989d8be683bc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.eppo.int/QUARANTINE/Pest_Risk_Analysis/PRA_intro.htm" TargetMode="External"/><Relationship Id="rId14846989d8be68621" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://planthealthportal.defra.gov.uk/assets/factsheets/lemonTreeBorer.pdf" TargetMode="External"/><Relationship Id="rId55126989d8be689fd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId10946989d8be64f8c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId10946989d8be64f8c.jpg"/><Relationship Id="rId54536989d8be67af6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId54536989d8be67af6.jpg"/><Relationship Id="rId16716989d8be68b91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId16716989d8be68b91.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>