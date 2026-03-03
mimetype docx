--- v3 (2026-02-09)
+++ v4 (2026-03-03)
@@ -358,51 +358,51 @@
               <w:t xml:space="preserve"> Fabricius</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> lemon tree borer</w:t>
             </w:r>
-            <w:hyperlink r:id="rId48216989d8be649dc" w:history="1">
+            <w:hyperlink r:id="rId439469a6c6fa53f52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -418,51 +418,51 @@
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Quarantine pest ((EU) 2019/2072 Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId94506989d8be64a5e" w:history="1">
+            <w:hyperlink r:id="rId922569a6c6fa53fd3" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -476,86 +476,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> OEMOHI</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="14581689" name="name27476989d8be64f8e" descr="1121.jpg"/>
+                  <wp:docPr id="43199412" name="name141269a6c6fa544e5" descr="1121.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="1121.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId10946989d8be64f8c" cstate="print"/>
+                          <a:blip r:embed="rId402669a6c6fa544e4" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId70166989d8be65078" w:history="1">
+            <w:hyperlink r:id="rId271169a6c6fa54606" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -5134,63 +5134,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">O. hirta</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> is distributed throughout New Zealand but more common in the North Island and northern South Island (Lu &amp; Wang, 2005).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="90868465" name="name80486989d8be67af9" descr="OEMOHI_distribution_map.jpg"/>
+            <wp:docPr id="7929671" name="name414669a6c6fa5715e" descr="OEMOHI_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="OEMOHI_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId54536989d8be67af6" cstate="print"/>
+                    <a:blip r:embed="rId246969a6c6fa57159" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -6214,101 +6214,101 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI (2020) Invasive species compendium datasheet – </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Oemona hirta</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (lemon tree borer). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId35506989d8be68365" w:history="1">
+      <w:hyperlink r:id="rId448669a6c6fa57aaa" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.cabi.org/isc/datasheet/37124</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2014) Revised </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Pest risk analysis for Oemona hirta</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO, Paris. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId43816989d8be683bc" w:history="1">
+      <w:hyperlink r:id="rId613069a6c6fa57b05" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.eppo.int/QUARANTINE/Pest_Risk_Analysis/PRA_intro.htm</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6624,51 +6624,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Ostojá-Starzewski J, MacLeod A &amp; Eyre D (2010) Plant pest factsheet: lemon tree borer, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Oemona hirta</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. York, UK: Food and Environment Research Agency (FERA).3 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId14846989d8be68621" w:history="1">
+      <w:hyperlink r:id="rId999869a6c6fa57d77" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://planthealthportal.defra.gov.uk/assets/factsheets/lemonTreeBorer.pdf</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7182,51 +7182,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Oemona hirta</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId55126989d8be689fd" w:history="1">
+      <w:hyperlink r:id="rId441369a6c6fa58145" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -7239,63 +7239,63 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">This datasheet was first published online in 2021. It is maintained in an electronic format in the EPPO Global Database. The sections on 'Identity', ‘Hosts’, and 'Geographical distribution' are automatically updated from the database. For other sections, the date of last revision is indicated on the right.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="22265023" name="name90996989d8be68b92" descr="eu_funding_250.png"/>
+            <wp:docPr id="70250100" name="name235069a6c6fa5820c" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId16716989d8be68b91" cstate="print"/>
+                    <a:blip r:embed="rId702869a6c6fa5820a" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -7393,137 +7393,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="59265404">
+  <w:abstractNum w:abstractNumId="16254446">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="65746584">
+    <w:lvl w:ilvl="0" w:tplc="78928616">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="65746584" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="78928616" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="65746584" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="78928616" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="65746584" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="78928616" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="65746584" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="78928616" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="65746584" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="78928616" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="65746584" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="78928616" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="65746584" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="78928616" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="65746584" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="78928616" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="59265403">
+  <w:abstractNum w:abstractNumId="16254445">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="41761611">
+    <w:lvl w:ilvl="0" w:tplc="28922440">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -8275,55 +8275,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="59265403">
-    <w:abstractNumId w:val="59265403"/>
+  <w:num w:numId="16254445">
+    <w:abstractNumId w:val="16254445"/>
   </w:num>
-  <w:num w:numId="59265404">
-    <w:abstractNumId w:val="59265404"/>
+  <w:num w:numId="16254446">
+    <w:abstractNumId w:val="16254446"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -19873,51 +19873,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId770458132" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId495082654" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId48216989d8be649dc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/OEMOHI/" TargetMode="External"/><Relationship Id="rId94506989d8be64a5e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/OEMOHI/categorization" TargetMode="External"/><Relationship Id="rId70166989d8be65078" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/OEMOHI/photos" TargetMode="External"/><Relationship Id="rId35506989d8be68365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/37124" TargetMode="External"/><Relationship Id="rId43816989d8be683bc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.eppo.int/QUARANTINE/Pest_Risk_Analysis/PRA_intro.htm" TargetMode="External"/><Relationship Id="rId14846989d8be68621" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://planthealthportal.defra.gov.uk/assets/factsheets/lemonTreeBorer.pdf" TargetMode="External"/><Relationship Id="rId55126989d8be689fd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId10946989d8be64f8c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId10946989d8be64f8c.jpg"/><Relationship Id="rId54536989d8be67af6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId54536989d8be67af6.jpg"/><Relationship Id="rId16716989d8be68b91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId16716989d8be68b91.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId876036736" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId951377569" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId439469a6c6fa53f52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/OEMOHI/" TargetMode="External"/><Relationship Id="rId922569a6c6fa53fd3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/OEMOHI/categorization" TargetMode="External"/><Relationship Id="rId271169a6c6fa54606" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/OEMOHI/photos" TargetMode="External"/><Relationship Id="rId448669a6c6fa57aaa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/37124" TargetMode="External"/><Relationship Id="rId613069a6c6fa57b05" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.eppo.int/QUARANTINE/Pest_Risk_Analysis/PRA_intro.htm" TargetMode="External"/><Relationship Id="rId999869a6c6fa57d77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://planthealthportal.defra.gov.uk/assets/factsheets/lemonTreeBorer.pdf" TargetMode="External"/><Relationship Id="rId441369a6c6fa58145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId402669a6c6fa544e4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId402669a6c6fa544e4.jpg"/><Relationship Id="rId246969a6c6fa57159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId246969a6c6fa57159.jpg"/><Relationship Id="rId702869a6c6fa5820a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId702869a6c6fa5820a.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>