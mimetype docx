--- v4 (2026-03-03)
+++ v5 (2026-03-24)
@@ -358,51 +358,51 @@
               <w:t xml:space="preserve"> Fabricius</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> lemon tree borer</w:t>
             </w:r>
-            <w:hyperlink r:id="rId439469a6c6fa53f52" w:history="1">
+            <w:hyperlink r:id="rId289369c2589ba9ee2" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -418,51 +418,51 @@
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Quarantine pest ((EU) 2019/2072 Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId922569a6c6fa53fd3" w:history="1">
+            <w:hyperlink r:id="rId451569c2589ba9f52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -476,86 +476,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> OEMOHI</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="43199412" name="name141269a6c6fa544e5" descr="1121.jpg"/>
+                  <wp:docPr id="57318068" name="name810669c2589baaa5c" descr="1121.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="1121.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId402669a6c6fa544e4" cstate="print"/>
+                          <a:blip r:embed="rId450269c2589baaa59" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId271169a6c6fa54606" w:history="1">
+            <w:hyperlink r:id="rId703569c2589baae86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -5134,63 +5134,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">O. hirta</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> is distributed throughout New Zealand but more common in the North Island and northern South Island (Lu &amp; Wang, 2005).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="7929671" name="name414669a6c6fa5715e" descr="OEMOHI_distribution_map.jpg"/>
+            <wp:docPr id="57359988" name="name381169c2589bb0c86" descr="OEMOHI_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="OEMOHI_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId246969a6c6fa57159" cstate="print"/>
+                    <a:blip r:embed="rId397369c2589bb0c82" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -6214,101 +6214,101 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI (2020) Invasive species compendium datasheet – </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Oemona hirta</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (lemon tree borer). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId448669a6c6fa57aaa" w:history="1">
+      <w:hyperlink r:id="rId377469c2589bb160c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.cabi.org/isc/datasheet/37124</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2014) Revised </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Pest risk analysis for Oemona hirta</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO, Paris. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId613069a6c6fa57b05" w:history="1">
+      <w:hyperlink r:id="rId542869c2589bb1665" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.eppo.int/QUARANTINE/Pest_Risk_Analysis/PRA_intro.htm</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6624,51 +6624,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Ostojá-Starzewski J, MacLeod A &amp; Eyre D (2010) Plant pest factsheet: lemon tree borer, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Oemona hirta</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. York, UK: Food and Environment Research Agency (FERA).3 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId999869a6c6fa57d77" w:history="1">
+      <w:hyperlink r:id="rId918369c2589bb1954" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://planthealthportal.defra.gov.uk/assets/factsheets/lemonTreeBorer.pdf</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7182,51 +7182,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Oemona hirta</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId441369a6c6fa58145" w:history="1">
+      <w:hyperlink r:id="rId784469c2589bb1d87" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -7239,63 +7239,63 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">This datasheet was first published online in 2021. It is maintained in an electronic format in the EPPO Global Database. The sections on 'Identity', ‘Hosts’, and 'Geographical distribution' are automatically updated from the database. For other sections, the date of last revision is indicated on the right.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="70250100" name="name235069a6c6fa5820c" descr="eu_funding_250.png"/>
+            <wp:docPr id="601913" name="name784969c2589bb20d3" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId702869a6c6fa5820a" cstate="print"/>
+                    <a:blip r:embed="rId526669c2589bb20d2" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -7393,137 +7393,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="16254446">
+  <w:abstractNum w:abstractNumId="54943615">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="78928616">
+    <w:lvl w:ilvl="0" w:tplc="35213010">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="78928616" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="35213010" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="78928616" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="35213010" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="78928616" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="35213010" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="78928616" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="35213010" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="78928616" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="35213010" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="78928616" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="35213010" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="78928616" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="35213010" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="78928616" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="35213010" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="16254445">
+  <w:abstractNum w:abstractNumId="54943614">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="28922440">
+    <w:lvl w:ilvl="0" w:tplc="84933046">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -8275,55 +8275,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="16254445">
-    <w:abstractNumId w:val="16254445"/>
+  <w:num w:numId="54943614">
+    <w:abstractNumId w:val="54943614"/>
   </w:num>
-  <w:num w:numId="16254446">
-    <w:abstractNumId w:val="16254446"/>
+  <w:num w:numId="54943615">
+    <w:abstractNumId w:val="54943615"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -19873,51 +19873,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId876036736" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId951377569" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId439469a6c6fa53f52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/OEMOHI/" TargetMode="External"/><Relationship Id="rId922569a6c6fa53fd3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/OEMOHI/categorization" TargetMode="External"/><Relationship Id="rId271169a6c6fa54606" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/OEMOHI/photos" TargetMode="External"/><Relationship Id="rId448669a6c6fa57aaa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/37124" TargetMode="External"/><Relationship Id="rId613069a6c6fa57b05" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.eppo.int/QUARANTINE/Pest_Risk_Analysis/PRA_intro.htm" TargetMode="External"/><Relationship Id="rId999869a6c6fa57d77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://planthealthportal.defra.gov.uk/assets/factsheets/lemonTreeBorer.pdf" TargetMode="External"/><Relationship Id="rId441369a6c6fa58145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId402669a6c6fa544e4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId402669a6c6fa544e4.jpg"/><Relationship Id="rId246969a6c6fa57159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId246969a6c6fa57159.jpg"/><Relationship Id="rId702869a6c6fa5820a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId702869a6c6fa5820a.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId789227733" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId650915887" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId289369c2589ba9ee2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/OEMOHI/" TargetMode="External"/><Relationship Id="rId451569c2589ba9f52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/OEMOHI/categorization" TargetMode="External"/><Relationship Id="rId703569c2589baae86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/OEMOHI/photos" TargetMode="External"/><Relationship Id="rId377469c2589bb160c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/37124" TargetMode="External"/><Relationship Id="rId542869c2589bb1665" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.eppo.int/QUARANTINE/Pest_Risk_Analysis/PRA_intro.htm" TargetMode="External"/><Relationship Id="rId918369c2589bb1954" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://planthealthportal.defra.gov.uk/assets/factsheets/lemonTreeBorer.pdf" TargetMode="External"/><Relationship Id="rId784469c2589bb1d87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId450269c2589baaa59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId450269c2589baaa59.jpg"/><Relationship Id="rId397369c2589bb0c82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId397369c2589bb0c82.jpg"/><Relationship Id="rId526669c2589bb20d2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId526669c2589bb20d2.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>