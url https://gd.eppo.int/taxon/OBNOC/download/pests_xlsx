--- v0 (2025-10-09)
+++ v1 (2026-03-21)
@@ -36,51 +36,52 @@
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="8">
   <si>
     <t>type</t>
   </si>
   <si>
     <t>EPPOCode</t>
   </si>
   <si>
     <t>Pref_name</t>
   </si>
   <si>
     <t>References</t>
   </si>
   <si>
     <t>Host</t>
   </si>
   <si>
     <t>PUCCPS</t>
   </si>
   <si>
     <t>Austropuccinia psidii</t>
   </si>
   <si>
     <t>* Pegg GS, Giblin FR, McTaggart AR, Guymer GP, Taylor H, Ireland KB, Shivas RG, Perry S (2014) Puccinia psidii in Queensland, Australia: Disease symptoms, distribution and impact. Plant Pathology 63 (5), 1005-1021. https://doi.org/10.1111/ppa.12173
-* Berthon K, Esperon-Rodriguez M, Beaumont LJ, Carnegie AJ, Leishman MR (2018) Assessment and prioritisation of plant species at risk from myrtle rust (Austropuccinia psidii) under current and future climates in Australia. Biological Conservation 218, 154-162. https://doi.org/10.1016/j.biocon.2017.11.035</t>
+* Berthon K, Esperon-Rodriguez M, Beaumont LJ, Carnegie AJ, Leishman MR (2018) Assessment and prioritisation of plant species at risk from myrtle rust (Austropuccinia psidii) under current and future climates in Australia. Biological Conservation 218, 154-162. https://doi.org/10.1016/j.biocon.2017.11.035
+* Pegg GS, Giblin FR, McTaggart AR, Guymer GP, Taylor H, Ireland KB, Shivas RG, Perry S (2014) Puccinia psidii in Queensland, Australia: Disease symptoms, distribution and impact. Plant Pathology 63 (5), 1005-1021. https://doi.org/10.1111/ppa.12173</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>