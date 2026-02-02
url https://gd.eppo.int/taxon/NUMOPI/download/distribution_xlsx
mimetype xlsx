--- v0 (2025-10-03)
+++ v1 (2026-02-02)
@@ -149,51 +149,51 @@
   <si>
     <t>Korea, Republic of</t>
   </si>
   <si>
     <t>KR</t>
   </si>
   <si>
     <t>Taiwan</t>
   </si>
   <si>
     <t>TW</t>
   </si>
   <si>
     <t>Europe</t>
   </si>
   <si>
     <t>Netherlands</t>
   </si>
   <si>
     <t>NL</t>
   </si>
   <si>
     <t>Absent, no pest record</t>
   </si>
   <si>
-    <t>Russian Federation (the)</t>
+    <t>Russian Federation</t>
   </si>
   <si>
     <t>RU</t>
   </si>
   <si>
     <t>Far East</t>
   </si>
   <si>
     <t>fe</t>
   </si>
   <si>
     <t>Slovenia</t>
   </si>
   <si>
     <t>SI</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>