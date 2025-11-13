--- v0 (2025-10-09)
+++ v1 (2025-11-13)
@@ -424,51 +424,51 @@
               <w:t xml:space="preserve"> (Matsumura)</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> pear driller, pear fruit moth, pear moth, pear pyralid</w:t>
             </w:r>
-            <w:hyperlink r:id="rId893568e7080e1ccfc" w:history="1">
+            <w:hyperlink r:id="rId44306916709cb7e33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -484,51 +484,51 @@
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 Quarantine pest (Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId548868e7080e1cd75" w:history="1">
+            <w:hyperlink r:id="rId47406916709cb7e9e" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -542,86 +542,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> NUMOPI</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="64020989" name="name627568e7080e1d0b3" descr="1120.jpg"/>
+                  <wp:docPr id="11258625" name="name45476916709cb7fcc" descr="1120.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="1120.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId757868e7080e1d0b2" cstate="print"/>
+                          <a:blip r:embed="rId54296916709cb7fcb" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId733668e7080e1d1cf" w:history="1">
+            <w:hyperlink r:id="rId99506916709cb8134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -840,63 +840,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">A. pirivorella</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> is indigenous to the temperate zone of Eastern Asia, where it is widely distributed.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="27506925" name="name948968e7080e1e08a" descr="NUMOPI_distribution_map.jpg"/>
+            <wp:docPr id="23346651" name="name37186916709cb9460" descr="NUMOPI_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="NUMOPI_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId885168e7080e1e087" cstate="print"/>
+                    <a:blip r:embed="rId33116916709cb945e" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -2210,51 +2210,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">16</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(10). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId730068e7080e1ecd1" w:history="1">
+      <w:hyperlink r:id="rId54186916709cba305" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2018.5440</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3072,51 +3072,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Acrobasis pirivorella</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId228168e7080e1f26a" w:history="1">
+      <w:hyperlink r:id="rId97036916709cba8af" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -3191,63 +3191,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> edition).</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> CABI, Wallingford (GB).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="2403338" name="name457868e7080e1f372" descr="eu_funding_250.png"/>
+            <wp:docPr id="90717828" name="name83016916709cba9d4" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId109468e7080e1f371" cstate="print"/>
+                    <a:blip r:embed="rId39576916709cba9d3" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -3345,137 +3345,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="64142857">
+  <w:abstractNum w:abstractNumId="19854233">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="45618726">
+    <w:lvl w:ilvl="0" w:tplc="54430122">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="45618726" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="54430122" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="45618726" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="54430122" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="45618726" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="54430122" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="45618726" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="54430122" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="45618726" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="54430122" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="45618726" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="54430122" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="45618726" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="54430122" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="45618726" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="54430122" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="64142856">
+  <w:abstractNum w:abstractNumId="19854232">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="12910431">
+    <w:lvl w:ilvl="0" w:tplc="60613630">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -4227,55 +4227,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="64142856">
-    <w:abstractNumId w:val="64142856"/>
+  <w:num w:numId="19854232">
+    <w:abstractNumId w:val="19854232"/>
   </w:num>
-  <w:num w:numId="64142857">
-    <w:abstractNumId w:val="64142857"/>
+  <w:num w:numId="19854233">
+    <w:abstractNumId w:val="19854233"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -15825,51 +15825,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId952253847" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId719046267" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId893568e7080e1ccfc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/NUMOPI/" TargetMode="External"/><Relationship Id="rId548868e7080e1cd75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/NUMOPI/categorization" TargetMode="External"/><Relationship Id="rId733668e7080e1d1cf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/NUMOPI/photos" TargetMode="External"/><Relationship Id="rId730068e7080e1ecd1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2018.5440" TargetMode="External"/><Relationship Id="rId228168e7080e1f26a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId757868e7080e1d0b2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId757868e7080e1d0b2.jpg"/><Relationship Id="rId885168e7080e1e087" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId885168e7080e1e087.jpg"/><Relationship Id="rId109468e7080e1f371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId109468e7080e1f371.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId627498273" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId740048001" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId44306916709cb7e33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/NUMOPI/" TargetMode="External"/><Relationship Id="rId47406916709cb7e9e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/NUMOPI/categorization" TargetMode="External"/><Relationship Id="rId99506916709cb8134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/NUMOPI/photos" TargetMode="External"/><Relationship Id="rId54186916709cba305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2018.5440" TargetMode="External"/><Relationship Id="rId97036916709cba8af" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId54296916709cb7fcb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId54296916709cb7fcb.jpg"/><Relationship Id="rId33116916709cb945e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId33116916709cb945e.jpg"/><Relationship Id="rId39576916709cba9d3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId39576916709cba9d3.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>