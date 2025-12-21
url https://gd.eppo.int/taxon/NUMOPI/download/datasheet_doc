--- v1 (2025-11-13)
+++ v2 (2025-12-21)
@@ -424,51 +424,51 @@
               <w:t xml:space="preserve"> (Matsumura)</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> pear driller, pear fruit moth, pear moth, pear pyralid</w:t>
             </w:r>
-            <w:hyperlink r:id="rId44306916709cb7e33" w:history="1">
+            <w:hyperlink r:id="rId48286948421694f33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -484,51 +484,51 @@
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 Quarantine pest (Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId47406916709cb7e9e" w:history="1">
+            <w:hyperlink r:id="rId71996948421694f9c" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -542,86 +542,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> NUMOPI</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="11258625" name="name45476916709cb7fcc" descr="1120.jpg"/>
+                  <wp:docPr id="4047654" name="name6561694842169505d" descr="1120.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="1120.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId54296916709cb7fcb" cstate="print"/>
+                          <a:blip r:embed="rId6465694842169505c" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId99506916709cb8134" w:history="1">
+            <w:hyperlink r:id="rId211869484216951a8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -840,63 +840,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">A. pirivorella</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> is indigenous to the temperate zone of Eastern Asia, where it is widely distributed.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="23346651" name="name37186916709cb9460" descr="NUMOPI_distribution_map.jpg"/>
+            <wp:docPr id="6643125" name="name62486948421695fc4" descr="NUMOPI_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="NUMOPI_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId33116916709cb945e" cstate="print"/>
+                    <a:blip r:embed="rId57726948421695fc2" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -2210,51 +2210,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">16</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(10). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId54186916709cba305" w:history="1">
+      <w:hyperlink r:id="rId61206948421696a72" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2018.5440</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3072,51 +3072,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Acrobasis pirivorella</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId97036916709cba8af" w:history="1">
+      <w:hyperlink r:id="rId90346948421696fe6" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -3191,63 +3191,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> edition).</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> CABI, Wallingford (GB).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="90717828" name="name83016916709cba9d4" descr="eu_funding_250.png"/>
+            <wp:docPr id="22184419" name="name752069484216970ec" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId39576916709cba9d3" cstate="print"/>
+                    <a:blip r:embed="rId440569484216970eb" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -3345,137 +3345,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="19854233">
+  <w:abstractNum w:abstractNumId="77746544">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="54430122">
+    <w:lvl w:ilvl="0" w:tplc="43932012">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="54430122" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="43932012" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="54430122" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="43932012" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="54430122" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="43932012" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="54430122" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="43932012" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="54430122" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="43932012" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="54430122" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="43932012" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="54430122" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="43932012" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="54430122" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="43932012" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="19854232">
+  <w:abstractNum w:abstractNumId="77746543">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="60613630">
+    <w:lvl w:ilvl="0" w:tplc="20391640">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -4227,55 +4227,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="19854232">
-    <w:abstractNumId w:val="19854232"/>
+  <w:num w:numId="77746543">
+    <w:abstractNumId w:val="77746543"/>
   </w:num>
-  <w:num w:numId="19854233">
-    <w:abstractNumId w:val="19854233"/>
+  <w:num w:numId="77746544">
+    <w:abstractNumId w:val="77746544"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -15825,51 +15825,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId627498273" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId740048001" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId44306916709cb7e33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/NUMOPI/" TargetMode="External"/><Relationship Id="rId47406916709cb7e9e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/NUMOPI/categorization" TargetMode="External"/><Relationship Id="rId99506916709cb8134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/NUMOPI/photos" TargetMode="External"/><Relationship Id="rId54186916709cba305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2018.5440" TargetMode="External"/><Relationship Id="rId97036916709cba8af" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId54296916709cb7fcb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId54296916709cb7fcb.jpg"/><Relationship Id="rId33116916709cb945e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId33116916709cb945e.jpg"/><Relationship Id="rId39576916709cba9d3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId39576916709cba9d3.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId102687856" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId842162751" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId48286948421694f33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/NUMOPI/" TargetMode="External"/><Relationship Id="rId71996948421694f9c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/NUMOPI/categorization" TargetMode="External"/><Relationship Id="rId211869484216951a8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/NUMOPI/photos" TargetMode="External"/><Relationship Id="rId61206948421696a72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2018.5440" TargetMode="External"/><Relationship Id="rId90346948421696fe6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId6465694842169505c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId6465694842169505c.jpg"/><Relationship Id="rId57726948421695fc2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId57726948421695fc2.jpg"/><Relationship Id="rId440569484216970eb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId440569484216970eb.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>