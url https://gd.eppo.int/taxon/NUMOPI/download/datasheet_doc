--- v2 (2025-12-21)
+++ v3 (2026-01-11)
@@ -424,51 +424,51 @@
               <w:t xml:space="preserve"> (Matsumura)</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> pear driller, pear fruit moth, pear moth, pear pyralid</w:t>
             </w:r>
-            <w:hyperlink r:id="rId48286948421694f33" w:history="1">
+            <w:hyperlink r:id="rId769269636a7945a14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -484,51 +484,51 @@
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 Quarantine pest (Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId71996948421694f9c" w:history="1">
+            <w:hyperlink r:id="rId728969636a7945a7d" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -542,86 +542,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> NUMOPI</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="4047654" name="name6561694842169505d" descr="1120.jpg"/>
+                  <wp:docPr id="2076212" name="name570869636a794622b" descr="1120.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="1120.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId6465694842169505c" cstate="print"/>
+                          <a:blip r:embed="rId925369636a7946229" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId211869484216951a8" w:history="1">
+            <w:hyperlink r:id="rId361269636a7946341" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -840,63 +840,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">A. pirivorella</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> is indigenous to the temperate zone of Eastern Asia, where it is widely distributed.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="6643125" name="name62486948421695fc4" descr="NUMOPI_distribution_map.jpg"/>
+            <wp:docPr id="65498569" name="name519069636a79471ff" descr="NUMOPI_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="NUMOPI_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId57726948421695fc2" cstate="print"/>
+                    <a:blip r:embed="rId598069636a79471fd" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -2210,51 +2210,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">16</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(10). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId61206948421696a72" w:history="1">
+      <w:hyperlink r:id="rId674669636a7947c72" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2018.5440</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3050,73 +3050,73 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">How to cite this datasheet?</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">EPPO (2025) </w:t>
+        <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Acrobasis pirivorella</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId90346948421696fe6" w:history="1">
+      <w:hyperlink r:id="rId469569636a794820c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -3191,63 +3191,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> edition).</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> CABI, Wallingford (GB).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="22184419" name="name752069484216970ec" descr="eu_funding_250.png"/>
+            <wp:docPr id="91990254" name="name233169636a794833c" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId440569484216970eb" cstate="print"/>
+                    <a:blip r:embed="rId989769636a794833a" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -3345,137 +3345,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="77746544">
+  <w:abstractNum w:abstractNumId="94401671">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="43932012">
+    <w:lvl w:ilvl="0" w:tplc="61202832">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="43932012" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="61202832" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="43932012" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="61202832" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="43932012" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="61202832" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="43932012" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="61202832" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="43932012" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="61202832" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="43932012" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="61202832" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="43932012" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="61202832" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="43932012" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="61202832" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="77746543">
+  <w:abstractNum w:abstractNumId="94401670">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="20391640">
+    <w:lvl w:ilvl="0" w:tplc="46999086">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -4227,55 +4227,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="77746543">
-    <w:abstractNumId w:val="77746543"/>
+  <w:num w:numId="94401670">
+    <w:abstractNumId w:val="94401670"/>
   </w:num>
-  <w:num w:numId="77746544">
-    <w:abstractNumId w:val="77746544"/>
+  <w:num w:numId="94401671">
+    <w:abstractNumId w:val="94401671"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -15825,51 +15825,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId102687856" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId842162751" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId48286948421694f33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/NUMOPI/" TargetMode="External"/><Relationship Id="rId71996948421694f9c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/NUMOPI/categorization" TargetMode="External"/><Relationship Id="rId211869484216951a8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/NUMOPI/photos" TargetMode="External"/><Relationship Id="rId61206948421696a72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2018.5440" TargetMode="External"/><Relationship Id="rId90346948421696fe6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId6465694842169505c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId6465694842169505c.jpg"/><Relationship Id="rId57726948421695fc2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId57726948421695fc2.jpg"/><Relationship Id="rId440569484216970eb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId440569484216970eb.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId816780560" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId832979522" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId769269636a7945a14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/NUMOPI/" TargetMode="External"/><Relationship Id="rId728969636a7945a7d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/NUMOPI/categorization" TargetMode="External"/><Relationship Id="rId361269636a7946341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/NUMOPI/photos" TargetMode="External"/><Relationship Id="rId674669636a7947c72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2018.5440" TargetMode="External"/><Relationship Id="rId469569636a794820c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId925369636a7946229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId925369636a7946229.jpg"/><Relationship Id="rId598069636a79471fd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId598069636a79471fd.jpg"/><Relationship Id="rId989769636a794833a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId989769636a794833a.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>