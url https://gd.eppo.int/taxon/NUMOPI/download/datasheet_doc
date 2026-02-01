--- v3 (2026-01-11)
+++ v4 (2026-02-01)
@@ -424,51 +424,51 @@
               <w:t xml:space="preserve"> (Matsumura)</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> pear driller, pear fruit moth, pear moth, pear pyralid</w:t>
             </w:r>
-            <w:hyperlink r:id="rId769269636a7945a14" w:history="1">
+            <w:hyperlink r:id="rId3392697f41a1c8636" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -482,53 +482,53 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve"> A1 Quarantine pest (Annex II A)</w:t>
+              <w:t xml:space="preserve"> Quarantine pest ((EU) 2019/2072 Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId728969636a7945a7d" w:history="1">
+            <w:hyperlink r:id="rId3648697f41a1c86a2" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -542,86 +542,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> NUMOPI</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="2076212" name="name570869636a794622b" descr="1120.jpg"/>
+                  <wp:docPr id="85332700" name="name1287697f41a1c8d13" descr="1120.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="1120.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId925369636a7946229" cstate="print"/>
+                          <a:blip r:embed="rId4836697f41a1c8d11" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId361269636a7946341" w:history="1">
+            <w:hyperlink r:id="rId9241697f41a1c8e70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -840,105 +840,105 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">A. pirivorella</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> is indigenous to the temperate zone of Eastern Asia, where it is widely distributed.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="65498569" name="name519069636a79471ff" descr="NUMOPI_distribution_map.jpg"/>
+            <wp:docPr id="41730592" name="name4820697f41a1ca07c" descr="NUMOPI_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="NUMOPI_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId598069636a79471fd" cstate="print"/>
+                    <a:blip r:embed="rId9419697f41a1ca079" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">EPPO Region:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Russian Federation (the) (Far East)</w:t>
+        <w:t xml:space="preserve"> Russian Federation (Far East)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">Asia:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> China (Heilongjiang, Jilin, Liaoning, Neimenggu, Shaanxi), Japan (Hokkaido, Honshu, Kyushu, Shikoku), Korea, Democratic People's Republic of, Korea, Republic of, Taiwan</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
@@ -2210,51 +2210,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">16</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(10). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId674669636a7947c72" w:history="1">
+      <w:hyperlink r:id="rId2792697f41a1cab2a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2018.5440</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3072,51 +3072,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Acrobasis pirivorella</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId469569636a794820c" w:history="1">
+      <w:hyperlink r:id="rId9739697f41a1cb0a7" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -3191,63 +3191,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> edition).</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> CABI, Wallingford (GB).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="91990254" name="name233169636a794833c" descr="eu_funding_250.png"/>
+            <wp:docPr id="27674937" name="name3299697f41a1cb1b0" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId989769636a794833a" cstate="print"/>
+                    <a:blip r:embed="rId5131697f41a1cb1af" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -3345,137 +3345,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="94401671">
+  <w:abstractNum w:abstractNumId="40993420">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="61202832">
+    <w:lvl w:ilvl="0" w:tplc="13221537">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="61202832" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="13221537" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="61202832" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="13221537" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="61202832" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="13221537" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="61202832" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="13221537" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="61202832" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="13221537" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="61202832" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="13221537" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="61202832" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="13221537" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="61202832" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="13221537" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="94401670">
+  <w:abstractNum w:abstractNumId="40993419">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="46999086">
+    <w:lvl w:ilvl="0" w:tplc="13893043">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -4227,55 +4227,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="94401670">
-    <w:abstractNumId w:val="94401670"/>
+  <w:num w:numId="40993419">
+    <w:abstractNumId w:val="40993419"/>
   </w:num>
-  <w:num w:numId="94401671">
-    <w:abstractNumId w:val="94401671"/>
+  <w:num w:numId="40993420">
+    <w:abstractNumId w:val="40993420"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -15825,51 +15825,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId816780560" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId832979522" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId769269636a7945a14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/NUMOPI/" TargetMode="External"/><Relationship Id="rId728969636a7945a7d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/NUMOPI/categorization" TargetMode="External"/><Relationship Id="rId361269636a7946341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/NUMOPI/photos" TargetMode="External"/><Relationship Id="rId674669636a7947c72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2018.5440" TargetMode="External"/><Relationship Id="rId469569636a794820c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId925369636a7946229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId925369636a7946229.jpg"/><Relationship Id="rId598069636a79471fd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId598069636a79471fd.jpg"/><Relationship Id="rId989769636a794833a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId989769636a794833a.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId687585334" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId586660617" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId3392697f41a1c8636" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/NUMOPI/" TargetMode="External"/><Relationship Id="rId3648697f41a1c86a2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/NUMOPI/categorization" TargetMode="External"/><Relationship Id="rId9241697f41a1c8e70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/NUMOPI/photos" TargetMode="External"/><Relationship Id="rId2792697f41a1cab2a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2018.5440" TargetMode="External"/><Relationship Id="rId9739697f41a1cb0a7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId4836697f41a1c8d11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId4836697f41a1c8d11.jpg"/><Relationship Id="rId9419697f41a1ca079" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId9419697f41a1ca079.jpg"/><Relationship Id="rId5131697f41a1cb1af" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId5131697f41a1cb1af.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>