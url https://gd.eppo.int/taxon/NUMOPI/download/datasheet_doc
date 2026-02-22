--- v4 (2026-02-01)
+++ v5 (2026-02-22)
@@ -424,51 +424,51 @@
               <w:t xml:space="preserve"> (Matsumura)</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> pear driller, pear fruit moth, pear moth, pear pyralid</w:t>
             </w:r>
-            <w:hyperlink r:id="rId3392697f41a1c8636" w:history="1">
+            <w:hyperlink r:id="rId6783699b8f35dd711" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -484,51 +484,51 @@
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Quarantine pest ((EU) 2019/2072 Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId3648697f41a1c86a2" w:history="1">
+            <w:hyperlink r:id="rId8997699b8f35dd77c" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -542,86 +542,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> NUMOPI</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="85332700" name="name1287697f41a1c8d13" descr="1120.jpg"/>
+                  <wp:docPr id="45713379" name="name3283699b8f35ddcc1" descr="1120.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="1120.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId4836697f41a1c8d11" cstate="print"/>
+                          <a:blip r:embed="rId9403699b8f35ddcbf" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId9241697f41a1c8e70" w:history="1">
+            <w:hyperlink r:id="rId7433699b8f35dddf7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -840,63 +840,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">A. pirivorella</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> is indigenous to the temperate zone of Eastern Asia, where it is widely distributed.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="41730592" name="name4820697f41a1ca07c" descr="NUMOPI_distribution_map.jpg"/>
+            <wp:docPr id="47319187" name="name7554699b8f35dedac" descr="NUMOPI_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="NUMOPI_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId9419697f41a1ca079" cstate="print"/>
+                    <a:blip r:embed="rId2708699b8f35deda9" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -2210,51 +2210,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">16</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(10). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2792697f41a1cab2a" w:history="1">
+      <w:hyperlink r:id="rId1215699b8f35df91d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2018.5440</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3072,51 +3072,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Acrobasis pirivorella</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9739697f41a1cb0a7" w:history="1">
+      <w:hyperlink r:id="rId5096699b8f35dfec4" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -3191,63 +3191,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> edition).</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> CABI, Wallingford (GB).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="27674937" name="name3299697f41a1cb1b0" descr="eu_funding_250.png"/>
+            <wp:docPr id="74070197" name="name9818699b8f35e0007" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId5131697f41a1cb1af" cstate="print"/>
+                    <a:blip r:embed="rId1066699b8f35e0005" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -3345,137 +3345,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="40993420">
+  <w:abstractNum w:abstractNumId="64059248">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="13221537">
+    <w:lvl w:ilvl="0" w:tplc="52979371">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="13221537" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="52979371" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="13221537" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="52979371" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="13221537" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="52979371" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="13221537" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="52979371" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="13221537" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="52979371" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="13221537" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="52979371" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="13221537" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="52979371" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="13221537" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="52979371" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="40993419">
+  <w:abstractNum w:abstractNumId="64059247">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="13893043">
+    <w:lvl w:ilvl="0" w:tplc="87376349">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -4227,55 +4227,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="40993419">
-    <w:abstractNumId w:val="40993419"/>
+  <w:num w:numId="64059247">
+    <w:abstractNumId w:val="64059247"/>
   </w:num>
-  <w:num w:numId="40993420">
-    <w:abstractNumId w:val="40993420"/>
+  <w:num w:numId="64059248">
+    <w:abstractNumId w:val="64059248"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -15825,51 +15825,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId687585334" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId586660617" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId3392697f41a1c8636" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/NUMOPI/" TargetMode="External"/><Relationship Id="rId3648697f41a1c86a2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/NUMOPI/categorization" TargetMode="External"/><Relationship Id="rId9241697f41a1c8e70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/NUMOPI/photos" TargetMode="External"/><Relationship Id="rId2792697f41a1cab2a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2018.5440" TargetMode="External"/><Relationship Id="rId9739697f41a1cb0a7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId4836697f41a1c8d11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId4836697f41a1c8d11.jpg"/><Relationship Id="rId9419697f41a1ca079" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId9419697f41a1ca079.jpg"/><Relationship Id="rId5131697f41a1cb1af" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId5131697f41a1cb1af.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId749931337" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId845139831" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId6783699b8f35dd711" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/NUMOPI/" TargetMode="External"/><Relationship Id="rId8997699b8f35dd77c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/NUMOPI/categorization" TargetMode="External"/><Relationship Id="rId7433699b8f35dddf7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/NUMOPI/photos" TargetMode="External"/><Relationship Id="rId1215699b8f35df91d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2018.5440" TargetMode="External"/><Relationship Id="rId5096699b8f35dfec4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId9403699b8f35ddcbf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId9403699b8f35ddcbf.jpg"/><Relationship Id="rId2708699b8f35deda9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId2708699b8f35deda9.jpg"/><Relationship Id="rId1066699b8f35e0005" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId1066699b8f35e0005.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>