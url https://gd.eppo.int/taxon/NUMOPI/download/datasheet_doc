--- v5 (2026-02-22)
+++ v6 (2026-03-15)
@@ -424,51 +424,51 @@
               <w:t xml:space="preserve"> (Matsumura)</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> pear driller, pear fruit moth, pear moth, pear pyralid</w:t>
             </w:r>
-            <w:hyperlink r:id="rId6783699b8f35dd711" w:history="1">
+            <w:hyperlink r:id="rId385969b610b83b530" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -484,51 +484,51 @@
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Quarantine pest ((EU) 2019/2072 Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId8997699b8f35dd77c" w:history="1">
+            <w:hyperlink r:id="rId388569b610b83b599" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -542,86 +542,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> NUMOPI</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="45713379" name="name3283699b8f35ddcc1" descr="1120.jpg"/>
+                  <wp:docPr id="45274470" name="name864769b610b83b672" descr="1120.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="1120.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId9403699b8f35ddcbf" cstate="print"/>
+                          <a:blip r:embed="rId246669b610b83b671" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId7433699b8f35dddf7" w:history="1">
+            <w:hyperlink r:id="rId867569b610b83b7a0" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -840,63 +840,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">A. pirivorella</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> is indigenous to the temperate zone of Eastern Asia, where it is widely distributed.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="47319187" name="name7554699b8f35dedac" descr="NUMOPI_distribution_map.jpg"/>
+            <wp:docPr id="47485329" name="name986369b610b83c728" descr="NUMOPI_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="NUMOPI_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId2708699b8f35deda9" cstate="print"/>
+                    <a:blip r:embed="rId254269b610b83c726" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -2210,51 +2210,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">16</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(10). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1215699b8f35df91d" w:history="1">
+      <w:hyperlink r:id="rId126169b610b83d276" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2018.5440</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3072,51 +3072,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Acrobasis pirivorella</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5096699b8f35dfec4" w:history="1">
+      <w:hyperlink r:id="rId218869b610b83d857" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -3191,63 +3191,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> edition).</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> CABI, Wallingford (GB).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="74070197" name="name9818699b8f35e0007" descr="eu_funding_250.png"/>
+            <wp:docPr id="83780347" name="name929169b610b83d9a1" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId1066699b8f35e0005" cstate="print"/>
+                    <a:blip r:embed="rId644969b610b83d99f" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -3345,137 +3345,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="64059248">
+  <w:abstractNum w:abstractNumId="12777041">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="52979371">
+    <w:lvl w:ilvl="0" w:tplc="66045049">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="52979371" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="66045049" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="52979371" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="66045049" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="52979371" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="66045049" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="52979371" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="66045049" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="52979371" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="66045049" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="52979371" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="66045049" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="52979371" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="66045049" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="52979371" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="66045049" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="64059247">
+  <w:abstractNum w:abstractNumId="12777040">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="87376349">
+    <w:lvl w:ilvl="0" w:tplc="68636361">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -4227,55 +4227,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="64059247">
-    <w:abstractNumId w:val="64059247"/>
+  <w:num w:numId="12777040">
+    <w:abstractNumId w:val="12777040"/>
   </w:num>
-  <w:num w:numId="64059248">
-    <w:abstractNumId w:val="64059248"/>
+  <w:num w:numId="12777041">
+    <w:abstractNumId w:val="12777041"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -15825,51 +15825,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId749931337" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId845139831" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId6783699b8f35dd711" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/NUMOPI/" TargetMode="External"/><Relationship Id="rId8997699b8f35dd77c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/NUMOPI/categorization" TargetMode="External"/><Relationship Id="rId7433699b8f35dddf7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/NUMOPI/photos" TargetMode="External"/><Relationship Id="rId1215699b8f35df91d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2018.5440" TargetMode="External"/><Relationship Id="rId5096699b8f35dfec4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId9403699b8f35ddcbf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId9403699b8f35ddcbf.jpg"/><Relationship Id="rId2708699b8f35deda9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId2708699b8f35deda9.jpg"/><Relationship Id="rId1066699b8f35e0005" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId1066699b8f35e0005.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId118453210" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId233046517" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId385969b610b83b530" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/NUMOPI/" TargetMode="External"/><Relationship Id="rId388569b610b83b599" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/NUMOPI/categorization" TargetMode="External"/><Relationship Id="rId867569b610b83b7a0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/NUMOPI/photos" TargetMode="External"/><Relationship Id="rId126169b610b83d276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2018.5440" TargetMode="External"/><Relationship Id="rId218869b610b83d857" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId246669b610b83b671" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId246669b610b83b671.jpg"/><Relationship Id="rId254269b610b83c726" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId254269b610b83c726.jpg"/><Relationship Id="rId644969b610b83d99f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId644969b610b83d99f.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>