--- v0 (2025-10-09)
+++ v1 (2026-01-07)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="NPESRS" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="45">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="46">
   <si>
     <t>type</t>
   </si>
   <si>
     <t>EPPOCode</t>
   </si>
   <si>
     <t>Pref_name</t>
   </si>
   <si>
     <t>References</t>
   </si>
   <si>
     <t>Major host</t>
   </si>
   <si>
     <t>FRAAN</t>
   </si>
   <si>
     <t>Fragaria x ananassa</t>
   </si>
   <si>
     <t>* Baggio JS, Forcelini BB, Wang NY, Ruschel RG, Mertely JC, Peres NA (2021) Outbreak of leaf spot and fruit rot in Florida strawberry caused by Neopestalotiopsis spp. Plant Disease 105(2), 305-315. 
 * Parra-Robles BE (2020) An emerging strawberry fungal disease associated with root rot, crown rot and leaf spot caused by Neopestalotiopsis rosae in Mexico. Plant Disease 104(8), 2054-2059.
 ------- Confirmed host.</t>
@@ -124,50 +124,55 @@
   </si>
   <si>
     <t>PAOSU</t>
   </si>
   <si>
     <t>Paeonia x suffruticosa</t>
   </si>
   <si>
     <t>* Maharachchikumbura SS, Hyde KD, Groenewald JZ, Xu J, Crous PW (2014) Pestalotiopsis revisited. Studies in Mycology 79, 121-186.
 ------- confirmed host.</t>
   </si>
   <si>
     <t>PUNGR</t>
   </si>
   <si>
     <t>Punica granatum</t>
   </si>
   <si>
     <t>* Xavier KV, Yu X, Vallad GE (2021) First Report of Neopestalotiopsis rosae causing foliar and fruit spots on pomegranate in Florida. Plant Disease 105(2), 504. https://doi.org/10.1094/PDIS-06-20-1282-PDN</t>
   </si>
   <si>
     <t>ROSSS</t>
   </si>
   <si>
     <t>Rosa sp.</t>
+  </si>
+  <si>
+    <t>* Almeida BP, Junges E, Savian LG (2025) Neopestalotiopsis rosae causing leaf spot on Rosa sp. in Brazil. Caderno Pedagógico 22(11), e20006 .https://doi.org/10.54033/cadpedv22n11-219
+* Maharachchikumbura SS, Hyde KD, Groenewald JZ, Xu J, Crous PW (2014) Pestalotiopsis revisited. Studies in Mycology 79, 121-186.
+------- confirmed host.</t>
   </si>
   <si>
     <t>STJEP</t>
   </si>
   <si>
     <t>Stephania epigaea</t>
   </si>
   <si>
     <t>* Li Y, Xu T, Zhang H, Nu F, Liu C, Dong JH, Ji P, Zhang L (2025) First report of Neopestalotiopsis rosae causing leaf spot on Stephania epigaea in China. Plant Disease (early view) https://doi.org/10.1094/PDIS-04-25-0719-PDN</t>
   </si>
   <si>
     <t>VACCO</t>
   </si>
   <si>
     <t>Vaccinium corymbosum</t>
   </si>
   <si>
     <t>* Gálvez EC, Pérez AH, Chávez EC, Fuentes YM (2024) Diversidad de hongos asociados al cultivo del arándano en Michoacán, México. Scientia Fungorum 55, e1449.
 * Rodríguez-Gálvez E, Hilário S, Lopes A, Alves A (2020) Diversity and pathogenicity of Lasiodiplodia and Neopestalotiopsis species associated with stem blight and dieback of blueberry plants in Peru. European Journal of Plant Pathology 157(1), 89-102.
 ------- confirmed host.</t>
   </si>
   <si>
     <t>VACVI</t>
   </si>
   <si>
@@ -679,93 +684,93 @@
     <row r="11" spans="1:4">
       <c r="A11" t="s">
         <v>8</v>
       </c>
       <c r="B11" t="s">
         <v>31</v>
       </c>
       <c r="C11" t="s">
         <v>32</v>
       </c>
       <c r="D11" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="12" spans="1:4">
       <c r="A12" t="s">
         <v>8</v>
       </c>
       <c r="B12" t="s">
         <v>34</v>
       </c>
       <c r="C12" t="s">
         <v>35</v>
       </c>
       <c r="D12" t="s">
-        <v>30</v>
+        <v>36</v>
       </c>
     </row>
     <row r="13" spans="1:4">
       <c r="A13" t="s">
         <v>8</v>
       </c>
       <c r="B13" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="C13" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="D13" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
     </row>
     <row r="14" spans="1:4">
       <c r="A14" t="s">
         <v>8</v>
       </c>
       <c r="B14" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="C14" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="D14" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
     </row>
     <row r="15" spans="1:4">
       <c r="A15" t="s">
         <v>8</v>
       </c>
       <c r="B15" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="C15" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="D15" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">