--- v1 (2026-01-07)
+++ v2 (2026-03-13)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="NPESRS" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="46">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="49">
   <si>
     <t>type</t>
   </si>
   <si>
     <t>EPPOCode</t>
   </si>
   <si>
     <t>Pref_name</t>
   </si>
   <si>
     <t>References</t>
   </si>
   <si>
     <t>Major host</t>
   </si>
   <si>
     <t>FRAAN</t>
   </si>
   <si>
     <t>Fragaria x ananassa</t>
   </si>
   <si>
     <t>* Baggio JS, Forcelini BB, Wang NY, Ruschel RG, Mertely JC, Peres NA (2021) Outbreak of leaf spot and fruit rot in Florida strawberry caused by Neopestalotiopsis spp. Plant Disease 105(2), 305-315. 
 * Parra-Robles BE (2020) An emerging strawberry fungal disease associated with root rot, crown rot and leaf spot caused by Neopestalotiopsis rosae in Mexico. Plant Disease 104(8), 2054-2059.
 ------- Confirmed host.</t>
@@ -109,50 +109,59 @@
   <si>
     <t>* Aiello D, Gusella G, Leonardi GR, Polizzi G, Voglmayr H (2024) Bottlebrush and Myrtle twig canker caused by Neopestalotiopsis species: an emerging canker-causing group of fungi in Italy. MycoKeys 106, 133-151.
 ------- as Callistemon viminalis.</t>
   </si>
   <si>
     <t>CLXVI</t>
   </si>
   <si>
     <t>Melaleuca viminalis</t>
   </si>
   <si>
     <t>MYVCO</t>
   </si>
   <si>
     <t>Myrtus communis</t>
   </si>
   <si>
     <t>PAOSU</t>
   </si>
   <si>
     <t>Paeonia x suffruticosa</t>
   </si>
   <si>
     <t>* Maharachchikumbura SS, Hyde KD, Groenewald JZ, Xu J, Crous PW (2014) Pestalotiopsis revisited. Studies in Mycology 79, 121-186.
 ------- confirmed host.</t>
+  </si>
+  <si>
+    <t>PEBAM</t>
+  </si>
+  <si>
+    <t>Persea americana</t>
+  </si>
+  <si>
+    <t>* Fiorenza A, Gusella G, Aiello D, Polizzi G, Voglmayr H (2022) Neopestalotiopsis siciliana sp. nov. and N. rosae causing stem lesion and dieback on avocado plants in Italy. Journal of Fungi. 8 (6), 562. https://doi.org/10.3390/jof8060562</t>
   </si>
   <si>
     <t>PUNGR</t>
   </si>
   <si>
     <t>Punica granatum</t>
   </si>
   <si>
     <t>* Xavier KV, Yu X, Vallad GE (2021) First Report of Neopestalotiopsis rosae causing foliar and fruit spots on pomegranate in Florida. Plant Disease 105(2), 504. https://doi.org/10.1094/PDIS-06-20-1282-PDN</t>
   </si>
   <si>
     <t>ROSSS</t>
   </si>
   <si>
     <t>Rosa sp.</t>
   </si>
   <si>
     <t>* Almeida BP, Junges E, Savian LG (2025) Neopestalotiopsis rosae causing leaf spot on Rosa sp. in Brazil. Caderno Pedagógico 22(11), e20006 .https://doi.org/10.54033/cadpedv22n11-219
 * Maharachchikumbura SS, Hyde KD, Groenewald JZ, Xu J, Crous PW (2014) Pestalotiopsis revisited. Studies in Mycology 79, 121-186.
 ------- confirmed host.</t>
   </si>
   <si>
     <t>STJEP</t>
   </si>
   <si>
@@ -505,51 +514,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:D15"/>
+  <dimension ref="A1:D16"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="10.569" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="336.061" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
@@ -727,50 +736,64 @@
       <c r="A14" t="s">
         <v>8</v>
       </c>
       <c r="B14" t="s">
         <v>40</v>
       </c>
       <c r="C14" t="s">
         <v>41</v>
       </c>
       <c r="D14" t="s">
         <v>42</v>
       </c>
     </row>
     <row r="15" spans="1:4">
       <c r="A15" t="s">
         <v>8</v>
       </c>
       <c r="B15" t="s">
         <v>43</v>
       </c>
       <c r="C15" t="s">
         <v>44</v>
       </c>
       <c r="D15" t="s">
         <v>45</v>
+      </c>
+    </row>
+    <row r="16" spans="1:4">
+      <c r="A16" t="s">
+        <v>8</v>
+      </c>
+      <c r="B16" t="s">
+        <v>46</v>
+      </c>
+      <c r="C16" t="s">
+        <v>47</v>
+      </c>
+      <c r="D16" t="s">
+        <v>48</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">